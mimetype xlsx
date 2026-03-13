--- v0 (2025-10-14)
+++ v1 (2026-03-13)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cocurritucknc-my.sharepoint.com/personal/tsample_currituckcountync_gov/Documents/Desktop/CAMA Data Files 09April2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cocurritucknc-my.sharepoint.com/personal/tsample_currituckcountync_gov/Documents/CAMA DATA EXPORT/2026_02 Data Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{94D8F0D9-3617-4DC0-93FE-C1210170E009}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{51AE22E6-DB2D-43FB-B10C-FEB867B82321}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2295" yWindow="2295" windowWidth="21600" windowHeight="11235" xr2:uid="{4CB90B7A-0644-4A9D-BEB6-F31036B19B67}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{2296F102-D9C6-4B92-AE9F-AE2FE56769F8}"/>
   </bookViews>
   <sheets>
     <sheet name="AA502NCCUR-COMM" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3867" uniqueCount="1543">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3887" uniqueCount="1548">
   <si>
     <t>Parcel ID</t>
   </si>
   <si>
     <t>Card #</t>
   </si>
   <si>
     <t>Record Type</t>
   </si>
   <si>
     <t>Year Built</t>
   </si>
   <si>
     <t>Effective Year Built</t>
   </si>
   <si>
     <t>Structure Code</t>
   </si>
   <si>
     <t>Structure Code Description</t>
   </si>
   <si>
     <t>Improvement Name (ie. WALMART)</t>
   </si>
   <si>
@@ -384,209 +384,209 @@
   <si>
     <t>MINI WAREHOUSE</t>
   </si>
   <si>
     <t>SELF STORAGE</t>
   </si>
   <si>
     <t>001500000640000</t>
   </si>
   <si>
     <t>001500000680000</t>
   </si>
   <si>
     <t>LODGE 602</t>
   </si>
   <si>
     <t>001500000770000</t>
   </si>
   <si>
     <t>NATION WIDE INS/DANCE STUDIO</t>
   </si>
   <si>
     <t>001500000780000</t>
   </si>
   <si>
+    <t>HEMP HAVEN WELLNESS DISPENSARY</t>
+  </si>
+  <si>
+    <t>0015000037A0000</t>
+  </si>
+  <si>
+    <t>MARX</t>
+  </si>
+  <si>
+    <t>0015000047B0000</t>
+  </si>
+  <si>
+    <t>ITALIAN BISTRO - MULTI</t>
+  </si>
+  <si>
+    <t>L.J. BEANERS BAKERY &amp; CAFE</t>
+  </si>
+  <si>
+    <t>0015000054C0000</t>
+  </si>
+  <si>
+    <t>BRINN</t>
+  </si>
+  <si>
+    <t>0015000073A0000</t>
+  </si>
+  <si>
+    <t>TAYLORS</t>
+  </si>
+  <si>
+    <t>0015000075D0000</t>
+  </si>
+  <si>
+    <t>SUPERMARKET</t>
+  </si>
+  <si>
+    <t>FOOD LION</t>
+  </si>
+  <si>
+    <t>0015000075E0000</t>
+  </si>
+  <si>
+    <t>STRIP SHOPPING CNTR</t>
+  </si>
+  <si>
+    <t>STRIP SHOPPING CENTER</t>
+  </si>
+  <si>
+    <t>0015000075F0000</t>
+  </si>
+  <si>
+    <t>0015000075K0000</t>
+  </si>
+  <si>
+    <t>CARE A LOT PET SUPPLY</t>
+  </si>
+  <si>
+    <t>0015000084F0000</t>
+  </si>
+  <si>
+    <t>MOYOCK MIDDLE SCHOOL</t>
+  </si>
+  <si>
+    <t>0016000001A0000</t>
+  </si>
+  <si>
+    <t>COUNTRY CLUB/W CRSE</t>
+  </si>
+  <si>
+    <t>MR</t>
+  </si>
+  <si>
+    <t>RECREATIONAL/HEALTH</t>
+  </si>
+  <si>
+    <t>002200000150000</t>
+  </si>
+  <si>
+    <t>FELLOWSHIP BAPTIST CHURCH</t>
+  </si>
+  <si>
+    <t>0022000078D0000</t>
+  </si>
+  <si>
+    <t>LIBRARY</t>
+  </si>
+  <si>
+    <t>MOYOCK LIBRARY</t>
+  </si>
+  <si>
+    <t>002300000090000</t>
+  </si>
+  <si>
+    <t>INNES &amp; INNES</t>
+  </si>
+  <si>
+    <t>002300000340000</t>
+  </si>
+  <si>
+    <t>SAMUEL CHAPEL CHURCH</t>
+  </si>
+  <si>
+    <t>002300000610000</t>
+  </si>
+  <si>
+    <t>HI TECH</t>
+  </si>
+  <si>
+    <t>002300000620000</t>
+  </si>
+  <si>
+    <t>DE AUTO</t>
+  </si>
+  <si>
+    <t>0023000068B0000</t>
+  </si>
+  <si>
+    <t>EAST COAST DEMO</t>
+  </si>
+  <si>
+    <t>0023000068J0000</t>
+  </si>
+  <si>
+    <t>MOYOK STORAGE AND RV</t>
+  </si>
+  <si>
+    <t>0023000068N0000</t>
+  </si>
+  <si>
+    <t>OFFICE</t>
+  </si>
+  <si>
+    <t>0023000068V0000</t>
+  </si>
+  <si>
+    <t>0024000019H0000</t>
+  </si>
+  <si>
+    <t>NO NAME WHITE BLDG</t>
+  </si>
+  <si>
+    <t>002600000380000</t>
+  </si>
+  <si>
+    <t>ROBERTS BROTHERS</t>
+  </si>
+  <si>
+    <t>002600000450000</t>
+  </si>
+  <si>
+    <t>ZION CHURCH</t>
+  </si>
+  <si>
+    <t>002700000180000</t>
+  </si>
+  <si>
     <t>AUTO SERVICE GARAGE</t>
   </si>
   <si>
-    <t>REBELS GOLF CARS</t>
-[...154 lines deleted...]
-  <si>
     <t>SHOWBORO AUTO</t>
   </si>
   <si>
     <t>002700000250000</t>
   </si>
   <si>
     <t>NEW VISION CHURCH</t>
   </si>
   <si>
     <t>003000000160000</t>
   </si>
   <si>
     <t>COUNTRY STORE</t>
   </si>
   <si>
     <t>003100000350000</t>
   </si>
   <si>
     <t>DAYCARE</t>
   </si>
   <si>
     <t>00310000035B000</t>
   </si>
   <si>
     <t>HUMBLE BEGINNINGS</t>
@@ -654,2903 +654,2906 @@
   <si>
     <t>CELL TOWER BLDG</t>
   </si>
   <si>
     <t>0032000122C0000</t>
   </si>
   <si>
     <t>TOWER BLDG</t>
   </si>
   <si>
     <t>0032000122F0000</t>
   </si>
   <si>
     <t>ELEMENTRY SCHOOL</t>
   </si>
   <si>
     <t>003300000430000</t>
   </si>
   <si>
     <t>SOCIAL/FRATERNAL HALL</t>
   </si>
   <si>
     <t>SHAWBORO RURITON CLUB</t>
   </si>
   <si>
-    <t>003300000500000</t>
+    <t>003300000510000</t>
+  </si>
+  <si>
+    <t>OLD POST OFFICE</t>
+  </si>
+  <si>
+    <t>00330000051A000</t>
+  </si>
+  <si>
+    <t>POST OFFICE</t>
+  </si>
+  <si>
+    <t>003300000530000</t>
+  </si>
+  <si>
+    <t>CROP PRODUCTION SERVICES</t>
+  </si>
+  <si>
+    <t>0033000016A0000</t>
+  </si>
+  <si>
+    <t>OLD PERKINS CHURCH</t>
+  </si>
+  <si>
+    <t>0033000039A0000</t>
+  </si>
+  <si>
+    <t>PROVIDENCE CHRCH</t>
+  </si>
+  <si>
+    <t>003400000120000</t>
+  </si>
+  <si>
+    <t>SUPERIOR WATER</t>
+  </si>
+  <si>
+    <t>0035000004FA000</t>
+  </si>
+  <si>
+    <t>004100000060000</t>
+  </si>
+  <si>
+    <t>OLD TRANSIT WHSE</t>
+  </si>
+  <si>
+    <t>004100000740000</t>
+  </si>
+  <si>
+    <t>GOOD HOPE CHRCH</t>
+  </si>
+  <si>
+    <t>004200000260000</t>
+  </si>
+  <si>
+    <t>NEW PROVIDENCE CHURCH</t>
+  </si>
+  <si>
+    <t>004300000230000</t>
+  </si>
+  <si>
+    <t>MTL SHOP</t>
+  </si>
+  <si>
+    <t>DWELLING</t>
+  </si>
+  <si>
+    <t>004400000200000</t>
+  </si>
+  <si>
+    <t>LODGE 53</t>
+  </si>
+  <si>
+    <t>0044000007D0000</t>
+  </si>
+  <si>
+    <t>NO NAME ON BLDG</t>
+  </si>
+  <si>
+    <t>004600000020000</t>
+  </si>
+  <si>
+    <t>SANDY POINT RESORT</t>
+  </si>
+  <si>
+    <t>0049000027A0000</t>
+  </si>
+  <si>
+    <t>WEEPING MARY CHURCH</t>
+  </si>
+  <si>
+    <t>005000000630000</t>
+  </si>
+  <si>
+    <t>JP KNAPP SCHOOL</t>
+  </si>
+  <si>
+    <t>CLASS ROOM</t>
+  </si>
+  <si>
+    <t>CLASSROOMS</t>
+  </si>
+  <si>
+    <t>CLASS ROOMS</t>
+  </si>
+  <si>
+    <t>AUDITORIUM</t>
+  </si>
+  <si>
+    <t>GYM</t>
+  </si>
+  <si>
+    <t>MAINTAINANCE BLDG</t>
+  </si>
+  <si>
+    <t>FINANCE DEPT</t>
+  </si>
+  <si>
+    <t>CONCESSION STAND</t>
+  </si>
+  <si>
+    <t>005000000640000</t>
+  </si>
+  <si>
+    <t>EMS ADMIN OFFICE</t>
+  </si>
+  <si>
+    <t>FIRE DEPT</t>
+  </si>
+  <si>
+    <t>005000001050000</t>
+  </si>
+  <si>
+    <t>SERVICE STATION - FULL</t>
+  </si>
+  <si>
+    <t>SNOWDEN REPAIRS SHOP</t>
+  </si>
+  <si>
+    <t>005000001060000</t>
+  </si>
+  <si>
+    <t>005000001090000</t>
+  </si>
+  <si>
+    <t>PUBLIC WORKS</t>
+  </si>
+  <si>
+    <t>OLD JAIL HOUSE1</t>
+  </si>
+  <si>
+    <t>COUNTY OFFICES</t>
+  </si>
+  <si>
+    <t>005000001120000</t>
+  </si>
+  <si>
+    <t>EDAN DAY SPA</t>
+  </si>
+  <si>
+    <t>0050000062A0000</t>
+  </si>
+  <si>
+    <t>SHELL/ MC DONALD</t>
+  </si>
+  <si>
+    <t>0050000062C0000</t>
+  </si>
+  <si>
+    <t>ATTORNEY'S OFFICE</t>
+  </si>
+  <si>
+    <t>0050000062G0000</t>
+  </si>
+  <si>
+    <t>FARM BUREAU</t>
+  </si>
+  <si>
+    <t>0050000062M0000</t>
+  </si>
+  <si>
+    <t>HOWARD &amp; ASSOC</t>
+  </si>
+  <si>
+    <t>0050000062R0000</t>
+  </si>
+  <si>
+    <t>EAST CAROLINA BANK</t>
+  </si>
+  <si>
+    <t>0050000062V0000</t>
+  </si>
+  <si>
+    <t>SNOW DENS</t>
+  </si>
+  <si>
+    <t>0050000062X0000</t>
+  </si>
+  <si>
+    <t>EPISCOPAL CHURCH</t>
+  </si>
+  <si>
+    <t>0050000101C0000</t>
+  </si>
+  <si>
+    <t>RAIL/BUS/AIR TERMINAL</t>
+  </si>
+  <si>
+    <t>0050000104A0000</t>
+  </si>
+  <si>
+    <t>0050000113A0000</t>
+  </si>
+  <si>
+    <t>COURTS DEEDS TAX DEPT</t>
+  </si>
+  <si>
+    <t>HEALTH DEPT</t>
+  </si>
+  <si>
+    <t>SOCIAL SERVICES</t>
+  </si>
+  <si>
+    <t>ELECTION OFFICE</t>
+  </si>
+  <si>
+    <t>0050000113H0000</t>
+  </si>
+  <si>
+    <t>DOLLAR GENERAL</t>
+  </si>
+  <si>
+    <t>0050000125B0000</t>
+  </si>
+  <si>
+    <t>FAMILY DOLLAR/DOLLAR TREE</t>
+  </si>
+  <si>
+    <t>005100000520000</t>
+  </si>
+  <si>
+    <t>REHOBOTH CHURCH</t>
+  </si>
+  <si>
+    <t>005200000160000</t>
+  </si>
+  <si>
+    <t>COMMUNITY BLDG</t>
+  </si>
+  <si>
+    <t>YMCA</t>
+  </si>
+  <si>
+    <t>CURRITUCK ANIMAL SHELTER</t>
+  </si>
+  <si>
+    <t>005200000170000</t>
+  </si>
+  <si>
+    <t>CULTURAL FACILITIES</t>
+  </si>
+  <si>
+    <t>RESEARCH &amp; DEVELOPMENT</t>
+  </si>
+  <si>
+    <t>005200000240000</t>
+  </si>
+  <si>
+    <t>CRAWFORD V.F.D.</t>
+  </si>
+  <si>
+    <t>005200000250000</t>
+  </si>
+  <si>
+    <t>TECHNICAL TRAINING CENTER</t>
+  </si>
+  <si>
+    <t>0052000013D0000</t>
+  </si>
+  <si>
+    <t>SHERIFF' OFFICE</t>
+  </si>
+  <si>
+    <t>CORRECTIONAL</t>
+  </si>
+  <si>
+    <t>COUNTY JAIL</t>
+  </si>
+  <si>
+    <t>0052000013G0000</t>
+  </si>
+  <si>
+    <t>MAINLAND WATER &amp; TREATMENT</t>
+  </si>
+  <si>
+    <t>BLDG # 2</t>
+  </si>
+  <si>
+    <t>0052000014A0000</t>
+  </si>
+  <si>
+    <t>AIRPORT TERMINAL</t>
+  </si>
+  <si>
+    <t>HANGAR</t>
+  </si>
+  <si>
+    <t>HANGER A/SHOOT RG</t>
+  </si>
+  <si>
+    <t>HANGER B</t>
+  </si>
+  <si>
+    <t>HANGER C</t>
+  </si>
+  <si>
+    <t>LAND FILL</t>
+  </si>
+  <si>
+    <t>RECYCLE BLDG</t>
+  </si>
+  <si>
+    <t>OFFICE/WAREHOUSE</t>
+  </si>
+  <si>
+    <t>MFG/PROCESSING</t>
+  </si>
+  <si>
+    <t>0052000014AA000</t>
+  </si>
+  <si>
+    <t>MIKE HOCKETT HANGER</t>
+  </si>
+  <si>
+    <t>0052000022A0000</t>
+  </si>
+  <si>
+    <t>PONDEROSA PARK</t>
+  </si>
+  <si>
+    <t>MINI WHSE</t>
+  </si>
+  <si>
+    <t>0056000009B0000</t>
+  </si>
+  <si>
+    <t>NWR OFFICE</t>
+  </si>
+  <si>
+    <t>0058000010E0000</t>
+  </si>
+  <si>
+    <t>THRIFT STORE</t>
+  </si>
+  <si>
+    <t>005900000010000</t>
+  </si>
+  <si>
+    <t>GALLIMORE LODGE</t>
+  </si>
+  <si>
+    <t>005900000660000</t>
+  </si>
+  <si>
+    <t>CURRITUCK TRADING POST</t>
+  </si>
+  <si>
+    <t>0059000037C0000</t>
+  </si>
+  <si>
+    <t>CATHOLIC CHURCH</t>
+  </si>
+  <si>
+    <t>0059000046B0000</t>
+  </si>
+  <si>
+    <t>006000000150000</t>
+  </si>
+  <si>
+    <t>CENTRAL ELEMENTARY SCHOOL</t>
+  </si>
+  <si>
+    <t>006000000560000</t>
+  </si>
+  <si>
+    <t>006000000580000</t>
+  </si>
+  <si>
+    <t>7-11 STORE</t>
+  </si>
+  <si>
+    <t>006000000620000</t>
+  </si>
+  <si>
+    <t>WHITE WHSE</t>
+  </si>
+  <si>
+    <t>006000001040000</t>
+  </si>
+  <si>
+    <t>LATTER DAY SAINTS CHURCH</t>
+  </si>
+  <si>
+    <t>0060000011A0000</t>
+  </si>
+  <si>
+    <t>MORRIS FARM MARKET</t>
+  </si>
+  <si>
+    <t>0060000015A0000</t>
+  </si>
+  <si>
+    <t>SEWASE TREATMENT PLANT</t>
+  </si>
+  <si>
+    <t>0060000055E0000</t>
+  </si>
+  <si>
+    <t>SECU</t>
+  </si>
+  <si>
+    <t>0060000057A0000</t>
+  </si>
+  <si>
+    <t>0060000057E0000</t>
+  </si>
+  <si>
+    <t>0060000057F0000</t>
+  </si>
+  <si>
+    <t>SOUND FEET SHOES</t>
+  </si>
+  <si>
+    <t>006900000380000</t>
+  </si>
+  <si>
+    <t>ALBTUCK FAMILY MEDICAL</t>
+  </si>
+  <si>
+    <t>0069000005A0000</t>
+  </si>
+  <si>
+    <t>FROG ISLAND SEAFOOD</t>
+  </si>
+  <si>
+    <t>0069000039B0000</t>
+  </si>
+  <si>
+    <t>GALLOP FUNERAL HOME</t>
+  </si>
+  <si>
+    <t>0070000005B0000</t>
+  </si>
+  <si>
+    <t>WATERLILY FIRE DEPT</t>
+  </si>
+  <si>
+    <t>007000000730000</t>
+  </si>
+  <si>
+    <t>AUTO GARAGE</t>
+  </si>
+  <si>
+    <t>007000000880000</t>
+  </si>
+  <si>
+    <t>MEDOTHIST CHURCH</t>
+  </si>
+  <si>
+    <t>007000000890000</t>
+  </si>
+  <si>
+    <t>MARATHON GAS</t>
+  </si>
+  <si>
+    <t>007000000950000</t>
+  </si>
+  <si>
+    <t>BEACH BUMS</t>
+  </si>
+  <si>
+    <t>007000001090000</t>
+  </si>
+  <si>
+    <t>UNOCCUPIED</t>
+  </si>
+  <si>
+    <t>007000001110000</t>
+  </si>
+  <si>
+    <t>JJ HAYMAN BLDG SUPPLIES</t>
+  </si>
+  <si>
+    <t>007000001120000</t>
+  </si>
+  <si>
+    <t>MARINE PRO</t>
+  </si>
+  <si>
+    <t>0070000017D0000</t>
+  </si>
+  <si>
+    <t>PERFORMANCE FABRICATIONS</t>
+  </si>
+  <si>
+    <t>0070000018A0000</t>
+  </si>
+  <si>
+    <t>UR NEXT</t>
+  </si>
+  <si>
+    <t>0070000020B0000</t>
+  </si>
+  <si>
+    <t>SHELL</t>
+  </si>
+  <si>
+    <t>0070000022B0000</t>
+  </si>
+  <si>
+    <t>AMBROSE FURNITURE STORAGE</t>
+  </si>
+  <si>
+    <t>0070000022H0000</t>
+  </si>
+  <si>
+    <t>AMBROSE FURNITURE</t>
+  </si>
+  <si>
+    <t>0070000022K0000</t>
+  </si>
+  <si>
+    <t>KEVINS LIBERTY</t>
+  </si>
+  <si>
+    <t>0070000022L0000</t>
+  </si>
+  <si>
+    <t>CINDYS</t>
+  </si>
+  <si>
+    <t>0070000030A0000</t>
+  </si>
+  <si>
+    <t>CURRITUCK BBQ</t>
+  </si>
+  <si>
+    <t>0070000031A0000</t>
+  </si>
+  <si>
+    <t>0070000048B0000</t>
+  </si>
+  <si>
+    <t>BARCO LIBRARY</t>
+  </si>
+  <si>
+    <t>0070000048D0000</t>
+  </si>
+  <si>
+    <t>CURRITUCK MIDDLE SCHOOL</t>
+  </si>
+  <si>
+    <t>0070000049B0000</t>
+  </si>
+  <si>
+    <t>CURRITUCK HIGH SCHOOL</t>
+  </si>
+  <si>
+    <t>0070000068A0000</t>
+  </si>
+  <si>
+    <t>NEW LIFE CHRISTIAN FELLWOSHIP</t>
+  </si>
+  <si>
+    <t>0070000068B0000</t>
+  </si>
+  <si>
+    <t>NO NAME, TAN OFFICES</t>
+  </si>
+  <si>
+    <t>0070000074C0000</t>
+  </si>
+  <si>
+    <t>NO NAME, RED BLDGS</t>
+  </si>
+  <si>
+    <t>0070000081A0000</t>
+  </si>
+  <si>
+    <t>CURRITUCK SPORTS</t>
+  </si>
+  <si>
+    <t>0070000083A0000</t>
+  </si>
+  <si>
+    <t>HEDGE HOG WOODWORKING</t>
+  </si>
+  <si>
+    <t>007100000130000</t>
+  </si>
+  <si>
+    <t>FAMILY DENISTRY</t>
+  </si>
+  <si>
+    <t>007100000170000</t>
+  </si>
+  <si>
+    <t>AMERICAN LEGION-ANNEX</t>
+  </si>
+  <si>
+    <t>007100000180000</t>
+  </si>
+  <si>
+    <t>AMERICAN LEGION</t>
+  </si>
+  <si>
+    <t>0071000001A0000</t>
+  </si>
+  <si>
+    <t>JENNIE'S HEAT &amp; COOLING</t>
+  </si>
+  <si>
+    <t>007100000690000</t>
+  </si>
+  <si>
+    <t>DAY CARE CENTER</t>
+  </si>
+  <si>
+    <t>DISCOVERY COVE DAY CARE</t>
+  </si>
+  <si>
+    <t>0071000009A0000</t>
+  </si>
+  <si>
+    <t>RED &amp; TAN WHSE</t>
+  </si>
+  <si>
+    <t>0071000021A0000</t>
+  </si>
+  <si>
+    <t>BLUE HERON APTS</t>
+  </si>
+  <si>
+    <t>0071000043D0000</t>
+  </si>
+  <si>
+    <t>COINJOCK MARINA RESTUARANT</t>
+  </si>
+  <si>
+    <t>MARINA STORE</t>
+  </si>
+  <si>
+    <t>0071000060A0000</t>
+  </si>
+  <si>
+    <t>HENRY'S (CLOSED)</t>
+  </si>
+  <si>
+    <t>CURRITUCK CAR CLINIC</t>
+  </si>
+  <si>
+    <t>0071000074B0000</t>
+  </si>
+  <si>
+    <t>COINJOCK AUTOMOTIVE</t>
+  </si>
+  <si>
+    <t>007600001030000</t>
+  </si>
+  <si>
+    <t>KNOTTS ISLAND MARKET</t>
+  </si>
+  <si>
+    <t>007600001200000</t>
+  </si>
+  <si>
+    <t>KNOTTS ISLAND BAPTIST</t>
+  </si>
+  <si>
+    <t>0076000023A0000</t>
+  </si>
+  <si>
+    <t>0076000102F0000</t>
+  </si>
+  <si>
+    <t>0076000102H0000</t>
+  </si>
+  <si>
+    <t>0076000102KA000</t>
+  </si>
+  <si>
+    <t>KNOTTS ISLAND POST OFFICE</t>
+  </si>
+  <si>
+    <t>007700000060000</t>
+  </si>
+  <si>
+    <t>KNOTTS ISLAND ELEMENTARY</t>
+  </si>
+  <si>
+    <t>007700000160000</t>
+  </si>
+  <si>
+    <t>OLD STORE/HOUSE</t>
+  </si>
+  <si>
+    <t>007700000350000</t>
+  </si>
+  <si>
+    <t>007700000730000</t>
+  </si>
+  <si>
+    <t>SENIOR CENTER</t>
+  </si>
+  <si>
+    <t>007700001710000</t>
+  </si>
+  <si>
+    <t>HOUSE ON PROPERTY OF CHURCH.</t>
+  </si>
+  <si>
+    <t>KNOTTS ISLAND METHODIST CHURCH</t>
+  </si>
+  <si>
+    <t>0079000001A0000</t>
+  </si>
+  <si>
+    <t>KOA</t>
+  </si>
+  <si>
+    <t>0081000001A0000</t>
+  </si>
+  <si>
+    <t>HOTEL/MOTEL LO RISE</t>
+  </si>
+  <si>
+    <t>MOTEL-NO NAME</t>
+  </si>
+  <si>
+    <t>008200000610000</t>
+  </si>
+  <si>
+    <t>THE STUFF STORE</t>
+  </si>
+  <si>
+    <t>0082000059D0000</t>
+  </si>
+  <si>
+    <t>PRECISION AUTO CENTER</t>
+  </si>
+  <si>
+    <t>0083000007A0000</t>
+  </si>
+  <si>
+    <t>REST AREA</t>
+  </si>
+  <si>
+    <t>008400000180000</t>
+  </si>
+  <si>
+    <t>UNOCC. RETAIL</t>
+  </si>
+  <si>
+    <t>STORAGE BLDG</t>
+  </si>
+  <si>
+    <t>008400000200000</t>
+  </si>
+  <si>
+    <t>JIM'S C.B. SHACK</t>
+  </si>
+  <si>
+    <t>0084000010B0000</t>
+  </si>
+  <si>
+    <t>COASTAL ACCENTS</t>
+  </si>
+  <si>
+    <t>0084000010C0000</t>
+  </si>
+  <si>
+    <t>COASTAL ANNEX</t>
+  </si>
+  <si>
+    <t>WHSE</t>
+  </si>
+  <si>
+    <t>0084000016E0000</t>
+  </si>
+  <si>
+    <t>COOPER PROFFESSIONAL OFFICE</t>
+  </si>
+  <si>
+    <t>0084000016H0000</t>
+  </si>
+  <si>
+    <t>CURRITUCK SELF STORAGE</t>
+  </si>
+  <si>
+    <t>0084000019A0000</t>
+  </si>
+  <si>
+    <t>GRAVE DIGGER RACING</t>
+  </si>
+  <si>
+    <t>DIGGERS DUNGEON</t>
+  </si>
+  <si>
+    <t>0084000019B0000</t>
+  </si>
+  <si>
+    <t>DIGGERS SHOP BLDG</t>
+  </si>
+  <si>
+    <t>0084000019C0000</t>
+  </si>
+  <si>
+    <t>DIGGERS DINER</t>
+  </si>
+  <si>
+    <t>0084000029A0000</t>
+  </si>
+  <si>
+    <t>TOMS GARAGE</t>
+  </si>
+  <si>
+    <t>TOMS GARAGE ADDN</t>
+  </si>
+  <si>
+    <t>0084000029B0000</t>
+  </si>
+  <si>
+    <t>RIVIERA MOTEL &amp; REST</t>
+  </si>
+  <si>
+    <t>009100000500000</t>
+  </si>
+  <si>
+    <t>US POST OFFICE</t>
+  </si>
+  <si>
+    <t>009300000590000</t>
+  </si>
+  <si>
+    <t>009300000600000</t>
+  </si>
+  <si>
+    <t>DR W.T. BRIGGS ELE.M SCHOOL</t>
+  </si>
+  <si>
+    <t>009300001070000</t>
+  </si>
+  <si>
+    <t>TINY TOTS LEARNING CNTR</t>
+  </si>
+  <si>
+    <t>009300001550000</t>
+  </si>
+  <si>
+    <t>CHRISTIAN ADVOCATE CHURCH</t>
+  </si>
+  <si>
+    <t>009300001610000</t>
+  </si>
+  <si>
+    <t>MACE DONIA CHURCH</t>
+  </si>
+  <si>
+    <t>0093000120A0000</t>
+  </si>
+  <si>
+    <t>SHARON UNITED METHODIST CHURCH</t>
+  </si>
+  <si>
+    <t>009400000250000</t>
+  </si>
+  <si>
+    <t>CURRITUCK BIBLE CHURCH</t>
+  </si>
+  <si>
+    <t>009400000960000</t>
+  </si>
+  <si>
+    <t>ART GALLERY</t>
+  </si>
+  <si>
+    <t>009400001090000</t>
+  </si>
+  <si>
+    <t>RADIO SHACK</t>
+  </si>
+  <si>
+    <t>009400001240000</t>
+  </si>
+  <si>
+    <t>EASTERN SHORES ANIMAL HOSPITAL</t>
+  </si>
+  <si>
+    <t>009400001290000</t>
+  </si>
+  <si>
+    <t>TAN OFFICES,, GREEN ROOF</t>
+  </si>
+  <si>
+    <t>009400001300000</t>
+  </si>
+  <si>
+    <t>YELLOW BLDG</t>
+  </si>
+  <si>
+    <t>009400001340000</t>
+  </si>
+  <si>
+    <t>STATE FARM INS</t>
+  </si>
+  <si>
+    <t>009400001360000</t>
+  </si>
+  <si>
+    <t>LOWER CURRITUCK VFD</t>
+  </si>
+  <si>
+    <t>009400001630000</t>
+  </si>
+  <si>
+    <t>POPLAR BRANCH CHURCH</t>
+  </si>
+  <si>
+    <t>009400001770000</t>
+  </si>
+  <si>
+    <t>AUTO SALES</t>
+  </si>
+  <si>
+    <t>0094000064C0000</t>
+  </si>
+  <si>
+    <t>TAN WHSE</t>
+  </si>
+  <si>
+    <t>0094000097B0000</t>
+  </si>
+  <si>
+    <t>GRADY GREEN HOUSE</t>
+  </si>
+  <si>
+    <t>0094000097F0000</t>
+  </si>
+  <si>
+    <t>ROSE TREE GIFT SHOP</t>
+  </si>
+  <si>
+    <t>0094000097H0000</t>
+  </si>
+  <si>
+    <t>0094000110A0000</t>
+  </si>
+  <si>
+    <t>OUT BACK STORAGE</t>
+  </si>
+  <si>
+    <t>0094000112A0000</t>
+  </si>
+  <si>
+    <t>FOOD PANTRY/AUTO SHOP</t>
+  </si>
+  <si>
+    <t>0094000113B0000</t>
+  </si>
+  <si>
+    <t>0094000115C0000</t>
+  </si>
+  <si>
+    <t>GOLF MAINTANCE SHOPS</t>
+  </si>
+  <si>
+    <t>0094000116I0000</t>
+  </si>
+  <si>
+    <t>CAROLINA CLUB</t>
+  </si>
+  <si>
+    <t>0094000116R0000</t>
+  </si>
+  <si>
+    <t>CAROLINA CLUB HOUSE</t>
+  </si>
+  <si>
+    <t>0094000122A0000</t>
+  </si>
+  <si>
+    <t>0094000122E0000</t>
+  </si>
+  <si>
+    <t>DOLLAR TREE</t>
+  </si>
+  <si>
+    <t>0094000122G0000</t>
+  </si>
+  <si>
+    <t>ABC STORE/WHSE</t>
+  </si>
+  <si>
+    <t>0094000122K0000</t>
+  </si>
+  <si>
+    <t>FRANCHISE FOOD</t>
+  </si>
+  <si>
+    <t>SONIC</t>
+  </si>
+  <si>
+    <t>0094000135A0000</t>
+  </si>
+  <si>
+    <t>0094000135B0000</t>
+  </si>
+  <si>
+    <t>NU DEAL AUTO</t>
+  </si>
+  <si>
+    <t>0094000139F0000</t>
+  </si>
+  <si>
+    <t>SOLO</t>
+  </si>
+  <si>
+    <t>0094000140A0000</t>
+  </si>
+  <si>
+    <t>CAROLINA FLOORING</t>
+  </si>
+  <si>
+    <t>0094000172E0000</t>
+  </si>
+  <si>
+    <t>0095000012K0000</t>
+  </si>
+  <si>
+    <t>KINGDOM HALL</t>
+  </si>
+  <si>
+    <t>009600000160000</t>
+  </si>
+  <si>
+    <t>009A00000550000</t>
+  </si>
+  <si>
+    <t>MOYOCK SHOPPING PLAZA</t>
+  </si>
+  <si>
+    <t>BLDG #2</t>
+  </si>
+  <si>
+    <t>009A00000560000</t>
+  </si>
+  <si>
+    <t>009A00000570000</t>
+  </si>
+  <si>
+    <t>CURRITUCK GRAIN</t>
+  </si>
+  <si>
+    <t>009A00000580000</t>
+  </si>
+  <si>
+    <t>TRADING POST</t>
+  </si>
+  <si>
+    <t>009A00000620000</t>
+  </si>
+  <si>
+    <t>SENTARA MEDICAL</t>
+  </si>
+  <si>
+    <t>009A00000650000</t>
+  </si>
+  <si>
+    <t>TELEPHONE CO. BLDG</t>
+  </si>
+  <si>
+    <t>009A00000700000</t>
+  </si>
+  <si>
+    <t>AUTO DIRECT</t>
+  </si>
+  <si>
+    <t>009A00000720000</t>
+  </si>
+  <si>
+    <t>DUCK THRU CONV</t>
+  </si>
+  <si>
+    <t>009A00000870000</t>
+  </si>
+  <si>
+    <t>MOYOCK AUTOMOTIVE</t>
+  </si>
+  <si>
+    <t>009A000059A0000</t>
+  </si>
+  <si>
+    <t>HARDEES</t>
+  </si>
+  <si>
+    <t>SHELL GAS/CONV</t>
+  </si>
+  <si>
+    <t>009A000059B0000</t>
+  </si>
+  <si>
+    <t>NAPA AUTO</t>
+  </si>
+  <si>
+    <t>009A000063A0000</t>
+  </si>
+  <si>
+    <t>009A000070A0000</t>
+  </si>
+  <si>
+    <t>J FLORA LAW OFFICE</t>
+  </si>
+  <si>
+    <t>009A000085E0000</t>
+  </si>
+  <si>
+    <t>MOYOCK STORAGE</t>
+  </si>
+  <si>
+    <t>010700000560000</t>
+  </si>
+  <si>
+    <t>HOME ON CHURCH PROPERTY.</t>
+  </si>
+  <si>
+    <t>010700000570000</t>
+  </si>
+  <si>
+    <t>010700000640000</t>
+  </si>
+  <si>
+    <t>BARRYS</t>
+  </si>
+  <si>
+    <t>0107000051H0000</t>
+  </si>
+  <si>
+    <t>MC DONALDS</t>
+  </si>
+  <si>
+    <t>0107000062A0000</t>
+  </si>
+  <si>
+    <t>ROYAL FARMS</t>
+  </si>
+  <si>
+    <t>0107000070D0000</t>
+  </si>
+  <si>
+    <t>NBHD SHOPPING CENTER</t>
+  </si>
+  <si>
+    <t>0107000070M0000</t>
+  </si>
+  <si>
+    <t>EXXON</t>
+  </si>
+  <si>
+    <t>0107000070Q0000</t>
+  </si>
+  <si>
+    <t>DUCK THRU/DUNKIN DOUGHNUTS</t>
+  </si>
+  <si>
+    <t>010800000090000</t>
+  </si>
+  <si>
+    <t>JD'S MACHINE SHOP</t>
+  </si>
+  <si>
+    <t>010800000230000</t>
+  </si>
+  <si>
+    <t>THE MIGRATING DUCK / COFFEE /</t>
+  </si>
+  <si>
+    <t>010800000260000</t>
+  </si>
+  <si>
+    <t>SUBWAY</t>
+  </si>
+  <si>
+    <t>010800000400000</t>
+  </si>
+  <si>
+    <t>SHORELINE OUTDOOR</t>
+  </si>
+  <si>
+    <t>010800000780000</t>
+  </si>
+  <si>
+    <t>SHERIFFS OFFICE</t>
+  </si>
+  <si>
+    <t>0108000007B0000</t>
+  </si>
+  <si>
+    <t>CAR WASH - MANUAL</t>
+  </si>
+  <si>
+    <t>WASH N GO</t>
+  </si>
+  <si>
+    <t>010800000890000</t>
+  </si>
+  <si>
+    <t>BEACH ORGANICS</t>
+  </si>
+  <si>
+    <t>010800000900000</t>
+  </si>
+  <si>
+    <t>WISE GUYS PIES</t>
+  </si>
+  <si>
+    <t>010800000970000</t>
+  </si>
+  <si>
+    <t>AFFORDABLE BEAUTY</t>
+  </si>
+  <si>
+    <t>0108000011B0000</t>
+  </si>
+  <si>
+    <t>FLIPPERS</t>
+  </si>
+  <si>
+    <t>LAREDOS</t>
+  </si>
+  <si>
+    <t>0108000042D0000</t>
+  </si>
+  <si>
+    <t>BLUEWATER RESTORATION</t>
+  </si>
+  <si>
+    <t>0108000051A0000</t>
+  </si>
+  <si>
+    <t>BAREFOOT MOTOR CO</t>
+  </si>
+  <si>
+    <t>0108000051B0000</t>
+  </si>
+  <si>
+    <t>DOUBLE WIDE USED AS OFFICE</t>
+  </si>
+  <si>
+    <t>0108000051D0000</t>
+  </si>
+  <si>
+    <t>TAR WHSE</t>
+  </si>
+  <si>
+    <t>0108000052C0000</t>
+  </si>
+  <si>
+    <t>CURRITUCK MICRO BREWERY</t>
+  </si>
+  <si>
+    <t>0108000052L0000</t>
+  </si>
+  <si>
+    <t>0108000065A0000</t>
+  </si>
+  <si>
+    <t>0108000069A0000</t>
+  </si>
+  <si>
+    <t>MELS DINER</t>
+  </si>
+  <si>
+    <t>0108000069B0000</t>
+  </si>
+  <si>
+    <t>THE MOOR LAW FIRM</t>
+  </si>
+  <si>
+    <t>0108000092A0000</t>
+  </si>
+  <si>
+    <t>BLUEWATER MOTORS</t>
+  </si>
+  <si>
+    <t>0108000094F0000</t>
+  </si>
+  <si>
+    <t>STATE LINE BUILDERS</t>
+  </si>
+  <si>
+    <t>0108000094H0000</t>
+  </si>
+  <si>
+    <t>OBX SPORTS</t>
+  </si>
+  <si>
+    <t>0108000098E0000</t>
+  </si>
+  <si>
+    <t>WESTERN LP</t>
+  </si>
+  <si>
+    <t>0108000101B0000</t>
+  </si>
+  <si>
+    <t>ACE</t>
+  </si>
+  <si>
+    <t>0108000102A0000</t>
+  </si>
+  <si>
+    <t>NAPA (VAC)</t>
+  </si>
+  <si>
+    <t>0108000102B0000</t>
+  </si>
+  <si>
+    <t>010900000030000</t>
+  </si>
+  <si>
+    <t>01090000004A000</t>
+  </si>
+  <si>
+    <t>COTTON GIN WINERY</t>
+  </si>
+  <si>
+    <t>010900000070000</t>
+  </si>
+  <si>
+    <t>BJ'S CAFE</t>
+  </si>
+  <si>
+    <t>010900000560000</t>
+  </si>
+  <si>
+    <t>RESIDENCE</t>
+  </si>
+  <si>
+    <t>010900001220000</t>
+  </si>
+  <si>
+    <t>0109000012B0000</t>
+  </si>
+  <si>
+    <t>CHURCH OF CHRIST</t>
+  </si>
+  <si>
+    <t>010900001330000</t>
+  </si>
+  <si>
+    <t>COTTON GIN</t>
+  </si>
+  <si>
+    <t>010900001340000</t>
+  </si>
+  <si>
+    <t>FARM MARKET</t>
+  </si>
+  <si>
+    <t>0109000049C0000</t>
+  </si>
+  <si>
+    <t>JARVISBURG ELEMENTARY SCHOOL</t>
+  </si>
+  <si>
+    <t>0109000057B0000</t>
+  </si>
+  <si>
+    <t>CAROLINA FAMILY PRACTICE</t>
+  </si>
+  <si>
+    <t>0109000079C0000</t>
+  </si>
+  <si>
+    <t>ABC SUPPLY</t>
+  </si>
+  <si>
+    <t>0109000079D0000</t>
+  </si>
+  <si>
+    <t>BUILDERS SURPLUS</t>
+  </si>
+  <si>
+    <t>0109000083A0000</t>
+  </si>
+  <si>
+    <t>0109000083B0000</t>
+  </si>
+  <si>
+    <t>0109000114A0000</t>
+  </si>
+  <si>
+    <t>CHURCH</t>
+  </si>
+  <si>
+    <t>0109000114B0000</t>
+  </si>
+  <si>
+    <t>HISTORIC SCHOOL</t>
+  </si>
+  <si>
+    <t>0109000116A0000</t>
+  </si>
+  <si>
+    <t>THE GROUNDS GUYS</t>
+  </si>
+  <si>
+    <t>0109000155BA000</t>
+  </si>
+  <si>
+    <t>011000000370000</t>
+  </si>
+  <si>
+    <t>OBX CARS</t>
+  </si>
+  <si>
+    <t>011000000380000</t>
+  </si>
+  <si>
+    <t>SOUNDSIDE</t>
+  </si>
+  <si>
+    <t>011000000410000</t>
+  </si>
+  <si>
+    <t>BLUE OFFICE</t>
+  </si>
+  <si>
+    <t>011000000500000</t>
+  </si>
+  <si>
+    <t>HEBRON CHURCH</t>
+  </si>
+  <si>
+    <t>011000000520000</t>
+  </si>
+  <si>
+    <t>BODY SHOP</t>
+  </si>
+  <si>
+    <t>011000000560000</t>
+  </si>
+  <si>
+    <t>COAST PERFORMANCE</t>
+  </si>
+  <si>
+    <t>011000000570000</t>
+  </si>
+  <si>
+    <t>011000000580000</t>
+  </si>
+  <si>
+    <t>011000000780000</t>
+  </si>
+  <si>
+    <t>011000000860000</t>
+  </si>
+  <si>
+    <t>ELLERS</t>
+  </si>
+  <si>
+    <t>011000000870000</t>
+  </si>
+  <si>
+    <t>FLEA MARKET</t>
+  </si>
+  <si>
+    <t>011000000880000</t>
+  </si>
+  <si>
+    <t>TOBACCO BARN</t>
+  </si>
+  <si>
+    <t>011000000890000</t>
+  </si>
+  <si>
+    <t>TAN MOTEL</t>
+  </si>
+  <si>
+    <t>0110000021B0000</t>
+  </si>
+  <si>
+    <t>RADIO/TV TRANSMITTER BLD</t>
+  </si>
+  <si>
+    <t>0110000044C0000</t>
+  </si>
+  <si>
+    <t>SEASHELL POINT ACADEMY</t>
+  </si>
+  <si>
+    <t>0110000046B0000</t>
+  </si>
+  <si>
+    <t>CARRIBBEAN POOLS</t>
+  </si>
+  <si>
+    <t>0110000059A0000</t>
+  </si>
+  <si>
+    <t>RED HORSE TAC &amp; FEED</t>
+  </si>
+  <si>
+    <t>0110000083B0000</t>
+  </si>
+  <si>
+    <t>DAYCARE.</t>
+  </si>
+  <si>
+    <t>0110000093A0000</t>
+  </si>
+  <si>
+    <t>TAN WHSE/OFFICE</t>
+  </si>
+  <si>
+    <t>0110000124BA000</t>
+  </si>
+  <si>
+    <t>011100000270000</t>
+  </si>
+  <si>
+    <t>DWLG &amp; MOBIL HOME</t>
+  </si>
+  <si>
+    <t>011100000280000</t>
+  </si>
+  <si>
+    <t>OLD SERV. STATION</t>
+  </si>
+  <si>
+    <t>0111000024C0000</t>
+  </si>
+  <si>
+    <t>HUNTER REDFORDS GRANITE</t>
+  </si>
+  <si>
+    <t>OFFICE/SALES</t>
+  </si>
+  <si>
+    <t>011400000250000</t>
+  </si>
+  <si>
+    <t>WILD HORSE INN</t>
+  </si>
+  <si>
+    <t>011400000260000</t>
+  </si>
+  <si>
+    <t>POST OFFICE/GAS STATION</t>
+  </si>
+  <si>
+    <t>011400000270000</t>
+  </si>
+  <si>
+    <t>CENTERY LINK</t>
+  </si>
+  <si>
+    <t>011400000280000</t>
+  </si>
+  <si>
+    <t>COROLLA CHURCH</t>
+  </si>
+  <si>
+    <t>0114000003F0000</t>
+  </si>
+  <si>
+    <t>PIZZA</t>
+  </si>
+  <si>
+    <t>0114000003PA000</t>
+  </si>
+  <si>
+    <t>0114000003S0000</t>
+  </si>
+  <si>
+    <t>011400000430000</t>
+  </si>
+  <si>
+    <t>SUN REALTY</t>
+  </si>
+  <si>
+    <t>011400000510000</t>
+  </si>
+  <si>
+    <t>SPRY CREEK</t>
+  </si>
+  <si>
+    <t>011400000530000</t>
+  </si>
+  <si>
+    <t>COROLLA SCHOOL HOUSE</t>
+  </si>
+  <si>
+    <t>011400000570000</t>
+  </si>
+  <si>
+    <t>COUNTY OFFICES/LIBRARY</t>
+  </si>
+  <si>
+    <t>011400000580000</t>
+  </si>
+  <si>
+    <t>CURRITUCK CO. BATHHOUSE</t>
+  </si>
+  <si>
+    <t>0114000020A0000</t>
+  </si>
+  <si>
+    <t>COROLLA VILLAGE INN</t>
+  </si>
+  <si>
+    <t>0114000023A0000</t>
+  </si>
+  <si>
+    <t>TWIDDY</t>
+  </si>
+  <si>
+    <t>0114000036D0000</t>
+  </si>
+  <si>
+    <t>COASTAL EXPLORATION</t>
+  </si>
+  <si>
+    <t>0114000042A0000</t>
+  </si>
+  <si>
+    <t>THE SHACK</t>
+  </si>
+  <si>
+    <t>0114000046A0000</t>
+  </si>
+  <si>
+    <t>0114000047A0000</t>
+  </si>
+  <si>
+    <t>TWEDDY</t>
+  </si>
+  <si>
+    <t>0114000055A0000</t>
+  </si>
+  <si>
+    <t>LITE HOUSE SHOP</t>
+  </si>
+  <si>
+    <t>0114000055B0000</t>
+  </si>
+  <si>
+    <t>LITEHOUSE</t>
+  </si>
+  <si>
+    <t>0114000056D0000</t>
+  </si>
+  <si>
+    <t>WHALE HEAD CLUB</t>
+  </si>
+  <si>
+    <t>WILDLIFE EDUCATION</t>
+  </si>
+  <si>
+    <t>0115000003R0000</t>
+  </si>
+  <si>
+    <t>011600000060000</t>
+  </si>
+  <si>
+    <t>CURRITUCK WATER DEPT</t>
+  </si>
+  <si>
+    <t>011600000070000</t>
+  </si>
+  <si>
+    <t>OFFICES</t>
+  </si>
+  <si>
+    <t>0116000003F0000</t>
+  </si>
+  <si>
+    <t>BERNIES BROTHER</t>
+  </si>
+  <si>
+    <t>0116000003J0000</t>
+  </si>
+  <si>
+    <t>BD &amp; A</t>
+  </si>
+  <si>
+    <t>0116000003K0000</t>
+  </si>
+  <si>
+    <t>WINGS</t>
+  </si>
+  <si>
+    <t>0116000003L0000</t>
+  </si>
+  <si>
+    <t>0116000003PA000</t>
+  </si>
+  <si>
+    <t>SEA SIDE FARM MARKET</t>
+  </si>
+  <si>
+    <t>0116000003Q0000</t>
+  </si>
+  <si>
+    <t>FARMERS DAUGHTER</t>
+  </si>
+  <si>
+    <t>0116000003U0000</t>
+  </si>
+  <si>
+    <t>OB GAS</t>
+  </si>
+  <si>
+    <t>0116000003W0000</t>
+  </si>
+  <si>
+    <t>ADVENTURE GOLF</t>
+  </si>
+  <si>
+    <t>012300000440000</t>
+  </si>
+  <si>
+    <t>CAST STONE STUDIO</t>
+  </si>
+  <si>
+    <t>012300000450000</t>
+  </si>
+  <si>
+    <t>COUNTY SENIOR CENTER</t>
+  </si>
+  <si>
+    <t>012300000740000</t>
+  </si>
+  <si>
+    <t>NORTH RIVER SALES</t>
+  </si>
+  <si>
+    <t>012300000940000</t>
+  </si>
+  <si>
+    <t>PLEASENT BRANCH BAPTIST</t>
+  </si>
+  <si>
+    <t>0123000026A0000</t>
+  </si>
+  <si>
+    <t>0123000052A0000</t>
+  </si>
+  <si>
+    <t>FURNITURE RESALE</t>
+  </si>
+  <si>
+    <t>0123000052B0000</t>
+  </si>
+  <si>
+    <t>BIG BUCKS RECYCLING</t>
+  </si>
+  <si>
+    <t>0123000065A0000</t>
+  </si>
+  <si>
+    <t>WILD GEESE LANDING TOWN &amp; HOME</t>
+  </si>
+  <si>
+    <t>0123000066B0000</t>
+  </si>
+  <si>
+    <t>VACANT</t>
+  </si>
+  <si>
+    <t>0123000092C0000</t>
+  </si>
+  <si>
+    <t>TRUCK TERMINAL</t>
+  </si>
+  <si>
+    <t>MULTI TENENT</t>
+  </si>
+  <si>
+    <t>0123000110CA000</t>
+  </si>
+  <si>
+    <t>TRANSMITTER BLDG</t>
+  </si>
+  <si>
+    <t>0124000001B0000</t>
+  </si>
+  <si>
+    <t>4H RURAL CENTER</t>
+  </si>
+  <si>
+    <t>012400000300000</t>
+  </si>
+  <si>
+    <t>POWELLS BAPTIST CHURCH</t>
+  </si>
+  <si>
+    <t>012400000580000</t>
+  </si>
+  <si>
+    <t>LOS ANTOJITOS</t>
+  </si>
+  <si>
+    <t>012400000610000</t>
+  </si>
+  <si>
+    <t>TRI H MOLDING &amp; CO</t>
+  </si>
+  <si>
+    <t>012400000660000</t>
+  </si>
+  <si>
+    <t>012400000830000</t>
+  </si>
+  <si>
+    <t>POINTE GOLF COURSE</t>
+  </si>
+  <si>
+    <t>012400001110000</t>
+  </si>
+  <si>
+    <t>NORRIS MECHANICAL</t>
+  </si>
+  <si>
+    <t>012400001230000</t>
+  </si>
+  <si>
+    <t>FLOOR MAX</t>
+  </si>
+  <si>
+    <t>012400001280000</t>
+  </si>
+  <si>
+    <t>PINEY GROVE CHURCH</t>
+  </si>
+  <si>
+    <t>0124000056A0000</t>
+  </si>
+  <si>
+    <t>LOWER CURRITUCK FIRE &amp;  RESCUE</t>
+  </si>
+  <si>
+    <t>0124000057L0000</t>
+  </si>
+  <si>
+    <t>0124000068B0000</t>
+  </si>
+  <si>
+    <t>DIRTY HABIT OFFROAD</t>
+  </si>
+  <si>
+    <t>0124000068G0000</t>
+  </si>
+  <si>
+    <t>AMPLE STORAGE - BLDG D</t>
+  </si>
+  <si>
+    <t>AMPLE STORAGE - BLDG H</t>
+  </si>
+  <si>
+    <t>AMPLE STORAGE - BLDG C</t>
+  </si>
+  <si>
+    <t>AMPLE STORAGE - BLDG B</t>
+  </si>
+  <si>
+    <t>AMPLE STORAGE - BLDG L</t>
+  </si>
+  <si>
+    <t>AMPLE STORAGE - BLDG G</t>
+  </si>
+  <si>
+    <t>AMPLE STORAGE - BLDG O</t>
+  </si>
+  <si>
+    <t>AMPLE STORAGE - BLDG I</t>
+  </si>
+  <si>
+    <t>AMPLE STORAGE - BLDG F</t>
+  </si>
+  <si>
+    <t>AMPLE STORAGE - BLDG K</t>
+  </si>
+  <si>
+    <t>AMPLE STORAGE - BLDG N</t>
+  </si>
+  <si>
+    <t>AMPLE STORAGE - BLDG M</t>
+  </si>
+  <si>
+    <t>AMPLE STORAGE - BLDG A</t>
+  </si>
+  <si>
+    <t>BLDG K</t>
+  </si>
+  <si>
+    <t>0124000068I0000</t>
+  </si>
+  <si>
+    <t>LSI MARINE CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>0124000095D0000</t>
+  </si>
+  <si>
+    <t>PICTURE THIS</t>
+  </si>
+  <si>
+    <t>0124000095E0000</t>
+  </si>
+  <si>
+    <t>0124000095K0000</t>
+  </si>
+  <si>
+    <t>ELAN VACTIONS</t>
+  </si>
+  <si>
+    <t>0124000129A0000</t>
+  </si>
+  <si>
+    <t>ATLANTIC SEWAGE CONTROL</t>
+  </si>
+  <si>
+    <t>0124000129B0000</t>
+  </si>
+  <si>
+    <t>0124000137L0000</t>
+  </si>
+  <si>
+    <t>H20BX WATERPARK ADMIN</t>
+  </si>
+  <si>
+    <t>OUTERBANKS EATS</t>
+  </si>
+  <si>
+    <t>HEAVENLY HOGS</t>
+  </si>
+  <si>
+    <t>DUNE DEVIL DESSERT</t>
+  </si>
+  <si>
+    <t>FOOD STAND</t>
+  </si>
+  <si>
+    <t>FLY BOYS</t>
+  </si>
+  <si>
+    <t>WRIGHT STUFF &amp; CANDY SHOP</t>
+  </si>
+  <si>
+    <t>GUEST SERVICES-TICKET SALES</t>
+  </si>
+  <si>
+    <t>FILTER BLDG - NEAR ADMIN BLDG</t>
+  </si>
+  <si>
+    <t>WAVE POOL PUMP HOUSE</t>
+  </si>
+  <si>
+    <t>0124000139D0000</t>
+  </si>
+  <si>
+    <t>STATE GARAGE</t>
+  </si>
+  <si>
+    <t>0124000139J0000</t>
+  </si>
+  <si>
+    <t>GRIGGS COMMERCE CNTR</t>
+  </si>
+  <si>
+    <t>012400057BA0000</t>
+  </si>
+  <si>
+    <t>KICMAR LIC HEALTH &amp; RACQUET</t>
+  </si>
+  <si>
+    <t>012600000010000</t>
+  </si>
+  <si>
+    <t>CURRITUCK CLUB</t>
+  </si>
+  <si>
+    <t>012600000020000</t>
+  </si>
+  <si>
+    <t>0126000003A0000</t>
+  </si>
+  <si>
+    <t>STRIP CENTER</t>
+  </si>
+  <si>
+    <t>HARRIS TEETER</t>
+  </si>
+  <si>
+    <t>0126000003D0000</t>
+  </si>
+  <si>
+    <t>WINGS &amp; OFFICES</t>
+  </si>
+  <si>
+    <t>0127000001G0000</t>
+  </si>
+  <si>
+    <t>SHOP BLDG FOR CURRITUCK CLUB</t>
+  </si>
+  <si>
+    <t>0127000001H0000</t>
+  </si>
+  <si>
+    <t>SEWAGE TREATMENT PLANT</t>
+  </si>
+  <si>
+    <t>0127000001K0000</t>
+  </si>
+  <si>
+    <t>ABC &amp; VISITORS CENTER</t>
+  </si>
+  <si>
+    <t>0127000001Q0000</t>
+  </si>
+  <si>
+    <t>VILLAGE REALTY</t>
+  </si>
+  <si>
+    <t>0127000001S0000</t>
+  </si>
+  <si>
+    <t>OFFICE BLDG, MULTI TENANT</t>
+  </si>
+  <si>
+    <t>0127000003N0000</t>
+  </si>
+  <si>
+    <t>012700001JA0000</t>
+  </si>
+  <si>
+    <t>RETAIL CONDOMINIUM</t>
+  </si>
+  <si>
+    <t>SOUTHERN INSURANCE</t>
+  </si>
+  <si>
+    <t>012700001JB0000</t>
+  </si>
+  <si>
+    <t>OFFICE CONDO</t>
+  </si>
+  <si>
+    <t>012700001JC0000</t>
+  </si>
+  <si>
+    <t>PARAMOUNT</t>
+  </si>
+  <si>
+    <t>012700001JD0000</t>
+  </si>
+  <si>
+    <t>JUST FOR THE BEACH</t>
+  </si>
+  <si>
+    <t>0128000002A0000</t>
+  </si>
+  <si>
+    <t>AUDUBON SOCIETY</t>
+  </si>
+  <si>
+    <t>0128000002G0000</t>
+  </si>
+  <si>
+    <t>HAMPTON INN</t>
+  </si>
+  <si>
+    <t>0128000002K0000</t>
+  </si>
+  <si>
+    <t>RACQUET CLUB INDOOR</t>
+  </si>
+  <si>
+    <t>PINE ISLAND RACQUET CLUB</t>
+  </si>
+  <si>
+    <t>013100000380000</t>
+  </si>
+  <si>
+    <t>POWELLS POINT CHRISTIAN CHURCH</t>
+  </si>
+  <si>
+    <t>013100000880000</t>
+  </si>
+  <si>
+    <t>OUTTER BANKS HARLEY</t>
+  </si>
+  <si>
+    <t>013100000910000</t>
+  </si>
+  <si>
+    <t>XTREME ROOFING &amp; SIDING</t>
+  </si>
+  <si>
+    <t>013100001030000</t>
+  </si>
+  <si>
+    <t>OBX VACATION STATION</t>
+  </si>
+  <si>
+    <t>013100001060000</t>
+  </si>
+  <si>
+    <t>0131000092G0000</t>
+  </si>
+  <si>
+    <t>AREA STORAGE</t>
+  </si>
+  <si>
+    <t>0131000095A0000</t>
+  </si>
+  <si>
+    <t>0131000095C0000</t>
+  </si>
+  <si>
+    <t>UN-NAMED WHSE</t>
+  </si>
+  <si>
+    <t>0131000095L0000</t>
+  </si>
+  <si>
+    <t>SEA THRU CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>0131000095M0000</t>
+  </si>
+  <si>
+    <t>GREY BLDG-NO NAME</t>
+  </si>
+  <si>
+    <t>0131000097A0000</t>
+  </si>
+  <si>
+    <t>0131000111A0000</t>
+  </si>
+  <si>
+    <t>CAROLINA DESIGNS</t>
+  </si>
+  <si>
+    <t>0131000111B0000</t>
+  </si>
+  <si>
+    <t>013200000080000</t>
+  </si>
+  <si>
+    <t>US FIBERGLASS PRODUCTS</t>
+  </si>
+  <si>
+    <t>013200000100000</t>
+  </si>
+  <si>
+    <t>013200000290000</t>
+  </si>
+  <si>
+    <t>THE HERBINGER CENTER</t>
+  </si>
+  <si>
+    <t>013200000350000</t>
+  </si>
+  <si>
+    <t>HARBINGER STORAGE</t>
+  </si>
+  <si>
+    <t>0132000003F0000</t>
+  </si>
+  <si>
+    <t>013200000420000</t>
+  </si>
+  <si>
+    <t>R LAWSON CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>0132000004B0000</t>
+  </si>
+  <si>
+    <t>POTS ON</t>
+  </si>
+  <si>
+    <t>013200000960000</t>
+  </si>
+  <si>
+    <t>NO NAME BROWN 1SF</t>
+  </si>
+  <si>
+    <t>013200001110000</t>
+  </si>
+  <si>
+    <t>LAFFIN GRILLE</t>
+  </si>
+  <si>
+    <t>013200001160000</t>
+  </si>
+  <si>
+    <t>BIG CITY WINE</t>
+  </si>
+  <si>
+    <t>013200001170000</t>
+  </si>
+  <si>
+    <t>POST OFFICE/THRIFT STORE</t>
+  </si>
+  <si>
+    <t>0132000011A0000</t>
+  </si>
+  <si>
+    <t>0132000011B0000</t>
+  </si>
+  <si>
+    <t>HARDY MOVING</t>
+  </si>
+  <si>
+    <t>013200001340000</t>
+  </si>
+  <si>
+    <t>013200001350000</t>
+  </si>
+  <si>
+    <t>CULLIGAN</t>
+  </si>
+  <si>
+    <t>013200001360000</t>
+  </si>
+  <si>
+    <t>CAROLINA CASUAL</t>
+  </si>
+  <si>
+    <t>013200001370000</t>
+  </si>
+  <si>
+    <t>OBCTS</t>
+  </si>
+  <si>
+    <t>013200001380000</t>
+  </si>
+  <si>
+    <t>013200001390000</t>
+  </si>
+  <si>
+    <t>SURF CAFE</t>
+  </si>
+  <si>
+    <t>013200001430000</t>
+  </si>
+  <si>
+    <t>SCHOONER SQUARE</t>
+  </si>
+  <si>
+    <t>MIDGETTE AUTO</t>
+  </si>
+  <si>
+    <t>013200001620000</t>
+  </si>
+  <si>
+    <t>0132000017A0000</t>
+  </si>
+  <si>
+    <t>HOLLY RIDGE GOLF COURSE</t>
+  </si>
+  <si>
+    <t>0132000017B0000</t>
+  </si>
+  <si>
+    <t>0132000019A0000</t>
+  </si>
+  <si>
+    <t>0132000019B0000</t>
+  </si>
+  <si>
+    <t>CAHOONS HARDWARE</t>
+  </si>
+  <si>
+    <t>0132000019F0000</t>
+  </si>
+  <si>
+    <t>BUFFALO CITY DISTILLERY</t>
+  </si>
+  <si>
+    <t>0132000019G0000</t>
+  </si>
+  <si>
+    <t>POOL BUILDERS SUPPLY</t>
+  </si>
+  <si>
+    <t>0132000019H0000</t>
+  </si>
+  <si>
+    <t>KITCHEN &amp; BATH WORKS</t>
+  </si>
+  <si>
+    <t>0132000019I0000</t>
+  </si>
+  <si>
+    <t>FERGUSON</t>
+  </si>
+  <si>
+    <t>0132000019J0000</t>
+  </si>
+  <si>
+    <t>STRIP WHSE MULTIPLE TENANTS</t>
+  </si>
+  <si>
+    <t>0132000019K0000</t>
+  </si>
+  <si>
+    <t>STRIP WHSE CENTER</t>
+  </si>
+  <si>
+    <t>0132000019P0000</t>
+  </si>
+  <si>
+    <t>0132000032B0000</t>
+  </si>
+  <si>
+    <t>ALBEMARLE MENTAL HEALTH CENTER</t>
+  </si>
+  <si>
+    <t>0132000032C0000</t>
+  </si>
+  <si>
+    <t>VAC BLDGS</t>
+  </si>
+  <si>
+    <t>0132000036C0000</t>
+  </si>
+  <si>
+    <t>0132000037B0000</t>
+  </si>
+  <si>
+    <t>NO 2</t>
+  </si>
+  <si>
+    <t>0132000038B0000</t>
+  </si>
+  <si>
+    <t>GRIGGS LUMBER</t>
+  </si>
+  <si>
+    <t>0132000133A0000</t>
+  </si>
+  <si>
+    <t>HEADLIGHTS</t>
+  </si>
+  <si>
+    <t>0132000133B0000</t>
+  </si>
+  <si>
+    <t>ANNS CRAFTS</t>
+  </si>
+  <si>
+    <t>UNITED CONTRACTOR</t>
+  </si>
+  <si>
+    <t>0132000160A0000</t>
+  </si>
+  <si>
+    <t>POWER TRANSFER STATION</t>
+  </si>
+  <si>
+    <t>0132000160F0000</t>
+  </si>
+  <si>
+    <t>GOOD SHEPARD FELLOWSHIP</t>
+  </si>
+  <si>
+    <t>014B00000080000</t>
+  </si>
+  <si>
+    <t>BAPTIST CHURCH</t>
+  </si>
+  <si>
+    <t>014B00000130000</t>
+  </si>
+  <si>
+    <t>E.L. MILLER &amp; SON'S INC</t>
+  </si>
+  <si>
+    <t>014B00000190000</t>
+  </si>
+  <si>
+    <t>014B00000200000</t>
+  </si>
+  <si>
+    <t>014B000002A0000</t>
+  </si>
+  <si>
+    <t>CURRITUCK HOMES INC</t>
+  </si>
+  <si>
+    <t>014B00000520000</t>
+  </si>
+  <si>
+    <t>WENDYS</t>
+  </si>
+  <si>
+    <t>014B00000570000</t>
+  </si>
+  <si>
+    <t>014B00000690000</t>
+  </si>
+  <si>
+    <t>THRIFT SHOP</t>
+  </si>
+  <si>
+    <t>014B00000710000</t>
+  </si>
+  <si>
+    <t>H &amp; R BLOCK</t>
+  </si>
+  <si>
+    <t>014B00000930000</t>
+  </si>
+  <si>
+    <t>014B000013A0000</t>
+  </si>
+  <si>
+    <t>DREAM RESTORTIONS</t>
+  </si>
+  <si>
+    <t>014B000051A0000</t>
+  </si>
+  <si>
+    <t>ABNB CREDIT UNION</t>
+  </si>
+  <si>
+    <t>DOMINO'S PIZZA</t>
+  </si>
+  <si>
+    <t>014B000052A0000</t>
+  </si>
+  <si>
+    <t>CATAL FAMO - CPA OFC</t>
+  </si>
+  <si>
+    <t>014B000058B0000</t>
+  </si>
+  <si>
+    <t>EAST CAROLINA TRUCK</t>
+  </si>
+  <si>
+    <t>014G00000010000</t>
+  </si>
+  <si>
+    <t>OFFICE CONDOMINIUM</t>
+  </si>
+  <si>
+    <t>COSTAL REHAB</t>
+  </si>
+  <si>
+    <t>014G00000020000</t>
+  </si>
+  <si>
+    <t>TODD'S PHARMACY</t>
+  </si>
+  <si>
+    <t>014G00000030000</t>
+  </si>
+  <si>
+    <t>CURRITUCK INTERNAL MEDICINE</t>
+  </si>
+  <si>
+    <t>014G00000040000</t>
+  </si>
+  <si>
+    <t>014G00000050000</t>
+  </si>
+  <si>
+    <t>W.H. ROMM MD</t>
+  </si>
+  <si>
+    <t>015B00000010000</t>
+  </si>
+  <si>
+    <t>BURGER KING</t>
+  </si>
+  <si>
+    <t>015B00000020000</t>
+  </si>
+  <si>
+    <t>015B00000030000</t>
+  </si>
+  <si>
+    <t>015B00000040000</t>
+  </si>
+  <si>
+    <t>ADVANCE AUTO</t>
+  </si>
+  <si>
+    <t>015B00000050000</t>
+  </si>
+  <si>
+    <t>ATLANTIC FINANCIAL</t>
+  </si>
+  <si>
+    <t>015B00000060000</t>
+  </si>
+  <si>
+    <t>TWIFORD LAW</t>
+  </si>
+  <si>
+    <t>015B00000070000</t>
+  </si>
+  <si>
+    <t>WILLIAM E WOOD</t>
+  </si>
+  <si>
+    <t>015B00000080000</t>
+  </si>
+  <si>
+    <t>GRAHAMS CUSTOM BODY SHOP</t>
+  </si>
+  <si>
+    <t>015B00000090000</t>
+  </si>
+  <si>
+    <t>015B00000110000</t>
+  </si>
+  <si>
+    <t>SHERWIN WILLIAMS</t>
+  </si>
+  <si>
+    <t>015B00000130000</t>
+  </si>
+  <si>
+    <t>RILEY AUTO PARTS</t>
+  </si>
+  <si>
+    <t>015B00000150000</t>
+  </si>
+  <si>
+    <t>PRO WASH</t>
+  </si>
+  <si>
+    <t>023B000006901A2</t>
+  </si>
+  <si>
+    <t>MOYOCK ASSEMBLY OF GOD</t>
+  </si>
+  <si>
+    <t>040B00H001A0003</t>
+  </si>
+  <si>
+    <t>WEDGE WOOD LAKES COMMUNITY CEN</t>
+  </si>
+  <si>
+    <t>050B000OPEN0000</t>
+  </si>
+  <si>
+    <t>RIVERS EDGE MEETING HSE</t>
+  </si>
+  <si>
+    <t>050C00000010000</t>
+  </si>
+  <si>
+    <t>050C00000020000</t>
+  </si>
+  <si>
+    <t>OFFICE BLDG</t>
+  </si>
+  <si>
+    <t>060B00000010000</t>
+  </si>
+  <si>
+    <t>BRINDLEY BEACH LAUNDRY FACILIT</t>
+  </si>
+  <si>
+    <t>070A00000010000</t>
+  </si>
+  <si>
+    <t>BP</t>
+  </si>
+  <si>
+    <t>070A00000090000</t>
+  </si>
+  <si>
+    <t>COINJOCK SQUARE</t>
+  </si>
+  <si>
+    <t>071A00100010000</t>
+  </si>
+  <si>
+    <t>COINJAOCK BAPTIST CHURCH</t>
+  </si>
+  <si>
+    <t>071A00100250000</t>
+  </si>
+  <si>
+    <t>071A0030004000D</t>
+  </si>
+  <si>
+    <t>CRABBIES RESTUARANT</t>
+  </si>
+  <si>
+    <t>071A003004A0000</t>
+  </si>
+  <si>
+    <t>MIDWAY MARINA &amp; MOTEL</t>
+  </si>
+  <si>
+    <t>071A00400010000</t>
+  </si>
+  <si>
+    <t>CENTURY LINK</t>
+  </si>
+  <si>
+    <t>071A00400080000</t>
+  </si>
+  <si>
+    <t>VICKS GROCERY</t>
+  </si>
+  <si>
+    <t>071A00400210000</t>
+  </si>
+  <si>
+    <t>PURITAN CLUB</t>
+  </si>
+  <si>
+    <t>071A00400240000</t>
+  </si>
+  <si>
+    <t>VETERANS PARK</t>
+  </si>
+  <si>
+    <t>071A00500050000</t>
+  </si>
+  <si>
+    <t>WATERWAY APTS</t>
+  </si>
+  <si>
+    <t>094A00000020000</t>
+  </si>
+  <si>
+    <t>GRANDY ASSEMBLY OF GOD</t>
+  </si>
+  <si>
+    <t>094A000001A0000</t>
+  </si>
+  <si>
+    <t>094C00000010000</t>
+  </si>
+  <si>
+    <t>COMPUEAST</t>
+  </si>
+  <si>
+    <t>094C00000020000</t>
+  </si>
+  <si>
+    <t>CKRIS CANINE CUTS</t>
+  </si>
+  <si>
+    <t>094C00000030000</t>
+  </si>
+  <si>
+    <t>AT &amp; T</t>
+  </si>
+  <si>
+    <t>094C00000040000</t>
+  </si>
+  <si>
+    <t>SOND INSURANCE</t>
+  </si>
+  <si>
+    <t>094C00000050000</t>
+  </si>
+  <si>
+    <t>CLASSY CLOSET</t>
+  </si>
+  <si>
+    <t>094C00000060000</t>
+  </si>
+  <si>
+    <t>VAC OFFICE</t>
+  </si>
+  <si>
+    <t>094C00000070000</t>
+  </si>
+  <si>
+    <t>OUTBACK STORAGE</t>
+  </si>
+  <si>
+    <t>094C00000080000</t>
+  </si>
+  <si>
+    <t>UNITED LOOK SALON</t>
+  </si>
+  <si>
+    <t>094C00000090000</t>
+  </si>
+  <si>
+    <t>A BEAD STORE</t>
+  </si>
+  <si>
+    <t>094D00000010000</t>
+  </si>
+  <si>
+    <t>APT &amp; BLDG</t>
+  </si>
+  <si>
+    <t>094D00000020000</t>
+  </si>
+  <si>
+    <t>APT BLDG</t>
+  </si>
+  <si>
+    <t>094D00000030000</t>
+  </si>
+  <si>
+    <t>094D00000040000</t>
+  </si>
+  <si>
+    <t>107B00B00470001</t>
+  </si>
+  <si>
+    <t>WALNUT ISLAND CLUB HOUSE</t>
+  </si>
+  <si>
+    <t>107D00000010000</t>
+  </si>
+  <si>
+    <t>EL POTRILLO</t>
+  </si>
+  <si>
+    <t>107D00000020000</t>
+  </si>
+  <si>
+    <t>107D00000030000</t>
+  </si>
+  <si>
+    <t>SOLON OF CURRITUCK</t>
+  </si>
+  <si>
+    <t>107D00000040000</t>
+  </si>
+  <si>
+    <t>LOWER CURRITUCK FOOD BANK</t>
+  </si>
+  <si>
+    <t>107D00000050000</t>
+  </si>
+  <si>
+    <t>COMMUNITY DENTAL</t>
+  </si>
+  <si>
+    <t>107D00000060000</t>
+  </si>
+  <si>
+    <t>VAC</t>
+  </si>
+  <si>
+    <t>107D00000070000</t>
+  </si>
+  <si>
+    <t>PIZZAZ PIZZA</t>
+  </si>
+  <si>
+    <t>107D00000080000</t>
+  </si>
+  <si>
+    <t>NO 1 CHINESE RESTURENT</t>
+  </si>
+  <si>
+    <t>107D00000090000</t>
+  </si>
+  <si>
+    <t>HAPPY NAILS</t>
+  </si>
+  <si>
+    <t>107D00000100000</t>
+  </si>
+  <si>
+    <t>107D000001A0000</t>
+  </si>
+  <si>
+    <t>DISCOUNT DEPT STORE</t>
+  </si>
+  <si>
+    <t>FAMILY DOLLAR</t>
+  </si>
+  <si>
+    <t>108E000CLUB0000</t>
+  </si>
+  <si>
+    <t>SNACK BAR</t>
+  </si>
+  <si>
+    <t>109A00000020000</t>
+  </si>
+  <si>
+    <t>ERNIE'S AWNING CO.</t>
+  </si>
+  <si>
+    <t>110L00000CA0000</t>
+  </si>
+  <si>
+    <t>114E000056A0000</t>
+  </si>
+  <si>
+    <t>OCEAN HILL</t>
+  </si>
+  <si>
+    <t>114E000POOL0000</t>
+  </si>
+  <si>
+    <t>SHERKYS</t>
+  </si>
+  <si>
+    <t>114G000000A0000</t>
+  </si>
+  <si>
+    <t>LOVIES KITCHEN</t>
+  </si>
+  <si>
+    <t>114G00000B10000</t>
+  </si>
+  <si>
+    <t>PORTRAITS ON THE BEACH</t>
+  </si>
+  <si>
+    <t>114G00000B20000</t>
+  </si>
+  <si>
+    <t>THE JUICE JAR</t>
+  </si>
+  <si>
+    <t>114G00000C10000</t>
+  </si>
+  <si>
+    <t>ISLAND BOOKSTORE</t>
+  </si>
+  <si>
+    <t>114G00000C20000</t>
+  </si>
+  <si>
+    <t>A GREENER SHADE</t>
+  </si>
+  <si>
+    <t>114G00000C30000</t>
   </si>
   <si>
     <t>NO NAME</t>
   </si>
   <si>
-    <t>003300000510000</t>
-[...2845 lines deleted...]
-  <si>
     <t>114H000000A0000</t>
   </si>
   <si>
     <t>114H000000B0000</t>
   </si>
   <si>
     <t>LIGHT HOUSE GARDEN</t>
   </si>
   <si>
     <t>114H000000C0000</t>
   </si>
   <si>
     <t>CORDLA TRADING CO.</t>
   </si>
   <si>
     <t>114J00000010000</t>
   </si>
   <si>
     <t>114J00000020000</t>
   </si>
   <si>
     <t>114J00000030000</t>
   </si>
   <si>
     <t>114J00000040000</t>
@@ -4038,66 +4041,78 @@
   <si>
     <t>123E00000100000</t>
   </si>
   <si>
     <t>123E00000110000</t>
   </si>
   <si>
     <t>123E00000150000</t>
   </si>
   <si>
     <t>HANNON NURSERY</t>
   </si>
   <si>
     <t>123E00000180000</t>
   </si>
   <si>
     <t>123E00000210000</t>
   </si>
   <si>
     <t>POOL GUY</t>
   </si>
   <si>
     <t>123E00000230000</t>
   </si>
   <si>
+    <t>123E00000260000</t>
+  </si>
+  <si>
+    <t>123E00000270000</t>
+  </si>
+  <si>
     <t>123E00000300000</t>
   </si>
   <si>
     <t>TIDEWATER BAKERY</t>
   </si>
   <si>
     <t>123E00000330000</t>
   </si>
   <si>
+    <t>123E00000380000</t>
+  </si>
+  <si>
     <t>123E00000410000</t>
   </si>
   <si>
     <t>123E00000460000</t>
   </si>
   <si>
     <t>123E00000470000</t>
+  </si>
+  <si>
+    <t>123E00000490000</t>
   </si>
   <si>
     <t>123E000014R0000</t>
   </si>
   <si>
     <t>123F00000010000</t>
   </si>
   <si>
     <t>CAR WASH</t>
   </si>
   <si>
     <t>123F00000030000</t>
   </si>
   <si>
     <t>123F00000040000</t>
   </si>
   <si>
     <t>123F00000050000</t>
   </si>
   <si>
     <t>123F000002A0000</t>
   </si>
   <si>
     <t>123G000000A0000</t>
   </si>
@@ -5510,52 +5525,52 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D38475A-F046-49EC-B7DF-8F772B311062}">
-  <dimension ref="A1:N1015"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3ADE1B7-4B26-419A-9AFF-29FC9EE87E83}">
+  <dimension ref="A1:N1022"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -5596,38392 +5611,38662 @@
       <c r="D2">
         <v>1991</v>
       </c>
       <c r="F2">
         <v>388</v>
       </c>
       <c r="G2" t="s">
         <v>16</v>
       </c>
       <c r="H2" t="s">
         <v>17</v>
       </c>
       <c r="I2">
         <v>1200</v>
       </c>
       <c r="K2">
         <v>1</v>
       </c>
       <c r="L2">
         <v>26950</v>
       </c>
       <c r="M2">
         <v>2026</v>
       </c>
       <c r="N2" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B3">
         <v>1</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>1975</v>
       </c>
       <c r="F3">
         <v>373</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
       <c r="I3">
         <v>3200</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="L3">
         <v>53030</v>
       </c>
       <c r="M3">
         <v>2026</v>
       </c>
       <c r="N3" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B4">
         <v>1</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2005</v>
       </c>
       <c r="F4">
         <v>331</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4" t="s">
         <v>23</v>
       </c>
       <c r="I4">
         <v>6300</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="L4">
         <v>417280</v>
       </c>
       <c r="M4">
         <v>2026</v>
       </c>
       <c r="N4" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B5">
         <v>1</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5">
         <v>1983</v>
       </c>
       <c r="F5">
         <v>331</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
         <v>7646</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="L5">
         <v>225410</v>
       </c>
       <c r="M5">
         <v>2026</v>
       </c>
       <c r="N5" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6">
         <v>1</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6">
         <v>1961</v>
       </c>
       <c r="E6">
         <v>2000</v>
       </c>
       <c r="F6">
         <v>373</v>
       </c>
       <c r="G6" t="s">
         <v>19</v>
       </c>
       <c r="H6" t="s">
         <v>27</v>
       </c>
       <c r="I6">
         <v>3321</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6">
         <v>167800</v>
       </c>
       <c r="M6">
         <v>2026</v>
       </c>
       <c r="N6" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B7">
         <v>1</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7">
         <v>1977</v>
       </c>
       <c r="F7">
         <v>398</v>
       </c>
       <c r="G7" t="s">
         <v>29</v>
       </c>
       <c r="H7" t="s">
         <v>30</v>
       </c>
       <c r="I7">
         <v>1920</v>
       </c>
       <c r="K7">
         <v>1</v>
       </c>
       <c r="L7">
         <v>22530</v>
       </c>
       <c r="M7">
         <v>2026</v>
       </c>
       <c r="N7" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B8">
         <v>1</v>
       </c>
       <c r="C8" t="s">
         <v>15</v>
       </c>
       <c r="D8">
         <v>1988</v>
       </c>
       <c r="F8">
         <v>331</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8" t="s">
         <v>32</v>
       </c>
       <c r="I8">
         <v>30330</v>
       </c>
       <c r="K8">
         <v>1</v>
       </c>
       <c r="L8">
         <v>825150</v>
       </c>
       <c r="M8">
         <v>2026</v>
       </c>
       <c r="N8" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B9">
         <v>2</v>
       </c>
       <c r="C9" t="s">
         <v>15</v>
       </c>
       <c r="D9">
         <v>1998</v>
       </c>
       <c r="F9">
         <v>331</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9" t="s">
         <v>33</v>
       </c>
       <c r="I9">
         <v>25305</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="L9">
         <v>792600</v>
       </c>
       <c r="M9">
         <v>2026</v>
       </c>
       <c r="N9" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B10">
         <v>1</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10">
         <v>1998</v>
       </c>
       <c r="F10">
         <v>348</v>
       </c>
       <c r="G10" t="s">
         <v>35</v>
       </c>
       <c r="H10" t="s">
         <v>36</v>
       </c>
       <c r="I10">
         <v>14714</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10">
         <v>899630</v>
       </c>
       <c r="M10">
         <v>2026</v>
       </c>
       <c r="N10" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B11">
         <v>1</v>
       </c>
       <c r="C11" t="s">
         <v>15</v>
       </c>
       <c r="D11">
         <v>1977</v>
       </c>
       <c r="F11">
         <v>348</v>
       </c>
       <c r="G11" t="s">
         <v>35</v>
       </c>
       <c r="H11" t="s">
         <v>38</v>
       </c>
       <c r="I11">
         <v>12716</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11">
         <v>412920</v>
       </c>
       <c r="M11">
         <v>2026</v>
       </c>
       <c r="N11" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B12">
         <v>2</v>
       </c>
       <c r="C12" t="s">
         <v>15</v>
       </c>
       <c r="D12">
         <v>1977</v>
       </c>
       <c r="F12">
         <v>321</v>
       </c>
       <c r="G12" t="s">
         <v>39</v>
       </c>
       <c r="H12" t="s">
         <v>40</v>
       </c>
       <c r="I12">
         <v>4640</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12">
         <v>189650</v>
       </c>
       <c r="M12">
         <v>2026</v>
       </c>
       <c r="N12" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B13">
         <v>3</v>
       </c>
       <c r="C13" t="s">
         <v>15</v>
       </c>
       <c r="D13">
         <v>1983</v>
       </c>
       <c r="F13">
         <v>398</v>
       </c>
       <c r="G13" t="s">
         <v>29</v>
       </c>
       <c r="H13" t="s">
         <v>41</v>
       </c>
       <c r="I13">
         <v>2048</v>
       </c>
       <c r="K13">
         <v>1</v>
       </c>
       <c r="L13">
         <v>75840</v>
       </c>
       <c r="M13">
         <v>2026</v>
       </c>
       <c r="N13" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B14">
         <v>1</v>
       </c>
       <c r="C14" t="s">
         <v>15</v>
       </c>
       <c r="D14">
         <v>1939</v>
       </c>
       <c r="F14">
         <v>101</v>
       </c>
       <c r="G14" t="s">
         <v>43</v>
       </c>
       <c r="H14" t="s">
         <v>44</v>
       </c>
       <c r="I14">
         <v>936</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14">
         <v>47120</v>
       </c>
       <c r="M14">
         <v>2026</v>
       </c>
       <c r="N14" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B15">
         <v>2</v>
       </c>
       <c r="C15" t="s">
         <v>15</v>
       </c>
       <c r="D15">
         <v>1961</v>
       </c>
       <c r="F15">
         <v>101</v>
       </c>
       <c r="G15" t="s">
         <v>43</v>
       </c>
       <c r="H15" t="s">
         <v>46</v>
       </c>
       <c r="I15">
         <v>768</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
       <c r="L15">
         <v>66060</v>
       </c>
       <c r="M15">
         <v>2026</v>
       </c>
       <c r="N15" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B16">
         <v>2</v>
       </c>
       <c r="C16" t="s">
         <v>15</v>
       </c>
       <c r="D16">
         <v>1984</v>
       </c>
       <c r="F16">
         <v>101</v>
       </c>
       <c r="G16" t="s">
         <v>43</v>
       </c>
       <c r="H16" t="s">
         <v>48</v>
       </c>
       <c r="I16">
         <v>1476</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="L16">
         <v>85260</v>
       </c>
       <c r="M16">
         <v>2026</v>
       </c>
       <c r="N16" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B17">
         <v>3</v>
       </c>
       <c r="C17" t="s">
         <v>15</v>
       </c>
       <c r="D17">
         <v>1984</v>
       </c>
       <c r="F17">
         <v>101</v>
       </c>
       <c r="G17" t="s">
         <v>43</v>
       </c>
       <c r="H17" t="s">
         <v>49</v>
       </c>
       <c r="I17">
         <v>1763</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="L17">
         <v>121730</v>
       </c>
       <c r="M17">
         <v>2026</v>
       </c>
       <c r="N17" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B18">
         <v>1</v>
       </c>
       <c r="C18" t="s">
         <v>15</v>
       </c>
       <c r="D18">
         <v>2005</v>
       </c>
       <c r="F18">
         <v>349</v>
       </c>
       <c r="G18" t="s">
         <v>51</v>
       </c>
       <c r="H18" t="s">
         <v>52</v>
       </c>
       <c r="I18">
         <v>3195</v>
       </c>
       <c r="K18">
         <v>1</v>
       </c>
       <c r="L18">
         <v>312340</v>
       </c>
       <c r="M18">
         <v>2026</v>
       </c>
       <c r="N18" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B19">
         <v>1</v>
       </c>
       <c r="C19" t="s">
         <v>15</v>
       </c>
       <c r="D19">
         <v>1993</v>
       </c>
       <c r="F19">
         <v>399</v>
       </c>
       <c r="G19" t="s">
         <v>54</v>
       </c>
       <c r="H19" t="s">
         <v>55</v>
       </c>
       <c r="I19">
         <v>6896</v>
       </c>
       <c r="K19">
         <v>1</v>
       </c>
       <c r="L19">
         <v>135010</v>
       </c>
       <c r="M19">
         <v>2026</v>
       </c>
       <c r="N19" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B20">
         <v>1</v>
       </c>
       <c r="C20" t="s">
         <v>15</v>
       </c>
       <c r="D20">
         <v>2007</v>
       </c>
       <c r="F20">
         <v>353</v>
       </c>
       <c r="G20" t="s">
         <v>57</v>
       </c>
       <c r="H20" t="s">
         <v>58</v>
       </c>
       <c r="I20">
         <v>4925</v>
       </c>
       <c r="K20">
         <v>1</v>
       </c>
       <c r="L20">
         <v>397710</v>
       </c>
       <c r="M20">
         <v>2026</v>
       </c>
       <c r="N20" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B21">
         <v>1</v>
       </c>
       <c r="C21" t="s">
         <v>15</v>
       </c>
       <c r="D21">
         <v>1986</v>
       </c>
       <c r="F21">
         <v>399</v>
       </c>
       <c r="G21" t="s">
         <v>54</v>
       </c>
       <c r="H21" t="s">
         <v>60</v>
       </c>
       <c r="I21">
         <v>9240</v>
       </c>
       <c r="K21">
         <v>1</v>
       </c>
       <c r="L21">
         <v>106850</v>
       </c>
       <c r="M21">
         <v>2026</v>
       </c>
       <c r="N21" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B22">
         <v>1</v>
       </c>
       <c r="C22" t="s">
         <v>15</v>
       </c>
       <c r="D22">
         <v>2024</v>
       </c>
       <c r="F22">
         <v>374</v>
       </c>
       <c r="G22" t="s">
         <v>62</v>
       </c>
       <c r="H22" t="s">
         <v>63</v>
       </c>
       <c r="I22">
         <v>2482</v>
       </c>
       <c r="J22">
         <v>1</v>
       </c>
       <c r="L22">
         <v>361840</v>
       </c>
       <c r="M22">
         <v>2026</v>
       </c>
       <c r="N22" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B23">
         <v>1</v>
       </c>
       <c r="C23" t="s">
         <v>15</v>
       </c>
       <c r="D23">
         <v>1969</v>
       </c>
       <c r="F23">
         <v>398</v>
       </c>
       <c r="G23" t="s">
         <v>29</v>
       </c>
       <c r="H23" t="s">
         <v>65</v>
       </c>
       <c r="I23">
         <v>6024</v>
       </c>
       <c r="K23">
         <v>1</v>
       </c>
       <c r="L23">
         <v>49330</v>
       </c>
       <c r="M23">
         <v>2026</v>
       </c>
       <c r="N23" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B24">
         <v>2</v>
       </c>
       <c r="C24" t="s">
         <v>15</v>
       </c>
       <c r="D24">
         <v>1852</v>
       </c>
       <c r="F24">
         <v>101</v>
       </c>
       <c r="G24" t="s">
         <v>43</v>
       </c>
       <c r="H24" t="s">
         <v>67</v>
       </c>
       <c r="I24">
         <v>2856</v>
       </c>
       <c r="K24">
         <v>1</v>
       </c>
       <c r="L24">
         <v>92930</v>
       </c>
       <c r="M24">
         <v>2026</v>
       </c>
       <c r="N24" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B25">
         <v>3</v>
       </c>
       <c r="C25" t="s">
         <v>15</v>
       </c>
       <c r="D25">
         <v>1985</v>
       </c>
       <c r="F25">
         <v>102</v>
       </c>
       <c r="G25" t="s">
         <v>68</v>
       </c>
       <c r="H25" t="s">
         <v>69</v>
       </c>
       <c r="I25">
         <v>880</v>
       </c>
       <c r="K25">
         <v>1</v>
       </c>
       <c r="L25">
         <v>23930</v>
       </c>
       <c r="M25">
         <v>2026</v>
       </c>
       <c r="N25" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B26">
         <v>1</v>
       </c>
       <c r="C26" t="s">
         <v>15</v>
       </c>
       <c r="D26">
         <v>1971</v>
       </c>
       <c r="F26">
         <v>362</v>
       </c>
       <c r="G26" t="s">
         <v>71</v>
       </c>
       <c r="H26" t="s">
         <v>72</v>
       </c>
       <c r="I26">
         <v>3978</v>
       </c>
       <c r="K26">
         <v>1</v>
       </c>
       <c r="L26">
         <v>161360</v>
       </c>
       <c r="M26">
         <v>2026</v>
       </c>
       <c r="N26" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="27" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B27">
         <v>1</v>
       </c>
       <c r="C27" t="s">
         <v>15</v>
       </c>
       <c r="D27">
         <v>2000</v>
       </c>
       <c r="F27">
         <v>353</v>
       </c>
       <c r="G27" t="s">
         <v>57</v>
       </c>
       <c r="H27" t="s">
         <v>74</v>
       </c>
       <c r="I27">
         <v>5999</v>
       </c>
       <c r="K27">
         <v>1</v>
       </c>
       <c r="L27">
         <v>396160</v>
       </c>
       <c r="M27">
         <v>2026</v>
       </c>
       <c r="N27" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B28">
         <v>2</v>
       </c>
       <c r="C28" t="s">
         <v>15</v>
       </c>
       <c r="D28">
         <v>2006</v>
       </c>
       <c r="F28">
         <v>399</v>
       </c>
       <c r="G28" t="s">
         <v>54</v>
       </c>
       <c r="H28" t="s">
         <v>75</v>
       </c>
       <c r="I28">
         <v>9000</v>
       </c>
       <c r="K28">
         <v>1</v>
       </c>
       <c r="L28">
         <v>311880</v>
       </c>
       <c r="M28">
         <v>2026</v>
       </c>
       <c r="N28" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B29">
         <v>1</v>
       </c>
       <c r="C29" t="s">
         <v>15</v>
       </c>
       <c r="D29">
         <v>2022</v>
       </c>
       <c r="F29">
         <v>348</v>
       </c>
       <c r="G29" t="s">
         <v>35</v>
       </c>
       <c r="H29" t="s">
         <v>77</v>
       </c>
       <c r="I29">
         <v>4905</v>
       </c>
       <c r="J29">
         <v>1</v>
       </c>
       <c r="L29">
         <v>630580</v>
       </c>
       <c r="M29">
         <v>2026</v>
       </c>
       <c r="N29" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B30">
         <v>1</v>
       </c>
       <c r="C30" t="s">
         <v>15</v>
       </c>
       <c r="D30">
         <v>2010</v>
       </c>
       <c r="F30">
         <v>316</v>
       </c>
       <c r="G30" t="s">
         <v>79</v>
       </c>
       <c r="H30" t="s">
         <v>80</v>
       </c>
       <c r="I30">
         <v>31599</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30">
         <v>9827660</v>
       </c>
       <c r="M30">
         <v>2026</v>
       </c>
       <c r="N30" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B31">
         <v>1</v>
       </c>
       <c r="C31" t="s">
         <v>15</v>
       </c>
       <c r="D31">
         <v>2023</v>
       </c>
       <c r="F31">
         <v>374</v>
       </c>
       <c r="G31" t="s">
         <v>62</v>
       </c>
       <c r="H31" t="s">
         <v>82</v>
       </c>
       <c r="I31">
         <v>6137</v>
       </c>
       <c r="L31">
         <v>615650</v>
       </c>
       <c r="M31">
         <v>2026</v>
       </c>
       <c r="N31" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B32">
         <v>1</v>
       </c>
       <c r="C32" t="s">
         <v>15</v>
       </c>
       <c r="D32">
         <v>1962</v>
       </c>
       <c r="F32">
         <v>373</v>
       </c>
       <c r="G32" t="s">
         <v>19</v>
       </c>
       <c r="H32" t="s">
         <v>84</v>
       </c>
       <c r="I32">
         <v>962</v>
       </c>
       <c r="K32">
         <v>1</v>
       </c>
       <c r="L32">
         <v>23980</v>
       </c>
       <c r="M32">
         <v>2026</v>
       </c>
       <c r="N32" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
         <v>85</v>
       </c>
       <c r="B33">
         <v>1</v>
       </c>
       <c r="C33" t="s">
         <v>15</v>
       </c>
       <c r="D33">
         <v>1985</v>
       </c>
       <c r="F33">
         <v>399</v>
       </c>
       <c r="G33" t="s">
         <v>54</v>
       </c>
       <c r="H33" t="s">
         <v>86</v>
       </c>
       <c r="I33">
         <v>7000</v>
       </c>
       <c r="K33">
         <v>1</v>
       </c>
       <c r="L33">
         <v>66420</v>
       </c>
       <c r="M33">
         <v>2026</v>
       </c>
       <c r="N33" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
         <v>87</v>
       </c>
       <c r="B34">
         <v>1</v>
       </c>
       <c r="C34" t="s">
         <v>15</v>
       </c>
       <c r="D34">
         <v>2012</v>
       </c>
       <c r="F34">
         <v>398</v>
       </c>
       <c r="G34" t="s">
         <v>29</v>
       </c>
       <c r="H34" t="s">
         <v>88</v>
       </c>
       <c r="I34">
         <v>1250</v>
       </c>
       <c r="L34">
         <v>48420</v>
       </c>
       <c r="M34">
         <v>2026</v>
       </c>
       <c r="N34" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B35">
         <v>1</v>
       </c>
       <c r="C35" t="s">
         <v>15</v>
       </c>
       <c r="D35">
         <v>2002</v>
       </c>
       <c r="F35">
         <v>620</v>
       </c>
       <c r="G35" t="s">
         <v>90</v>
       </c>
       <c r="H35" t="s">
         <v>91</v>
       </c>
       <c r="I35">
         <v>10642</v>
       </c>
       <c r="K35">
         <v>1</v>
       </c>
       <c r="L35">
         <v>727390</v>
       </c>
       <c r="M35">
         <v>2026</v>
       </c>
       <c r="N35" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B36">
         <v>2</v>
       </c>
       <c r="C36" t="s">
         <v>15</v>
       </c>
       <c r="D36">
         <v>2002</v>
       </c>
       <c r="F36">
         <v>353</v>
       </c>
       <c r="G36" t="s">
         <v>57</v>
       </c>
       <c r="H36" t="s">
         <v>92</v>
       </c>
       <c r="I36">
         <v>5423</v>
       </c>
       <c r="K36">
         <v>1</v>
       </c>
       <c r="L36">
         <v>344840</v>
       </c>
       <c r="M36">
         <v>2026</v>
       </c>
       <c r="N36" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
         <v>93</v>
       </c>
       <c r="B37">
         <v>1</v>
       </c>
       <c r="C37" t="s">
         <v>15</v>
       </c>
       <c r="D37">
         <v>1989</v>
       </c>
       <c r="F37">
         <v>351</v>
       </c>
       <c r="G37" t="s">
         <v>94</v>
       </c>
       <c r="H37" t="s">
         <v>95</v>
       </c>
       <c r="I37">
         <v>18820</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37">
         <v>1404990</v>
       </c>
       <c r="M37">
         <v>2026</v>
       </c>
       <c r="N37" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B38">
         <v>1</v>
       </c>
       <c r="C38" t="s">
         <v>15</v>
       </c>
       <c r="D38">
         <v>2021</v>
       </c>
       <c r="F38">
         <v>373</v>
       </c>
       <c r="G38" t="s">
         <v>19</v>
       </c>
       <c r="H38" t="s">
         <v>97</v>
       </c>
       <c r="I38">
         <v>19152</v>
       </c>
       <c r="J38">
         <v>1</v>
       </c>
       <c r="K38">
         <v>1</v>
       </c>
       <c r="L38">
         <v>2487480</v>
       </c>
       <c r="M38">
         <v>2026</v>
       </c>
       <c r="N38" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B39">
         <v>1</v>
       </c>
       <c r="C39" t="s">
         <v>15</v>
       </c>
       <c r="D39">
         <v>1906</v>
       </c>
       <c r="F39">
         <v>620</v>
       </c>
       <c r="G39" t="s">
         <v>90</v>
       </c>
       <c r="H39" t="s">
         <v>99</v>
       </c>
       <c r="I39">
         <v>5036</v>
       </c>
       <c r="K39">
         <v>1</v>
       </c>
       <c r="L39">
         <v>229170</v>
       </c>
       <c r="M39">
         <v>2026</v>
       </c>
       <c r="N39" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B40">
         <v>2</v>
       </c>
       <c r="C40" t="s">
         <v>15</v>
       </c>
       <c r="D40">
         <v>1940</v>
       </c>
       <c r="F40">
         <v>211</v>
       </c>
       <c r="G40" t="s">
         <v>101</v>
       </c>
       <c r="H40" t="s">
         <v>102</v>
       </c>
       <c r="I40">
         <v>3555</v>
       </c>
       <c r="K40">
         <v>1</v>
       </c>
       <c r="L40">
         <v>153410</v>
       </c>
       <c r="M40">
         <v>2026</v>
       </c>
       <c r="N40" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A41" s="1" t="s">
         <v>103</v>
       </c>
       <c r="B41">
         <v>1</v>
       </c>
       <c r="C41" t="s">
         <v>15</v>
       </c>
       <c r="D41">
         <v>1915</v>
       </c>
       <c r="F41">
         <v>620</v>
       </c>
       <c r="G41" t="s">
         <v>90</v>
       </c>
       <c r="H41" t="s">
         <v>104</v>
       </c>
       <c r="I41">
         <v>2741</v>
       </c>
       <c r="K41">
         <v>1</v>
       </c>
       <c r="L41">
         <v>121200</v>
       </c>
       <c r="M41">
         <v>2026</v>
       </c>
       <c r="N41" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
         <v>105</v>
       </c>
       <c r="B42">
         <v>1</v>
       </c>
       <c r="C42" t="s">
         <v>15</v>
       </c>
       <c r="D42">
         <v>1940</v>
       </c>
       <c r="F42">
         <v>612</v>
       </c>
       <c r="G42" t="s">
         <v>106</v>
       </c>
       <c r="H42" t="s">
         <v>107</v>
       </c>
       <c r="I42">
         <v>59355</v>
       </c>
       <c r="K42">
         <v>1</v>
       </c>
       <c r="L42">
         <v>4093130</v>
       </c>
       <c r="M42">
         <v>2026</v>
       </c>
       <c r="N42" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A43" s="1" t="s">
         <v>105</v>
       </c>
       <c r="B43">
         <v>2</v>
       </c>
       <c r="C43" t="s">
         <v>15</v>
       </c>
       <c r="D43">
         <v>1985</v>
       </c>
       <c r="F43">
         <v>612</v>
       </c>
       <c r="G43" t="s">
         <v>106</v>
       </c>
       <c r="I43">
         <v>5594</v>
       </c>
       <c r="K43">
         <v>1</v>
       </c>
       <c r="L43">
         <v>388700</v>
       </c>
       <c r="M43">
         <v>2026</v>
       </c>
       <c r="N43" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
         <v>105</v>
       </c>
       <c r="B44">
         <v>3</v>
       </c>
       <c r="C44" t="s">
         <v>15</v>
       </c>
       <c r="D44">
         <v>1985</v>
       </c>
       <c r="F44">
         <v>612</v>
       </c>
       <c r="G44" t="s">
         <v>106</v>
       </c>
       <c r="I44">
         <v>5808</v>
       </c>
       <c r="K44">
         <v>1</v>
       </c>
       <c r="L44">
         <v>369420</v>
       </c>
       <c r="M44">
         <v>2026</v>
       </c>
       <c r="N44" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="45" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A45" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B45">
         <v>1</v>
       </c>
       <c r="C45" t="s">
         <v>15</v>
       </c>
       <c r="D45">
         <v>2005</v>
       </c>
       <c r="F45">
         <v>398</v>
       </c>
       <c r="G45" t="s">
         <v>29</v>
       </c>
       <c r="H45" t="s">
         <v>109</v>
       </c>
       <c r="I45">
         <v>6000</v>
       </c>
       <c r="K45">
         <v>1</v>
       </c>
       <c r="L45">
         <v>134330</v>
       </c>
       <c r="M45">
         <v>2026</v>
       </c>
       <c r="N45" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B46">
         <v>1</v>
       </c>
       <c r="C46" t="s">
         <v>15</v>
       </c>
       <c r="D46">
         <v>1981</v>
       </c>
       <c r="F46">
         <v>398</v>
       </c>
       <c r="G46" t="s">
         <v>29</v>
       </c>
       <c r="H46" t="s">
         <v>111</v>
       </c>
       <c r="I46">
         <v>4520</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="L46">
         <v>47690</v>
       </c>
       <c r="M46">
         <v>2026</v>
       </c>
       <c r="N46" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B47">
         <v>2</v>
       </c>
       <c r="C47" t="s">
         <v>15</v>
       </c>
       <c r="D47">
         <v>1985</v>
       </c>
       <c r="F47">
         <v>398</v>
       </c>
       <c r="G47" t="s">
         <v>29</v>
       </c>
       <c r="H47" t="s">
         <v>112</v>
       </c>
       <c r="I47">
         <v>3747</v>
       </c>
       <c r="K47">
         <v>1</v>
       </c>
       <c r="L47">
         <v>34020</v>
       </c>
       <c r="M47">
         <v>2026</v>
       </c>
       <c r="N47" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
         <v>113</v>
       </c>
       <c r="B48">
         <v>1</v>
       </c>
       <c r="C48" t="s">
         <v>15</v>
       </c>
       <c r="D48">
         <v>1997</v>
       </c>
       <c r="F48">
         <v>396</v>
       </c>
       <c r="G48" t="s">
         <v>114</v>
       </c>
       <c r="H48" t="s">
         <v>115</v>
       </c>
       <c r="I48">
         <v>3200</v>
       </c>
       <c r="K48">
         <v>1</v>
       </c>
       <c r="L48">
         <v>59050</v>
       </c>
       <c r="M48">
         <v>2026</v>
       </c>
       <c r="N48" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="49" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
         <v>113</v>
       </c>
       <c r="B49">
         <v>2</v>
       </c>
       <c r="C49" t="s">
         <v>15</v>
       </c>
       <c r="D49">
         <v>1998</v>
       </c>
       <c r="F49">
         <v>396</v>
       </c>
       <c r="G49" t="s">
         <v>114</v>
       </c>
       <c r="I49">
         <v>4000</v>
       </c>
       <c r="K49">
         <v>1</v>
       </c>
       <c r="L49">
         <v>74550</v>
       </c>
       <c r="M49">
         <v>2026</v>
       </c>
       <c r="N49" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="50" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
         <v>113</v>
       </c>
       <c r="B50">
         <v>3</v>
       </c>
       <c r="C50" t="s">
         <v>15</v>
       </c>
       <c r="D50">
         <v>2001</v>
       </c>
       <c r="F50">
         <v>396</v>
       </c>
       <c r="G50" t="s">
         <v>114</v>
       </c>
       <c r="I50">
         <v>7600</v>
       </c>
       <c r="K50">
         <v>2</v>
       </c>
       <c r="L50">
         <v>149740</v>
       </c>
       <c r="M50">
         <v>2026</v>
       </c>
       <c r="N50" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="51" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A51" s="1" t="s">
         <v>113</v>
       </c>
       <c r="B51">
         <v>4</v>
       </c>
       <c r="C51" t="s">
         <v>15</v>
       </c>
       <c r="D51">
         <v>2003</v>
       </c>
       <c r="F51">
         <v>396</v>
       </c>
       <c r="G51" t="s">
         <v>114</v>
       </c>
       <c r="I51">
         <v>8000</v>
       </c>
       <c r="K51">
         <v>2</v>
       </c>
       <c r="L51">
         <v>161700</v>
       </c>
       <c r="M51">
         <v>2026</v>
       </c>
       <c r="N51" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
         <v>113</v>
       </c>
       <c r="B52">
         <v>5</v>
       </c>
       <c r="C52" t="s">
         <v>15</v>
       </c>
       <c r="D52">
         <v>2002</v>
       </c>
       <c r="F52">
         <v>396</v>
       </c>
       <c r="G52" t="s">
         <v>114</v>
       </c>
       <c r="I52">
         <v>7200</v>
       </c>
       <c r="K52">
         <v>2</v>
       </c>
       <c r="L52">
         <v>143920</v>
       </c>
       <c r="M52">
         <v>2026</v>
       </c>
       <c r="N52" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="53" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A53" s="1" t="s">
         <v>116</v>
       </c>
       <c r="B53">
         <v>1</v>
       </c>
       <c r="C53" t="s">
         <v>15</v>
       </c>
       <c r="D53">
         <v>2005</v>
       </c>
       <c r="F53">
         <v>396</v>
       </c>
       <c r="G53" t="s">
         <v>114</v>
       </c>
       <c r="H53" t="s">
         <v>115</v>
       </c>
       <c r="I53">
         <v>4300</v>
       </c>
       <c r="K53">
         <v>1</v>
       </c>
       <c r="L53">
         <v>90160</v>
       </c>
       <c r="M53">
         <v>2026</v>
       </c>
       <c r="N53" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="54" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A54" s="1" t="s">
         <v>116</v>
       </c>
       <c r="B54">
         <v>2</v>
       </c>
       <c r="C54" t="s">
         <v>15</v>
       </c>
       <c r="D54">
         <v>2005</v>
       </c>
       <c r="F54">
         <v>396</v>
       </c>
       <c r="G54" t="s">
         <v>114</v>
       </c>
       <c r="I54">
         <v>6100</v>
       </c>
       <c r="K54">
         <v>1</v>
       </c>
       <c r="L54">
         <v>127320</v>
       </c>
       <c r="M54">
         <v>2026</v>
       </c>
       <c r="N54" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="55" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A55" s="1" t="s">
         <v>117</v>
       </c>
       <c r="B55">
         <v>1</v>
       </c>
       <c r="C55" t="s">
         <v>15</v>
       </c>
       <c r="D55">
         <v>1980</v>
       </c>
       <c r="F55">
         <v>101</v>
       </c>
       <c r="G55" t="s">
         <v>43</v>
       </c>
       <c r="H55" t="s">
         <v>118</v>
       </c>
       <c r="I55">
         <v>1824</v>
       </c>
       <c r="K55">
         <v>1</v>
       </c>
       <c r="L55">
         <v>49450</v>
       </c>
       <c r="M55">
         <v>2026</v>
       </c>
       <c r="N55" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="56" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
         <v>119</v>
       </c>
       <c r="B56">
         <v>1</v>
       </c>
       <c r="C56" t="s">
         <v>15</v>
       </c>
       <c r="D56">
         <v>1986</v>
       </c>
+      <c r="E56">
+        <v>1993</v>
+      </c>
       <c r="F56">
         <v>353</v>
       </c>
       <c r="G56" t="s">
         <v>57</v>
       </c>
       <c r="H56" t="s">
         <v>120</v>
       </c>
       <c r="I56">
         <v>3024</v>
       </c>
       <c r="K56">
         <v>2</v>
       </c>
       <c r="L56">
-        <v>141080</v>
+        <v>165980</v>
       </c>
       <c r="M56">
         <v>2026</v>
       </c>
       <c r="N56" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A57" s="1" t="s">
         <v>121</v>
       </c>
       <c r="B57">
         <v>1</v>
       </c>
       <c r="C57" t="s">
         <v>15</v>
       </c>
       <c r="D57">
         <v>1969</v>
       </c>
+      <c r="E57">
+        <v>1990</v>
+      </c>
       <c r="F57">
-        <v>332</v>
+        <v>373</v>
       </c>
       <c r="G57" t="s">
+        <v>19</v>
+      </c>
+      <c r="H57" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="I57">
         <v>3072</v>
       </c>
       <c r="K57">
         <v>1</v>
       </c>
       <c r="L57">
-        <v>60260</v>
+        <v>76920</v>
       </c>
       <c r="M57">
         <v>2026</v>
       </c>
       <c r="N57" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B58">
         <v>1</v>
       </c>
       <c r="C58" t="s">
         <v>15</v>
       </c>
       <c r="D58">
         <v>2006</v>
       </c>
       <c r="F58">
         <v>398</v>
       </c>
       <c r="G58" t="s">
         <v>29</v>
       </c>
       <c r="H58" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I58">
         <v>3425</v>
       </c>
       <c r="K58">
         <v>1</v>
       </c>
       <c r="L58">
         <v>99940</v>
       </c>
       <c r="M58">
         <v>2026</v>
       </c>
       <c r="N58" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="59" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A59" s="1" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B59">
         <v>1</v>
       </c>
       <c r="C59" t="s">
         <v>15</v>
       </c>
       <c r="D59">
         <v>2023</v>
       </c>
       <c r="F59">
         <v>321</v>
       </c>
       <c r="G59" t="s">
         <v>39</v>
       </c>
       <c r="H59" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="I59">
         <v>3882</v>
       </c>
       <c r="J59">
         <v>1</v>
       </c>
       <c r="K59">
         <v>1</v>
       </c>
       <c r="L59">
-        <v>631080</v>
+        <v>679930</v>
       </c>
       <c r="M59">
         <v>2026</v>
       </c>
       <c r="N59" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="60" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A60" s="1" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B60">
         <v>2</v>
       </c>
       <c r="C60" t="s">
         <v>15</v>
       </c>
       <c r="D60">
         <v>1985</v>
       </c>
       <c r="E60">
         <v>2016</v>
       </c>
       <c r="F60">
         <v>321</v>
       </c>
       <c r="G60" t="s">
         <v>39</v>
       </c>
       <c r="H60" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="I60">
         <v>1200</v>
       </c>
       <c r="J60">
         <v>1</v>
       </c>
       <c r="K60">
         <v>1</v>
       </c>
       <c r="L60">
         <v>124390</v>
       </c>
       <c r="M60">
         <v>2026</v>
       </c>
       <c r="N60" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="61" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A61" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B61">
         <v>2</v>
       </c>
       <c r="C61" t="s">
         <v>15</v>
       </c>
       <c r="D61">
         <v>2006</v>
       </c>
       <c r="F61">
         <v>398</v>
       </c>
       <c r="G61" t="s">
         <v>29</v>
       </c>
       <c r="H61" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I61">
         <v>9600</v>
       </c>
       <c r="K61">
         <v>1</v>
       </c>
       <c r="L61">
         <v>283930</v>
       </c>
       <c r="M61">
         <v>2026</v>
       </c>
       <c r="N61" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="62" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B62">
         <v>1</v>
       </c>
       <c r="C62" t="s">
         <v>15</v>
       </c>
       <c r="D62">
         <v>2005</v>
       </c>
       <c r="F62">
         <v>373</v>
       </c>
       <c r="G62" t="s">
         <v>19</v>
       </c>
       <c r="H62" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="I62">
         <v>17015</v>
       </c>
       <c r="K62">
         <v>1</v>
       </c>
       <c r="L62">
         <v>733470</v>
       </c>
       <c r="M62">
         <v>2026</v>
       </c>
       <c r="N62" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="63" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A63" s="1" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B63">
         <v>1</v>
       </c>
       <c r="C63" t="s">
         <v>15</v>
       </c>
       <c r="D63">
         <v>1998</v>
       </c>
       <c r="F63">
         <v>347</v>
       </c>
       <c r="G63" t="s">
+        <v>133</v>
+      </c>
+      <c r="H63" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="I63">
         <v>37903</v>
       </c>
       <c r="K63">
         <v>1</v>
       </c>
       <c r="L63">
         <v>1753710</v>
       </c>
       <c r="M63">
         <v>2026</v>
       </c>
       <c r="N63" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="64" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A64" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B64">
         <v>1</v>
       </c>
       <c r="C64" t="s">
         <v>15</v>
       </c>
       <c r="D64">
         <v>1999</v>
       </c>
       <c r="F64">
         <v>344</v>
       </c>
       <c r="G64" t="s">
+        <v>136</v>
+      </c>
+      <c r="H64" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="I64">
         <v>18000</v>
       </c>
       <c r="K64">
         <v>1</v>
       </c>
       <c r="L64">
         <v>624900</v>
       </c>
       <c r="M64">
         <v>2026</v>
       </c>
       <c r="N64" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="65" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A65" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B65">
         <v>1</v>
       </c>
       <c r="C65" t="s">
         <v>15</v>
       </c>
       <c r="D65">
         <v>2004</v>
       </c>
       <c r="F65">
         <v>351</v>
       </c>
       <c r="G65" t="s">
         <v>94</v>
       </c>
       <c r="H65" t="s">
         <v>94</v>
       </c>
       <c r="I65">
         <v>3780</v>
       </c>
       <c r="K65">
         <v>1</v>
       </c>
       <c r="L65">
         <v>618760</v>
       </c>
       <c r="M65">
         <v>2026</v>
       </c>
       <c r="N65" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="66" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A66" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B66">
         <v>1</v>
       </c>
       <c r="C66" t="s">
         <v>15</v>
       </c>
       <c r="D66">
         <v>2019</v>
       </c>
       <c r="F66">
         <v>373</v>
       </c>
       <c r="G66" t="s">
         <v>19</v>
       </c>
       <c r="H66" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="I66">
         <v>9664</v>
       </c>
       <c r="J66">
         <v>1</v>
       </c>
       <c r="K66">
         <v>1</v>
       </c>
       <c r="L66">
         <v>763310</v>
       </c>
       <c r="M66">
         <v>2026</v>
       </c>
       <c r="N66" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="67" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A67" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B67">
         <v>1</v>
       </c>
       <c r="C67" t="s">
         <v>15</v>
       </c>
       <c r="D67">
         <v>2001</v>
       </c>
       <c r="F67">
         <v>612</v>
       </c>
       <c r="G67" t="s">
         <v>106</v>
       </c>
       <c r="H67" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="I67">
         <v>89104</v>
       </c>
       <c r="K67">
         <v>1</v>
       </c>
       <c r="L67">
         <v>9029530</v>
       </c>
       <c r="M67">
         <v>2026</v>
       </c>
       <c r="N67" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="68" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A68" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B68">
         <v>2</v>
       </c>
       <c r="C68" t="s">
         <v>15</v>
       </c>
       <c r="D68">
         <v>2001</v>
       </c>
       <c r="F68">
         <v>612</v>
       </c>
       <c r="G68" t="s">
         <v>106</v>
       </c>
       <c r="I68">
         <v>1728</v>
       </c>
       <c r="K68">
         <v>2</v>
       </c>
       <c r="L68">
         <v>104700</v>
       </c>
       <c r="M68">
         <v>2026</v>
       </c>
       <c r="N68" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="69" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A69" s="1" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B69">
         <v>1</v>
       </c>
       <c r="C69" t="s">
         <v>15</v>
       </c>
       <c r="D69">
         <v>1998</v>
       </c>
       <c r="F69">
         <v>389</v>
       </c>
       <c r="G69" t="s">
+        <v>144</v>
+      </c>
+      <c r="H69" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="I69">
         <v>6616</v>
       </c>
       <c r="K69">
         <v>1</v>
       </c>
       <c r="L69">
         <v>155170</v>
       </c>
       <c r="M69">
         <v>2026</v>
       </c>
       <c r="N69" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="70" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A70" s="1" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B70">
         <v>2</v>
       </c>
       <c r="C70" t="s">
         <v>15</v>
       </c>
       <c r="D70">
         <v>2014</v>
       </c>
       <c r="E70">
         <v>2015</v>
       </c>
       <c r="F70">
         <v>610</v>
       </c>
       <c r="G70" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="I70">
         <v>2400</v>
       </c>
       <c r="J70">
         <v>1</v>
       </c>
       <c r="K70">
         <v>1</v>
       </c>
       <c r="L70">
         <v>159750</v>
       </c>
       <c r="M70">
         <v>2026</v>
       </c>
       <c r="N70" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="71" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A71" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B71">
         <v>1</v>
       </c>
       <c r="C71" t="s">
         <v>15</v>
       </c>
       <c r="D71">
         <v>1970</v>
       </c>
       <c r="F71">
         <v>620</v>
       </c>
       <c r="G71" t="s">
         <v>90</v>
       </c>
       <c r="H71" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="I71">
         <v>16385</v>
       </c>
       <c r="K71">
         <v>1</v>
       </c>
       <c r="L71">
         <v>631590</v>
       </c>
       <c r="M71">
         <v>2026</v>
       </c>
       <c r="N71" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="72" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A72" s="1" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B72">
         <v>1</v>
       </c>
       <c r="C72" t="s">
         <v>15</v>
       </c>
       <c r="D72">
         <v>2008</v>
       </c>
       <c r="F72">
         <v>611</v>
       </c>
       <c r="G72" t="s">
+        <v>150</v>
+      </c>
+      <c r="H72" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="I72">
         <v>7729</v>
       </c>
       <c r="K72">
         <v>1</v>
       </c>
       <c r="L72">
         <v>812260</v>
       </c>
       <c r="M72">
         <v>2026</v>
       </c>
       <c r="N72" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="73" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A73" s="1" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B73">
         <v>1</v>
       </c>
       <c r="C73" t="s">
         <v>15</v>
       </c>
       <c r="D73">
         <v>2006</v>
       </c>
       <c r="F73">
         <v>353</v>
       </c>
       <c r="G73" t="s">
         <v>57</v>
       </c>
       <c r="H73" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="I73">
         <v>7700</v>
       </c>
       <c r="K73">
         <v>1</v>
       </c>
       <c r="L73">
         <v>591230</v>
       </c>
       <c r="M73">
         <v>2026</v>
       </c>
       <c r="N73" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="74" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A74" s="1" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B74">
         <v>1</v>
       </c>
       <c r="C74" t="s">
         <v>15</v>
       </c>
       <c r="D74">
         <v>1963</v>
       </c>
       <c r="F74">
         <v>620</v>
       </c>
       <c r="G74" t="s">
         <v>90</v>
       </c>
       <c r="H74" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="I74">
         <v>13410</v>
       </c>
       <c r="K74">
         <v>1</v>
       </c>
       <c r="L74">
         <v>598360</v>
       </c>
       <c r="M74">
         <v>2026</v>
       </c>
       <c r="N74" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="75" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A75" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B75">
         <v>1</v>
       </c>
       <c r="C75" t="s">
         <v>15</v>
       </c>
       <c r="D75">
         <v>1975</v>
       </c>
       <c r="F75">
         <v>398</v>
       </c>
       <c r="G75" t="s">
         <v>29</v>
       </c>
       <c r="H75" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="I75">
         <v>4370</v>
       </c>
       <c r="K75">
         <v>1</v>
       </c>
       <c r="L75">
         <v>62050</v>
       </c>
       <c r="M75">
         <v>2026</v>
       </c>
       <c r="N75" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="76" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A76" s="1" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B76">
         <v>1</v>
       </c>
       <c r="C76" t="s">
         <v>15</v>
       </c>
       <c r="D76">
         <v>1992</v>
       </c>
       <c r="F76">
         <v>398</v>
       </c>
       <c r="G76" t="s">
         <v>29</v>
       </c>
       <c r="H76" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="I76">
         <v>2220</v>
       </c>
       <c r="K76">
         <v>1</v>
       </c>
       <c r="L76">
         <v>55220</v>
       </c>
       <c r="M76">
         <v>2026</v>
       </c>
       <c r="N76" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="77" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A77" s="1" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B77">
         <v>1</v>
       </c>
       <c r="C77" t="s">
         <v>15</v>
       </c>
       <c r="D77">
         <v>1992</v>
       </c>
       <c r="F77">
         <v>398</v>
       </c>
       <c r="G77" t="s">
         <v>29</v>
       </c>
       <c r="H77" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="I77">
         <v>8892</v>
       </c>
       <c r="K77">
         <v>1</v>
       </c>
       <c r="L77">
         <v>201570</v>
       </c>
       <c r="M77">
         <v>2026</v>
       </c>
       <c r="N77" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="78" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A78" s="1" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B78">
         <v>2</v>
       </c>
       <c r="C78" t="s">
         <v>15</v>
       </c>
       <c r="D78">
         <v>2010</v>
       </c>
       <c r="F78">
         <v>353</v>
       </c>
       <c r="G78" t="s">
         <v>57</v>
       </c>
       <c r="I78">
         <v>7480</v>
       </c>
       <c r="K78">
         <v>1</v>
       </c>
       <c r="L78">
         <v>575520</v>
       </c>
       <c r="M78">
         <v>2026</v>
       </c>
       <c r="N78" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="79" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A79" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B79">
         <v>1</v>
       </c>
       <c r="C79" t="s">
         <v>15</v>
       </c>
       <c r="D79">
         <v>2021</v>
       </c>
       <c r="F79">
         <v>396</v>
       </c>
       <c r="G79" t="s">
         <v>114</v>
       </c>
       <c r="H79" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="I79">
         <v>47425</v>
       </c>
       <c r="J79">
         <v>1</v>
       </c>
       <c r="K79">
         <v>1</v>
       </c>
       <c r="L79">
         <v>1234470</v>
       </c>
       <c r="M79">
         <v>2026</v>
       </c>
       <c r="N79" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="80" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A80" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B80">
         <v>2</v>
       </c>
       <c r="C80" t="s">
         <v>15</v>
       </c>
       <c r="D80">
         <v>2021</v>
       </c>
       <c r="F80">
         <v>396</v>
       </c>
       <c r="G80" t="s">
         <v>114</v>
       </c>
       <c r="I80">
         <v>11300</v>
       </c>
       <c r="J80">
         <v>1</v>
       </c>
       <c r="K80">
         <v>1</v>
       </c>
       <c r="L80">
         <v>292220</v>
       </c>
       <c r="M80">
         <v>2026</v>
       </c>
       <c r="N80" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="81" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A81" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B81">
         <v>3</v>
       </c>
       <c r="C81" t="s">
         <v>15</v>
       </c>
       <c r="D81">
         <v>2021</v>
       </c>
       <c r="F81">
         <v>396</v>
       </c>
       <c r="G81" t="s">
         <v>114</v>
       </c>
       <c r="I81">
         <v>16550</v>
       </c>
       <c r="J81">
         <v>1</v>
       </c>
       <c r="K81">
         <v>1</v>
       </c>
       <c r="L81">
         <v>352850</v>
       </c>
       <c r="M81">
         <v>2026</v>
       </c>
       <c r="N81" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="82" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A82" s="1" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B82">
         <v>1</v>
       </c>
       <c r="C82" t="s">
         <v>15</v>
       </c>
       <c r="D82">
         <v>2009</v>
       </c>
       <c r="F82">
         <v>353</v>
       </c>
       <c r="G82" t="s">
         <v>57</v>
       </c>
       <c r="H82" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="I82">
         <v>1440</v>
       </c>
       <c r="K82">
         <v>1</v>
       </c>
       <c r="L82">
         <v>79970</v>
       </c>
       <c r="M82">
         <v>2026</v>
       </c>
       <c r="N82" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="83" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A83" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B83">
         <v>1</v>
       </c>
       <c r="C83" t="s">
         <v>15</v>
       </c>
       <c r="D83">
         <v>2014</v>
       </c>
       <c r="F83">
         <v>353</v>
       </c>
       <c r="G83" t="s">
         <v>57</v>
       </c>
       <c r="I83">
         <v>960</v>
       </c>
       <c r="J83">
         <v>1</v>
       </c>
       <c r="K83">
         <v>1</v>
       </c>
       <c r="L83">
         <v>77330</v>
       </c>
       <c r="M83">
         <v>2026</v>
       </c>
       <c r="N83" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="84" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A84" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B84">
         <v>1</v>
       </c>
       <c r="C84" t="s">
         <v>15</v>
       </c>
       <c r="D84">
         <v>2000</v>
       </c>
       <c r="F84">
         <v>398</v>
       </c>
       <c r="G84" t="s">
         <v>29</v>
       </c>
       <c r="H84" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="I84">
         <v>5000</v>
       </c>
       <c r="K84">
         <v>1</v>
       </c>
       <c r="L84">
         <v>158510</v>
       </c>
       <c r="M84">
         <v>2026</v>
       </c>
       <c r="N84" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="85" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A85" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B85">
         <v>1</v>
       </c>
       <c r="C85" t="s">
         <v>15</v>
       </c>
       <c r="D85">
         <v>1950</v>
       </c>
       <c r="F85">
         <v>373</v>
       </c>
       <c r="G85" t="s">
         <v>19</v>
       </c>
       <c r="H85" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="I85">
         <v>1696</v>
       </c>
       <c r="K85">
         <v>1</v>
       </c>
       <c r="L85">
         <v>54780</v>
       </c>
       <c r="M85">
         <v>2026</v>
       </c>
       <c r="N85" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="86" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A86" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B86">
         <v>1</v>
       </c>
       <c r="C86" t="s">
         <v>15</v>
       </c>
       <c r="D86">
         <v>1928</v>
       </c>
       <c r="F86">
         <v>620</v>
       </c>
       <c r="G86" t="s">
         <v>90</v>
       </c>
       <c r="H86" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="I86">
         <v>1998</v>
       </c>
       <c r="K86">
         <v>1</v>
       </c>
       <c r="L86">
         <v>42940</v>
       </c>
       <c r="M86">
         <v>2026</v>
       </c>
       <c r="N86" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="87" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A87" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B87">
         <v>1</v>
       </c>
       <c r="C87" t="s">
         <v>15</v>
       </c>
       <c r="D87">
         <v>1965</v>
       </c>
       <c r="F87">
         <v>332</v>
       </c>
       <c r="G87" t="s">
-        <v>122</v>
+        <v>174</v>
       </c>
       <c r="H87" t="s">
         <v>175</v>
       </c>
       <c r="I87">
         <v>1566</v>
       </c>
       <c r="K87">
         <v>1</v>
       </c>
       <c r="L87">
         <v>60590</v>
       </c>
       <c r="M87">
         <v>2026</v>
       </c>
       <c r="N87" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="88" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A88" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B88">
         <v>1</v>
       </c>
       <c r="C88" t="s">
         <v>15</v>
       </c>
       <c r="D88">
         <v>1950</v>
       </c>
       <c r="F88">
         <v>373</v>
       </c>
       <c r="G88" t="s">
         <v>19</v>
       </c>
       <c r="H88" t="s">
         <v>177</v>
       </c>
       <c r="I88">
         <v>3000</v>
       </c>
       <c r="K88">
         <v>1</v>
       </c>
       <c r="L88">
         <v>107550</v>
       </c>
       <c r="M88">
         <v>2026</v>
       </c>
       <c r="N88" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="89" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A89" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B89">
         <v>1</v>
       </c>
       <c r="C89" t="s">
         <v>15</v>
       </c>
       <c r="D89">
         <v>2002</v>
       </c>
       <c r="F89">
         <v>373</v>
       </c>
       <c r="G89" t="s">
         <v>19</v>
       </c>
       <c r="H89" t="s">
         <v>179</v>
       </c>
       <c r="I89">
         <v>272</v>
       </c>
       <c r="K89">
         <v>1</v>
       </c>
       <c r="L89">
         <v>15930</v>
       </c>
       <c r="M89">
         <v>2026</v>
       </c>
       <c r="N89" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="90" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A90" s="1" t="s">
         <v>180</v>
       </c>
       <c r="B90">
         <v>1</v>
       </c>
       <c r="C90" t="s">
         <v>15</v>
       </c>
       <c r="D90">
         <v>1975</v>
       </c>
       <c r="F90">
         <v>101</v>
       </c>
       <c r="G90" t="s">
         <v>43</v>
       </c>
       <c r="H90" t="s">
         <v>181</v>
       </c>
       <c r="I90">
         <v>476</v>
       </c>
       <c r="K90">
         <v>1</v>
       </c>
       <c r="L90">
         <v>10510</v>
       </c>
       <c r="M90">
         <v>2026</v>
       </c>
       <c r="N90" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="91" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A91" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B91">
         <v>1</v>
       </c>
       <c r="C91" t="s">
         <v>15</v>
       </c>
       <c r="D91">
         <v>1998</v>
       </c>
       <c r="F91">
         <v>101</v>
       </c>
       <c r="G91" t="s">
         <v>43</v>
       </c>
       <c r="H91" t="s">
         <v>183</v>
       </c>
       <c r="I91">
         <v>1120</v>
       </c>
       <c r="K91">
         <v>1</v>
       </c>
       <c r="L91">
         <v>37480</v>
       </c>
       <c r="M91">
         <v>2026</v>
       </c>
       <c r="N91" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="92" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A92" s="1" t="s">
         <v>184</v>
       </c>
       <c r="B92">
         <v>1</v>
       </c>
       <c r="C92" t="s">
         <v>15</v>
       </c>
       <c r="D92">
         <v>2000</v>
       </c>
       <c r="F92">
         <v>373</v>
       </c>
       <c r="G92" t="s">
         <v>19</v>
       </c>
       <c r="H92" t="s">
         <v>185</v>
       </c>
       <c r="I92">
         <v>2352</v>
       </c>
       <c r="K92">
         <v>1</v>
       </c>
       <c r="L92">
         <v>44290</v>
       </c>
       <c r="M92">
         <v>2026</v>
       </c>
       <c r="N92" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="93" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A93" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B93">
         <v>1</v>
       </c>
       <c r="C93" t="s">
         <v>15</v>
       </c>
       <c r="D93">
         <v>1954</v>
       </c>
       <c r="E93">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="F93">
         <v>105</v>
       </c>
       <c r="G93" t="s">
         <v>187</v>
       </c>
       <c r="H93" t="s">
         <v>188</v>
       </c>
       <c r="I93">
         <v>1500</v>
       </c>
       <c r="K93">
         <v>1</v>
       </c>
       <c r="L93">
-        <v>48380</v>
+        <v>50170</v>
       </c>
       <c r="M93">
         <v>2026</v>
       </c>
       <c r="N93" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="94" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A94" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B94">
         <v>2</v>
       </c>
       <c r="C94" t="s">
         <v>15</v>
       </c>
       <c r="D94">
         <v>1954</v>
       </c>
       <c r="E94">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="F94">
         <v>105</v>
       </c>
       <c r="G94" t="s">
         <v>187</v>
       </c>
       <c r="I94">
         <v>1500</v>
       </c>
       <c r="K94">
         <v>1</v>
       </c>
       <c r="L94">
-        <v>39550</v>
+        <v>41530</v>
       </c>
       <c r="M94">
         <v>2026</v>
       </c>
       <c r="N94" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="95" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A95" s="1" t="s">
         <v>189</v>
       </c>
       <c r="B95">
         <v>1</v>
       </c>
       <c r="C95" t="s">
         <v>15</v>
       </c>
       <c r="D95">
         <v>2005</v>
       </c>
       <c r="F95">
         <v>396</v>
       </c>
       <c r="G95" t="s">
         <v>114</v>
       </c>
       <c r="H95" t="s">
         <v>190</v>
       </c>
       <c r="I95">
         <v>8100</v>
       </c>
       <c r="K95">
         <v>1</v>
       </c>
       <c r="L95">
         <v>218250</v>
       </c>
       <c r="M95">
         <v>2026</v>
       </c>
       <c r="N95" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="96" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A96" s="1" t="s">
         <v>189</v>
       </c>
       <c r="B96">
         <v>2</v>
       </c>
       <c r="C96" t="s">
         <v>15</v>
       </c>
       <c r="D96">
         <v>2005</v>
       </c>
       <c r="F96">
         <v>396</v>
       </c>
       <c r="G96" t="s">
         <v>114</v>
       </c>
       <c r="I96">
         <v>7500</v>
       </c>
       <c r="K96">
         <v>1</v>
       </c>
       <c r="L96">
         <v>202140</v>
       </c>
       <c r="M96">
         <v>2026</v>
       </c>
       <c r="N96" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="97" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A97" s="1" t="s">
         <v>191</v>
       </c>
       <c r="B97">
         <v>1</v>
       </c>
       <c r="C97" t="s">
         <v>15</v>
       </c>
       <c r="D97">
         <v>1970</v>
       </c>
       <c r="F97">
         <v>710</v>
       </c>
       <c r="G97" t="s">
         <v>192</v>
       </c>
       <c r="H97" t="s">
         <v>193</v>
       </c>
       <c r="I97">
         <v>1914</v>
       </c>
       <c r="K97">
         <v>1</v>
       </c>
       <c r="L97">
         <v>51810</v>
       </c>
       <c r="M97">
         <v>2026</v>
       </c>
       <c r="N97" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="98" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A98" s="1" t="s">
         <v>194</v>
       </c>
       <c r="B98">
         <v>2</v>
       </c>
       <c r="C98" t="s">
         <v>15</v>
       </c>
       <c r="D98">
         <v>1992</v>
       </c>
       <c r="F98">
         <v>660</v>
       </c>
       <c r="G98" t="s">
         <v>195</v>
       </c>
       <c r="H98" t="s">
         <v>196</v>
       </c>
       <c r="I98">
         <v>10280</v>
       </c>
       <c r="K98">
         <v>1</v>
       </c>
       <c r="L98">
         <v>336910</v>
       </c>
       <c r="M98">
         <v>2026</v>
       </c>
       <c r="N98" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="99" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A99" s="1" t="s">
         <v>197</v>
       </c>
       <c r="B99">
         <v>1</v>
       </c>
       <c r="C99" t="s">
         <v>15</v>
       </c>
       <c r="D99">
         <v>1983</v>
       </c>
       <c r="F99">
         <v>373</v>
       </c>
       <c r="G99" t="s">
         <v>19</v>
       </c>
       <c r="H99" t="s">
         <v>198</v>
       </c>
       <c r="I99">
         <v>2280</v>
       </c>
       <c r="K99">
         <v>1</v>
       </c>
       <c r="L99">
         <v>65380</v>
       </c>
       <c r="M99">
         <v>2026</v>
       </c>
       <c r="N99" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="100" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A100" s="1" t="s">
         <v>199</v>
       </c>
       <c r="B100">
         <v>2</v>
       </c>
       <c r="C100" t="s">
         <v>15</v>
       </c>
       <c r="D100">
         <v>1995</v>
       </c>
       <c r="F100">
         <v>373</v>
       </c>
       <c r="G100" t="s">
         <v>19</v>
       </c>
       <c r="H100" t="s">
         <v>200</v>
       </c>
       <c r="I100">
         <v>2380</v>
       </c>
       <c r="K100">
         <v>1</v>
       </c>
       <c r="L100">
         <v>94630</v>
       </c>
       <c r="M100">
         <v>2026</v>
       </c>
       <c r="N100" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="101" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A101" s="1" t="s">
         <v>201</v>
       </c>
       <c r="B101">
         <v>1</v>
       </c>
       <c r="C101" t="s">
         <v>15</v>
       </c>
       <c r="D101">
         <v>2006</v>
       </c>
       <c r="F101">
         <v>398</v>
       </c>
       <c r="G101" t="s">
         <v>29</v>
       </c>
       <c r="H101" t="s">
         <v>202</v>
       </c>
       <c r="I101">
         <v>2400</v>
       </c>
       <c r="K101">
         <v>1</v>
       </c>
       <c r="L101">
         <v>71500</v>
       </c>
       <c r="M101">
         <v>2026</v>
       </c>
       <c r="N101" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="102" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A102" s="1" t="s">
         <v>201</v>
       </c>
       <c r="B102">
         <v>2</v>
       </c>
       <c r="C102" t="s">
         <v>15</v>
       </c>
       <c r="D102">
         <v>2003</v>
       </c>
       <c r="F102">
         <v>396</v>
       </c>
       <c r="G102" t="s">
         <v>114</v>
       </c>
       <c r="I102">
         <v>5400</v>
       </c>
       <c r="K102">
         <v>1</v>
       </c>
       <c r="L102">
         <v>102250</v>
       </c>
       <c r="M102">
         <v>2026</v>
       </c>
       <c r="N102" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="103" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A103" s="1" t="s">
         <v>201</v>
       </c>
       <c r="B103">
         <v>3</v>
       </c>
       <c r="C103" t="s">
         <v>15</v>
       </c>
       <c r="D103">
         <v>2003</v>
       </c>
       <c r="F103">
         <v>396</v>
       </c>
       <c r="G103" t="s">
         <v>114</v>
       </c>
       <c r="I103">
         <v>3780</v>
       </c>
       <c r="K103">
         <v>1</v>
       </c>
       <c r="L103">
         <v>74480</v>
       </c>
       <c r="M103">
         <v>2026</v>
       </c>
       <c r="N103" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="104" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A104" s="1" t="s">
         <v>203</v>
       </c>
       <c r="B104">
         <v>1</v>
       </c>
       <c r="C104" t="s">
         <v>15</v>
       </c>
       <c r="D104">
         <v>1993</v>
       </c>
       <c r="F104">
         <v>710</v>
       </c>
       <c r="G104" t="s">
         <v>192</v>
       </c>
       <c r="H104" t="s">
         <v>204</v>
       </c>
       <c r="I104">
         <v>336</v>
       </c>
       <c r="K104">
         <v>1</v>
       </c>
       <c r="L104">
         <v>12160</v>
       </c>
       <c r="M104">
         <v>2026</v>
       </c>
       <c r="N104" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="105" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A105" s="1" t="s">
         <v>205</v>
       </c>
       <c r="B105">
         <v>1</v>
       </c>
       <c r="C105" t="s">
         <v>15</v>
       </c>
       <c r="D105">
         <v>1991</v>
       </c>
       <c r="F105">
         <v>710</v>
       </c>
       <c r="G105" t="s">
         <v>192</v>
       </c>
       <c r="H105" t="s">
         <v>206</v>
       </c>
       <c r="I105">
         <v>336</v>
       </c>
       <c r="K105">
         <v>1</v>
       </c>
       <c r="L105">
         <v>14130</v>
       </c>
       <c r="M105">
         <v>2026</v>
       </c>
       <c r="N105" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="106" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A106" s="1" t="s">
         <v>207</v>
       </c>
       <c r="B106">
         <v>1</v>
       </c>
       <c r="C106" t="s">
         <v>15</v>
       </c>
       <c r="D106">
         <v>2008</v>
       </c>
       <c r="F106">
         <v>612</v>
       </c>
       <c r="G106" t="s">
         <v>106</v>
       </c>
       <c r="H106" t="s">
         <v>208</v>
       </c>
       <c r="I106">
         <v>88123</v>
       </c>
       <c r="K106">
         <v>1</v>
       </c>
       <c r="L106">
         <v>8258920</v>
       </c>
       <c r="M106">
         <v>2026</v>
       </c>
       <c r="N106" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="107" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A107" s="1" t="s">
         <v>209</v>
       </c>
       <c r="B107">
         <v>1</v>
       </c>
       <c r="C107" t="s">
         <v>15</v>
       </c>
       <c r="D107">
         <v>1952</v>
       </c>
       <c r="F107">
         <v>367</v>
       </c>
       <c r="G107" t="s">
         <v>210</v>
       </c>
       <c r="H107" t="s">
         <v>211</v>
       </c>
       <c r="I107">
         <v>2260</v>
       </c>
       <c r="K107">
         <v>1</v>
       </c>
       <c r="L107">
         <v>82820</v>
       </c>
       <c r="M107">
         <v>2026</v>
       </c>
       <c r="N107" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="108" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A108" s="1" t="s">
         <v>212</v>
       </c>
       <c r="B108">
         <v>1</v>
       </c>
       <c r="C108" t="s">
         <v>15</v>
       </c>
       <c r="D108">
-        <v>1950</v>
+        <v>1961</v>
       </c>
       <c r="F108">
         <v>373</v>
       </c>
       <c r="G108" t="s">
         <v>19</v>
       </c>
       <c r="H108" t="s">
         <v>213</v>
       </c>
       <c r="I108">
-        <v>832</v>
+        <v>704</v>
       </c>
       <c r="K108">
         <v>1</v>
       </c>
       <c r="L108">
-        <v>10200</v>
+        <v>7860</v>
       </c>
       <c r="M108">
         <v>2026</v>
       </c>
       <c r="N108" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="109" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A109" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B109">
         <v>1</v>
       </c>
       <c r="C109" t="s">
         <v>15</v>
       </c>
       <c r="D109">
-        <v>1961</v>
+        <v>1999</v>
       </c>
       <c r="F109">
         <v>373</v>
       </c>
       <c r="G109" t="s">
         <v>19</v>
       </c>
       <c r="H109" t="s">
         <v>215</v>
       </c>
       <c r="I109">
-        <v>704</v>
+        <v>1568</v>
       </c>
       <c r="K109">
         <v>1</v>
       </c>
       <c r="L109">
-        <v>7860</v>
+        <v>40350</v>
       </c>
       <c r="M109">
         <v>2026</v>
       </c>
       <c r="N109" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="110" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A110" s="1" t="s">
         <v>216</v>
       </c>
       <c r="B110">
         <v>1</v>
       </c>
       <c r="C110" t="s">
         <v>15</v>
       </c>
       <c r="D110">
-        <v>1999</v>
+        <v>1964</v>
       </c>
       <c r="F110">
         <v>373</v>
       </c>
       <c r="G110" t="s">
         <v>19</v>
       </c>
       <c r="H110" t="s">
         <v>217</v>
       </c>
       <c r="I110">
-        <v>1568</v>
-[...1 lines deleted...]
-      <c r="K110">
+        <v>1334</v>
+      </c>
+      <c r="J110">
         <v>1</v>
       </c>
       <c r="L110">
-        <v>40350</v>
+        <v>48950</v>
       </c>
       <c r="M110">
         <v>2026</v>
       </c>
       <c r="N110" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="111" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A111" s="1" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="B111">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C111" t="s">
         <v>15</v>
       </c>
       <c r="D111">
-        <v>1964</v>
+        <v>1984</v>
       </c>
       <c r="F111">
-        <v>373</v>
+        <v>398</v>
       </c>
       <c r="G111" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>29</v>
       </c>
       <c r="I111">
-        <v>1334</v>
-[...1 lines deleted...]
-      <c r="J111">
+        <v>3040</v>
+      </c>
+      <c r="K111">
         <v>1</v>
       </c>
       <c r="L111">
-        <v>48950</v>
+        <v>45410</v>
       </c>
       <c r="M111">
         <v>2026</v>
       </c>
       <c r="N111" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="112" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A112" s="1" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="B112">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C112" t="s">
         <v>15</v>
       </c>
       <c r="D112">
-        <v>1984</v>
+        <v>2013</v>
       </c>
       <c r="F112">
         <v>398</v>
       </c>
       <c r="G112" t="s">
         <v>29</v>
       </c>
       <c r="I112">
-        <v>3040</v>
+        <v>8452</v>
+      </c>
+      <c r="J112">
+        <v>1</v>
       </c>
       <c r="K112">
         <v>1</v>
       </c>
       <c r="L112">
-        <v>45410</v>
+        <v>288860</v>
       </c>
       <c r="M112">
         <v>2026</v>
       </c>
       <c r="N112" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="113" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A113" s="1" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="B113">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C113" t="s">
         <v>15</v>
       </c>
       <c r="D113">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F113">
         <v>398</v>
       </c>
       <c r="G113" t="s">
         <v>29</v>
       </c>
       <c r="I113">
-        <v>8452</v>
+        <v>9760</v>
       </c>
       <c r="J113">
         <v>1</v>
       </c>
       <c r="K113">
         <v>1</v>
       </c>
       <c r="L113">
-        <v>288860</v>
+        <v>258230</v>
       </c>
       <c r="M113">
         <v>2026</v>
       </c>
       <c r="N113" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="114" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A114" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B114">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C114" t="s">
         <v>15</v>
       </c>
       <c r="D114">
-        <v>2023</v>
+        <v>1967</v>
       </c>
       <c r="F114">
-        <v>398</v>
+        <v>620</v>
       </c>
       <c r="G114" t="s">
-        <v>29</v>
+        <v>90</v>
+      </c>
+      <c r="H114" t="s">
+        <v>219</v>
       </c>
       <c r="I114">
-        <v>9760</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4881</v>
       </c>
       <c r="K114">
         <v>1</v>
       </c>
       <c r="L114">
-        <v>258230</v>
+        <v>221080</v>
       </c>
       <c r="M114">
         <v>2026</v>
       </c>
       <c r="N114" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="115" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A115" s="1" t="s">
         <v>220</v>
       </c>
       <c r="B115">
         <v>1</v>
       </c>
       <c r="C115" t="s">
         <v>15</v>
       </c>
       <c r="D115">
-        <v>1967</v>
+        <v>1983</v>
       </c>
       <c r="F115">
         <v>620</v>
       </c>
       <c r="G115" t="s">
         <v>90</v>
       </c>
       <c r="H115" t="s">
         <v>221</v>
       </c>
       <c r="I115">
-        <v>4881</v>
+        <v>26674</v>
       </c>
       <c r="K115">
         <v>1</v>
       </c>
       <c r="L115">
-        <v>221080</v>
+        <v>1496660</v>
       </c>
       <c r="M115">
         <v>2026</v>
       </c>
       <c r="N115" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="116" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A116" s="1" t="s">
         <v>222</v>
       </c>
       <c r="B116">
         <v>1</v>
       </c>
       <c r="C116" t="s">
         <v>15</v>
       </c>
       <c r="D116">
-        <v>1983</v>
+        <v>1961</v>
       </c>
       <c r="F116">
-        <v>620</v>
+        <v>373</v>
       </c>
       <c r="G116" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="H116" t="s">
         <v>223</v>
       </c>
       <c r="I116">
-        <v>26674</v>
+        <v>5572</v>
       </c>
       <c r="K116">
         <v>1</v>
       </c>
       <c r="L116">
-        <v>1496660</v>
+        <v>144210</v>
       </c>
       <c r="M116">
         <v>2026</v>
       </c>
       <c r="N116" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="117" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A117" s="1" t="s">
         <v>224</v>
       </c>
       <c r="B117">
         <v>1</v>
       </c>
       <c r="C117" t="s">
         <v>15</v>
       </c>
       <c r="D117">
-        <v>1961</v>
+        <v>2013</v>
       </c>
       <c r="F117">
-        <v>373</v>
+        <v>398</v>
       </c>
       <c r="G117" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>29</v>
       </c>
       <c r="I117">
-        <v>5572</v>
+        <v>4800</v>
+      </c>
+      <c r="J117">
+        <v>1</v>
       </c>
       <c r="K117">
         <v>1</v>
       </c>
       <c r="L117">
-        <v>144210</v>
+        <v>92150</v>
       </c>
       <c r="M117">
         <v>2026</v>
       </c>
       <c r="N117" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="118" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A118" s="1" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="B118">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C118" t="s">
         <v>15</v>
       </c>
       <c r="D118">
         <v>2013</v>
       </c>
       <c r="F118">
-        <v>398</v>
+        <v>353</v>
       </c>
       <c r="G118" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="I118">
-        <v>4800</v>
+        <v>1000</v>
       </c>
       <c r="J118">
         <v>1</v>
       </c>
       <c r="K118">
         <v>1</v>
       </c>
       <c r="L118">
-        <v>92150</v>
+        <v>78180</v>
       </c>
       <c r="M118">
         <v>2026</v>
       </c>
       <c r="N118" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="119" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A119" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B119">
+        <v>1</v>
+      </c>
+      <c r="C119" t="s">
+        <v>15</v>
+      </c>
+      <c r="D119">
+        <v>1956</v>
+      </c>
+      <c r="F119">
+        <v>398</v>
+      </c>
+      <c r="G119" t="s">
+        <v>29</v>
+      </c>
+      <c r="H119" t="s">
         <v>226</v>
       </c>
-      <c r="B119">
-[...13 lines deleted...]
-      </c>
       <c r="I119">
-        <v>1000</v>
+        <v>5100</v>
       </c>
       <c r="J119">
         <v>1</v>
       </c>
       <c r="K119">
         <v>1</v>
       </c>
       <c r="L119">
-        <v>78180</v>
+        <v>31730</v>
       </c>
       <c r="M119">
         <v>2026</v>
       </c>
       <c r="N119" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="120" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A120" s="1" t="s">
         <v>227</v>
       </c>
       <c r="B120">
         <v>1</v>
       </c>
       <c r="C120" t="s">
         <v>15</v>
       </c>
       <c r="D120">
-        <v>1956</v>
+        <v>1985</v>
       </c>
       <c r="F120">
-        <v>398</v>
+        <v>620</v>
       </c>
       <c r="G120" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="H120" t="s">
         <v>228</v>
       </c>
       <c r="I120">
-        <v>5100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3946</v>
       </c>
       <c r="K120">
         <v>1</v>
       </c>
       <c r="L120">
-        <v>31730</v>
+        <v>181700</v>
       </c>
       <c r="M120">
         <v>2026</v>
       </c>
       <c r="N120" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="121" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A121" s="1" t="s">
         <v>229</v>
       </c>
       <c r="B121">
         <v>1</v>
       </c>
       <c r="C121" t="s">
         <v>15</v>
       </c>
       <c r="D121">
         <v>1985</v>
       </c>
       <c r="F121">
         <v>620</v>
       </c>
       <c r="G121" t="s">
         <v>90</v>
       </c>
       <c r="H121" t="s">
         <v>230</v>
       </c>
       <c r="I121">
-        <v>3946</v>
+        <v>3976</v>
       </c>
       <c r="K121">
         <v>1</v>
       </c>
       <c r="L121">
-        <v>181700</v>
+        <v>212310</v>
       </c>
       <c r="M121">
         <v>2026</v>
       </c>
       <c r="N121" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="122" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A122" s="1" t="s">
         <v>231</v>
       </c>
       <c r="B122">
         <v>1</v>
       </c>
       <c r="C122" t="s">
         <v>15</v>
       </c>
       <c r="D122">
-        <v>1985</v>
+        <v>2001</v>
       </c>
       <c r="F122">
-        <v>620</v>
+        <v>399</v>
       </c>
       <c r="G122" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="H122" t="s">
         <v>232</v>
       </c>
       <c r="I122">
-        <v>3976</v>
+        <v>6400</v>
       </c>
       <c r="K122">
         <v>1</v>
       </c>
       <c r="L122">
-        <v>212310</v>
+        <v>101850</v>
       </c>
       <c r="M122">
         <v>2026</v>
       </c>
       <c r="N122" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="123" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A123" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B123">
+        <v>2</v>
+      </c>
+      <c r="C123" t="s">
+        <v>15</v>
+      </c>
+      <c r="D123">
+        <v>2003</v>
+      </c>
+      <c r="F123">
+        <v>101</v>
+      </c>
+      <c r="G123" t="s">
+        <v>43</v>
+      </c>
+      <c r="H123" t="s">
         <v>233</v>
       </c>
-      <c r="B123">
-[...16 lines deleted...]
-      </c>
       <c r="I123">
-        <v>6400</v>
+        <v>1636</v>
       </c>
       <c r="K123">
         <v>1</v>
       </c>
       <c r="L123">
-        <v>101850</v>
+        <v>114160</v>
       </c>
       <c r="M123">
         <v>2026</v>
       </c>
       <c r="N123" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="124" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A124" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B124">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C124" t="s">
         <v>15</v>
       </c>
       <c r="D124">
-        <v>2003</v>
+        <v>1971</v>
       </c>
       <c r="F124">
-        <v>101</v>
+        <v>367</v>
       </c>
       <c r="G124" t="s">
-        <v>43</v>
+        <v>210</v>
       </c>
       <c r="H124" t="s">
         <v>235</v>
       </c>
       <c r="I124">
-        <v>1636</v>
+        <v>4000</v>
       </c>
       <c r="K124">
         <v>1</v>
       </c>
       <c r="L124">
-        <v>114160</v>
+        <v>193610</v>
       </c>
       <c r="M124">
         <v>2026</v>
       </c>
       <c r="N124" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="125" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A125" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B125">
         <v>1</v>
       </c>
       <c r="C125" t="s">
         <v>15</v>
       </c>
       <c r="D125">
-        <v>1971</v>
+        <v>1970</v>
       </c>
       <c r="F125">
-        <v>367</v>
+        <v>101</v>
       </c>
       <c r="G125" t="s">
-        <v>210</v>
+        <v>43</v>
       </c>
       <c r="H125" t="s">
         <v>237</v>
       </c>
       <c r="I125">
-        <v>4000</v>
+        <v>1232</v>
       </c>
       <c r="K125">
         <v>1</v>
       </c>
       <c r="L125">
-        <v>193610</v>
+        <v>8530</v>
       </c>
       <c r="M125">
         <v>2026</v>
       </c>
       <c r="N125" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="126" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A126" s="1" t="s">
         <v>238</v>
       </c>
       <c r="B126">
         <v>1</v>
       </c>
       <c r="C126" t="s">
         <v>15</v>
       </c>
       <c r="D126">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="F126">
-        <v>101</v>
+        <v>373</v>
       </c>
       <c r="G126" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="H126" t="s">
         <v>239</v>
       </c>
       <c r="I126">
-        <v>1232</v>
+        <v>2464</v>
       </c>
       <c r="K126">
         <v>1</v>
       </c>
       <c r="L126">
-        <v>8530</v>
+        <v>45970</v>
       </c>
       <c r="M126">
         <v>2026</v>
       </c>
       <c r="N126" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="127" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A127" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B127">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C127" t="s">
         <v>15</v>
       </c>
       <c r="D127">
-        <v>1950</v>
+        <v>1988</v>
       </c>
       <c r="F127">
-        <v>373</v>
+        <v>101</v>
       </c>
       <c r="G127" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>43</v>
       </c>
       <c r="I127">
-        <v>2464</v>
+        <v>1352</v>
       </c>
       <c r="K127">
         <v>1</v>
       </c>
       <c r="L127">
-        <v>45970</v>
+        <v>56430</v>
       </c>
       <c r="M127">
         <v>2026</v>
       </c>
       <c r="N127" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="128" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A128" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B128">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C128" t="s">
         <v>15</v>
       </c>
       <c r="D128">
-        <v>1988</v>
+        <v>1960</v>
       </c>
       <c r="F128">
         <v>101</v>
       </c>
       <c r="G128" t="s">
         <v>43</v>
       </c>
       <c r="I128">
-        <v>1352</v>
+        <v>1094</v>
       </c>
       <c r="K128">
         <v>1</v>
       </c>
       <c r="L128">
-        <v>56430</v>
+        <v>50690</v>
       </c>
       <c r="M128">
         <v>2026</v>
       </c>
       <c r="N128" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="129" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A129" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B129">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C129" t="s">
         <v>15</v>
       </c>
       <c r="D129">
-        <v>1960</v>
+        <v>1930</v>
       </c>
       <c r="F129">
-        <v>101</v>
+        <v>620</v>
       </c>
       <c r="G129" t="s">
-        <v>43</v>
+        <v>90</v>
+      </c>
+      <c r="H129" t="s">
+        <v>241</v>
       </c>
       <c r="I129">
-        <v>1094</v>
+        <v>2476</v>
       </c>
       <c r="K129">
         <v>1</v>
       </c>
       <c r="L129">
-        <v>50690</v>
+        <v>99730</v>
       </c>
       <c r="M129">
         <v>2026</v>
       </c>
       <c r="N129" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="130" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A130" s="1" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B130">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C130" t="s">
         <v>15</v>
       </c>
       <c r="D130">
-        <v>1930</v>
+        <v>2010</v>
       </c>
       <c r="F130">
         <v>620</v>
       </c>
       <c r="G130" t="s">
         <v>90</v>
       </c>
-      <c r="H130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I130">
-        <v>2476</v>
+        <v>7250</v>
+      </c>
+      <c r="J130">
+        <v>1</v>
       </c>
       <c r="K130">
         <v>1</v>
       </c>
       <c r="L130">
-        <v>99730</v>
+        <v>455370</v>
       </c>
       <c r="M130">
         <v>2026</v>
       </c>
       <c r="N130" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="131" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A131" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B131">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C131" t="s">
         <v>15</v>
       </c>
       <c r="D131">
-        <v>2010</v>
+        <v>1928</v>
       </c>
       <c r="F131">
-        <v>620</v>
+        <v>353</v>
       </c>
       <c r="G131" t="s">
-        <v>90</v>
+        <v>57</v>
+      </c>
+      <c r="H131" t="s">
+        <v>243</v>
       </c>
       <c r="I131">
-        <v>7250</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2880</v>
       </c>
       <c r="K131">
         <v>1</v>
       </c>
       <c r="L131">
-        <v>455370</v>
+        <v>136860</v>
       </c>
       <c r="M131">
         <v>2026</v>
       </c>
       <c r="N131" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="132" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A132" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B132">
+        <v>2</v>
+      </c>
+      <c r="C132" t="s">
+        <v>15</v>
+      </c>
+      <c r="D132">
+        <v>1961</v>
+      </c>
+      <c r="F132">
+        <v>612</v>
+      </c>
+      <c r="G132" t="s">
+        <v>106</v>
+      </c>
+      <c r="H132" t="s">
         <v>244</v>
       </c>
-      <c r="B132">
-[...16 lines deleted...]
-      </c>
       <c r="I132">
-        <v>2880</v>
+        <v>15662</v>
       </c>
       <c r="K132">
         <v>1</v>
       </c>
       <c r="L132">
-        <v>136860</v>
+        <v>812080</v>
       </c>
       <c r="M132">
         <v>2026</v>
       </c>
       <c r="N132" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="133" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A133" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B133">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C133" t="s">
         <v>15</v>
       </c>
       <c r="D133">
-        <v>1961</v>
+        <v>1968</v>
       </c>
       <c r="F133">
         <v>612</v>
       </c>
       <c r="G133" t="s">
         <v>106</v>
       </c>
       <c r="H133" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="I133">
-        <v>15662</v>
+        <v>4473</v>
       </c>
       <c r="K133">
         <v>1</v>
       </c>
       <c r="L133">
-        <v>812080</v>
+        <v>264640</v>
       </c>
       <c r="M133">
         <v>2026</v>
       </c>
       <c r="N133" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="134" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A134" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B134">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C134" t="s">
         <v>15</v>
       </c>
       <c r="D134">
         <v>1968</v>
       </c>
       <c r="F134">
         <v>612</v>
       </c>
       <c r="G134" t="s">
         <v>106</v>
       </c>
       <c r="H134" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="I134">
-        <v>4473</v>
+        <v>6660</v>
       </c>
       <c r="K134">
         <v>1</v>
       </c>
       <c r="L134">
-        <v>264640</v>
+        <v>378150</v>
       </c>
       <c r="M134">
         <v>2026</v>
       </c>
       <c r="N134" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="135" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A135" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B135">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C135" t="s">
         <v>15</v>
       </c>
       <c r="D135">
-        <v>1968</v>
+        <v>1975</v>
       </c>
       <c r="F135">
         <v>612</v>
       </c>
       <c r="G135" t="s">
         <v>106</v>
       </c>
       <c r="H135" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="I135">
-        <v>6660</v>
+        <v>13492</v>
       </c>
       <c r="K135">
         <v>1</v>
       </c>
       <c r="L135">
-        <v>378150</v>
+        <v>840690</v>
       </c>
       <c r="M135">
         <v>2026</v>
       </c>
       <c r="N135" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="136" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A136" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B136">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C136" t="s">
         <v>15</v>
       </c>
       <c r="D136">
-        <v>1975</v>
+        <v>1961</v>
       </c>
       <c r="F136">
-        <v>612</v>
+        <v>630</v>
       </c>
       <c r="G136" t="s">
-        <v>106</v>
+        <v>247</v>
       </c>
       <c r="H136" t="s">
         <v>248</v>
       </c>
       <c r="I136">
-        <v>13492</v>
+        <v>10568</v>
       </c>
       <c r="K136">
         <v>1</v>
       </c>
       <c r="L136">
-        <v>840690</v>
+        <v>530350</v>
       </c>
       <c r="M136">
         <v>2026</v>
       </c>
       <c r="N136" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="137" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A137" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B137">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C137" t="s">
         <v>15</v>
       </c>
       <c r="D137">
         <v>1961</v>
       </c>
       <c r="F137">
-        <v>630</v>
+        <v>332</v>
       </c>
       <c r="G137" t="s">
+        <v>174</v>
+      </c>
+      <c r="H137" t="s">
         <v>249</v>
       </c>
-      <c r="H137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I137">
-        <v>10568</v>
+        <v>5064</v>
       </c>
       <c r="K137">
         <v>1</v>
       </c>
       <c r="L137">
-        <v>530350</v>
+        <v>114980</v>
       </c>
       <c r="M137">
         <v>2026</v>
       </c>
       <c r="N137" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="138" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A138" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B138">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C138" t="s">
         <v>15</v>
       </c>
       <c r="D138">
         <v>1961</v>
       </c>
       <c r="F138">
-        <v>332</v>
+        <v>353</v>
       </c>
       <c r="G138" t="s">
-        <v>122</v>
+        <v>57</v>
       </c>
       <c r="H138" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="I138">
-        <v>5064</v>
+        <v>1725</v>
       </c>
       <c r="K138">
         <v>1</v>
       </c>
       <c r="L138">
-        <v>114980</v>
+        <v>80150</v>
       </c>
       <c r="M138">
         <v>2026</v>
       </c>
       <c r="N138" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="139" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A139" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B139">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>15</v>
       </c>
       <c r="D139">
-        <v>1961</v>
+        <v>1990</v>
       </c>
       <c r="F139">
-        <v>353</v>
+        <v>321</v>
       </c>
       <c r="G139" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="H139" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="I139">
-        <v>1725</v>
+        <v>1320</v>
       </c>
       <c r="K139">
         <v>1</v>
       </c>
       <c r="L139">
-        <v>80150</v>
+        <v>19020</v>
       </c>
       <c r="M139">
         <v>2026</v>
       </c>
       <c r="N139" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="140" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A140" s="1" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="B140">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="C140" t="s">
         <v>15</v>
       </c>
       <c r="D140">
-        <v>1990</v>
+        <v>1950</v>
       </c>
       <c r="F140">
-        <v>321</v>
+        <v>101</v>
       </c>
       <c r="G140" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H140" t="s">
         <v>253</v>
       </c>
       <c r="I140">
-        <v>1320</v>
+        <v>1136</v>
       </c>
       <c r="K140">
         <v>1</v>
       </c>
       <c r="L140">
-        <v>19020</v>
+        <v>62330</v>
       </c>
       <c r="M140">
         <v>2026</v>
       </c>
       <c r="N140" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="141" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A141" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B141">
+        <v>2</v>
+      </c>
+      <c r="C141" t="s">
+        <v>15</v>
+      </c>
+      <c r="D141">
+        <v>2001</v>
+      </c>
+      <c r="F141">
+        <v>399</v>
+      </c>
+      <c r="G141" t="s">
+        <v>54</v>
+      </c>
+      <c r="H141" t="s">
         <v>254</v>
       </c>
-      <c r="B141">
-[...16 lines deleted...]
-      </c>
       <c r="I141">
-        <v>1136</v>
+        <v>1800</v>
       </c>
       <c r="K141">
         <v>1</v>
       </c>
       <c r="L141">
-        <v>62330</v>
+        <v>45510</v>
       </c>
       <c r="M141">
         <v>2026</v>
       </c>
       <c r="N141" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="142" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A142" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B142">
+        <v>1</v>
+      </c>
+      <c r="C142" t="s">
+        <v>15</v>
+      </c>
+      <c r="D142">
+        <v>1957</v>
+      </c>
+      <c r="F142">
+        <v>333</v>
+      </c>
+      <c r="G142" t="s">
+        <v>256</v>
+      </c>
+      <c r="H142" t="s">
+        <v>257</v>
+      </c>
+      <c r="I142">
+        <v>2400</v>
+      </c>
+      <c r="J142">
         <v>2</v>
       </c>
-      <c r="C142" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K142">
         <v>1</v>
       </c>
       <c r="L142">
-        <v>45510</v>
+        <v>58290</v>
       </c>
       <c r="M142">
         <v>2026</v>
       </c>
       <c r="N142" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="143" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A143" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B143">
         <v>1</v>
       </c>
       <c r="C143" t="s">
         <v>15</v>
       </c>
       <c r="D143">
-        <v>1957</v>
+        <v>1938</v>
+      </c>
+      <c r="E143">
+        <v>2000</v>
       </c>
       <c r="F143">
-        <v>333</v>
+        <v>321</v>
       </c>
       <c r="G143" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>39</v>
       </c>
       <c r="I143">
-        <v>2400</v>
+        <v>1848</v>
       </c>
       <c r="J143">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K143">
         <v>1</v>
       </c>
       <c r="L143">
-        <v>58290</v>
+        <v>150090</v>
       </c>
       <c r="M143">
         <v>2026</v>
       </c>
       <c r="N143" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="144" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A144" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B144">
+        <v>1</v>
+      </c>
+      <c r="C144" t="s">
+        <v>15</v>
+      </c>
+      <c r="D144">
+        <v>1993</v>
+      </c>
+      <c r="F144">
+        <v>353</v>
+      </c>
+      <c r="G144" t="s">
+        <v>57</v>
+      </c>
+      <c r="H144" t="s">
         <v>260</v>
       </c>
-      <c r="B144">
-[...16 lines deleted...]
-      </c>
       <c r="I144">
-        <v>1848</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1960</v>
       </c>
       <c r="K144">
         <v>1</v>
       </c>
       <c r="L144">
-        <v>150090</v>
+        <v>91250</v>
       </c>
       <c r="M144">
         <v>2026</v>
       </c>
       <c r="N144" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="145" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A145" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B145">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C145" t="s">
         <v>15</v>
       </c>
       <c r="D145">
-        <v>1993</v>
+        <v>1965</v>
       </c>
       <c r="F145">
         <v>353</v>
       </c>
       <c r="G145" t="s">
         <v>57</v>
       </c>
       <c r="H145" t="s">
-        <v>262</v>
+        <v>165</v>
       </c>
       <c r="I145">
-        <v>1960</v>
+        <v>1073</v>
       </c>
       <c r="K145">
         <v>1</v>
       </c>
       <c r="L145">
-        <v>91250</v>
+        <v>55020</v>
       </c>
       <c r="M145">
         <v>2026</v>
       </c>
       <c r="N145" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="146" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A146" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B146">
+        <v>3</v>
+      </c>
+      <c r="C146" t="s">
+        <v>15</v>
+      </c>
+      <c r="D146">
+        <v>1800</v>
+      </c>
+      <c r="F146">
+        <v>398</v>
+      </c>
+      <c r="G146" t="s">
+        <v>29</v>
+      </c>
+      <c r="H146" t="s">
         <v>261</v>
       </c>
-      <c r="B146">
-[...16 lines deleted...]
-      </c>
       <c r="I146">
-        <v>1073</v>
+        <v>1240</v>
       </c>
       <c r="K146">
         <v>1</v>
       </c>
       <c r="L146">
-        <v>55020</v>
+        <v>11330</v>
       </c>
       <c r="M146">
         <v>2026</v>
       </c>
       <c r="N146" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="147" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A147" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B147">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C147" t="s">
         <v>15</v>
       </c>
       <c r="D147">
-        <v>1800</v>
+        <v>1860</v>
       </c>
       <c r="F147">
-        <v>398</v>
+        <v>353</v>
       </c>
       <c r="G147" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="H147" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="I147">
-        <v>1240</v>
+        <v>15869</v>
       </c>
       <c r="K147">
         <v>1</v>
       </c>
       <c r="L147">
-        <v>11330</v>
+        <v>542840</v>
       </c>
       <c r="M147">
         <v>2026</v>
       </c>
       <c r="N147" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="148" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A148" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B148">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C148" t="s">
         <v>15</v>
       </c>
       <c r="D148">
-        <v>1860</v>
+        <v>1839</v>
       </c>
       <c r="F148">
-        <v>353</v>
+        <v>101</v>
       </c>
       <c r="G148" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="H148" t="s">
         <v>264</v>
       </c>
       <c r="I148">
-        <v>15869</v>
+        <v>2270</v>
       </c>
       <c r="K148">
         <v>1</v>
       </c>
       <c r="L148">
-        <v>542840</v>
+        <v>129490</v>
       </c>
       <c r="M148">
         <v>2026</v>
       </c>
       <c r="N148" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="149" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A149" s="1" t="s">
         <v>265</v>
       </c>
       <c r="B149">
         <v>1</v>
       </c>
       <c r="C149" t="s">
         <v>15</v>
       </c>
       <c r="D149">
-        <v>1839</v>
+        <v>1987</v>
+      </c>
+      <c r="E149">
+        <v>1995</v>
       </c>
       <c r="F149">
-        <v>101</v>
+        <v>348</v>
       </c>
       <c r="G149" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H149" t="s">
         <v>266</v>
       </c>
       <c r="I149">
-        <v>2270</v>
+        <v>3080</v>
       </c>
       <c r="K149">
         <v>1</v>
       </c>
       <c r="L149">
-        <v>129490</v>
+        <v>147200</v>
       </c>
       <c r="M149">
         <v>2026</v>
       </c>
       <c r="N149" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="150" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A150" s="1" t="s">
         <v>267</v>
       </c>
       <c r="B150">
         <v>1</v>
       </c>
       <c r="C150" t="s">
         <v>15</v>
       </c>
       <c r="D150">
         <v>1987</v>
       </c>
-      <c r="E150">
-[...1 lines deleted...]
-      </c>
       <c r="F150">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="G150" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="H150" t="s">
         <v>268</v>
       </c>
       <c r="I150">
-        <v>3080</v>
+        <v>3528</v>
       </c>
       <c r="K150">
         <v>1</v>
       </c>
       <c r="L150">
-        <v>147200</v>
+        <v>149500</v>
       </c>
       <c r="M150">
         <v>2026</v>
       </c>
       <c r="N150" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="151" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A151" s="1" t="s">
         <v>269</v>
       </c>
       <c r="B151">
         <v>1</v>
       </c>
       <c r="C151" t="s">
         <v>15</v>
       </c>
       <c r="D151">
-        <v>1987</v>
+        <v>1995</v>
+      </c>
+      <c r="E151">
+        <v>2004</v>
       </c>
       <c r="F151">
         <v>353</v>
       </c>
       <c r="G151" t="s">
         <v>57</v>
       </c>
       <c r="H151" t="s">
         <v>270</v>
       </c>
       <c r="I151">
-        <v>3528</v>
+        <v>4108</v>
+      </c>
+      <c r="J151">
+        <v>1</v>
       </c>
       <c r="K151">
         <v>1</v>
       </c>
       <c r="L151">
-        <v>149500</v>
+        <v>325960</v>
       </c>
       <c r="M151">
         <v>2026</v>
       </c>
       <c r="N151" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="152" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A152" s="1" t="s">
         <v>271</v>
       </c>
       <c r="B152">
         <v>1</v>
       </c>
       <c r="C152" t="s">
         <v>15</v>
       </c>
       <c r="D152">
         <v>1995</v>
       </c>
-      <c r="E152">
-[...1 lines deleted...]
-      </c>
       <c r="F152">
         <v>353</v>
       </c>
       <c r="G152" t="s">
         <v>57</v>
       </c>
       <c r="H152" t="s">
         <v>272</v>
       </c>
       <c r="I152">
-        <v>4108</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2204</v>
       </c>
       <c r="K152">
         <v>1</v>
       </c>
       <c r="L152">
-        <v>325960</v>
+        <v>154760</v>
       </c>
       <c r="M152">
         <v>2026</v>
       </c>
       <c r="N152" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="153" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A153" s="1" t="s">
         <v>273</v>
       </c>
       <c r="B153">
         <v>1</v>
       </c>
       <c r="C153" t="s">
         <v>15</v>
       </c>
       <c r="D153">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="F153">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="G153" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="H153" t="s">
         <v>274</v>
       </c>
       <c r="I153">
-        <v>2204</v>
+        <v>2873</v>
       </c>
       <c r="K153">
         <v>1</v>
       </c>
       <c r="L153">
-        <v>154760</v>
+        <v>349750</v>
       </c>
       <c r="M153">
         <v>2026</v>
       </c>
       <c r="N153" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="154" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A154" s="1" t="s">
         <v>275</v>
       </c>
       <c r="B154">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C154" t="s">
         <v>15</v>
       </c>
       <c r="D154">
-        <v>2000</v>
+        <v>1890</v>
       </c>
       <c r="F154">
-        <v>351</v>
+        <v>373</v>
       </c>
       <c r="G154" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="H154" t="s">
         <v>276</v>
       </c>
       <c r="I154">
-        <v>2873</v>
+        <v>2284</v>
       </c>
       <c r="K154">
         <v>1</v>
       </c>
       <c r="L154">
-        <v>349750</v>
+        <v>28150</v>
       </c>
       <c r="M154">
         <v>2026</v>
       </c>
       <c r="N154" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="155" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A155" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B155">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C155" t="s">
         <v>15</v>
       </c>
       <c r="D155">
-        <v>1890</v>
+        <v>1877</v>
       </c>
       <c r="F155">
-        <v>373</v>
+        <v>101</v>
       </c>
       <c r="G155" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="H155" t="s">
-        <v>278</v>
+        <v>233</v>
       </c>
       <c r="I155">
-        <v>2284</v>
+        <v>3172</v>
       </c>
       <c r="K155">
         <v>1</v>
       </c>
       <c r="L155">
-        <v>28150</v>
+        <v>131050</v>
       </c>
       <c r="M155">
         <v>2026</v>
       </c>
       <c r="N155" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="156" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A156" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B156">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C156" t="s">
         <v>15</v>
       </c>
       <c r="D156">
-        <v>1877</v>
+        <v>1890</v>
       </c>
       <c r="F156">
         <v>101</v>
       </c>
       <c r="G156" t="s">
         <v>43</v>
       </c>
       <c r="H156" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="I156">
-        <v>3172</v>
+        <v>798</v>
       </c>
       <c r="K156">
         <v>1</v>
       </c>
       <c r="L156">
-        <v>131050</v>
+        <v>26140</v>
       </c>
       <c r="M156">
         <v>2026</v>
       </c>
       <c r="N156" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="157" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A157" s="1" t="s">
         <v>277</v>
       </c>
       <c r="B157">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C157" t="s">
         <v>15</v>
       </c>
       <c r="D157">
-        <v>1890</v>
+        <v>1996</v>
       </c>
       <c r="F157">
-        <v>101</v>
+        <v>321</v>
       </c>
       <c r="G157" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="H157" t="s">
-        <v>235</v>
+        <v>278</v>
       </c>
       <c r="I157">
-        <v>798</v>
+        <v>4824</v>
       </c>
       <c r="K157">
         <v>1</v>
       </c>
       <c r="L157">
-        <v>26140</v>
+        <v>110560</v>
       </c>
       <c r="M157">
         <v>2026</v>
       </c>
       <c r="N157" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="158" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A158" s="1" t="s">
         <v>279</v>
       </c>
       <c r="B158">
         <v>1</v>
       </c>
       <c r="C158" t="s">
         <v>15</v>
       </c>
       <c r="D158">
-        <v>1996</v>
+        <v>2015</v>
+      </c>
+      <c r="E158">
+        <v>2016</v>
       </c>
       <c r="F158">
-        <v>321</v>
+        <v>690</v>
       </c>
       <c r="G158" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="H158" t="s">
         <v>280</v>
       </c>
       <c r="I158">
-        <v>4824</v>
-[...1 lines deleted...]
-      <c r="K158">
+        <v>2436</v>
+      </c>
+      <c r="J158">
         <v>1</v>
       </c>
       <c r="L158">
-        <v>110560</v>
+        <v>792480</v>
       </c>
       <c r="M158">
         <v>2026</v>
       </c>
       <c r="N158" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="159" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A159" s="1" t="s">
         <v>281</v>
       </c>
       <c r="B159">
         <v>1</v>
       </c>
       <c r="C159" t="s">
         <v>15</v>
       </c>
       <c r="D159">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>1927</v>
       </c>
       <c r="F159">
-        <v>690</v>
+        <v>620</v>
       </c>
       <c r="G159" t="s">
-        <v>282</v>
+        <v>90</v>
+      </c>
+      <c r="H159" t="s">
+        <v>91</v>
       </c>
       <c r="I159">
-        <v>2436</v>
-[...1 lines deleted...]
-      <c r="J159">
+        <v>10834</v>
+      </c>
+      <c r="K159">
         <v>1</v>
       </c>
       <c r="L159">
-        <v>792480</v>
+        <v>486750</v>
       </c>
       <c r="M159">
         <v>2026</v>
       </c>
       <c r="N159" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="160" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A160" s="1" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="B160">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C160" t="s">
         <v>15</v>
       </c>
       <c r="D160">
-        <v>1927</v>
+        <v>1960</v>
       </c>
       <c r="F160">
-        <v>620</v>
+        <v>101</v>
       </c>
       <c r="G160" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="H160" t="s">
-        <v>91</v>
+        <v>233</v>
       </c>
       <c r="I160">
-        <v>10834</v>
+        <v>1954</v>
       </c>
       <c r="K160">
         <v>1</v>
       </c>
       <c r="L160">
-        <v>486750</v>
+        <v>123420</v>
       </c>
       <c r="M160">
         <v>2026</v>
       </c>
       <c r="N160" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="161" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A161" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B161">
+        <v>1</v>
+      </c>
+      <c r="C161" t="s">
+        <v>15</v>
+      </c>
+      <c r="D161">
+        <v>1997</v>
+      </c>
+      <c r="E161">
+        <v>1997</v>
+      </c>
+      <c r="F161">
+        <v>353</v>
+      </c>
+      <c r="G161" t="s">
+        <v>57</v>
+      </c>
+      <c r="H161" t="s">
         <v>283</v>
       </c>
-      <c r="B161">
-[...16 lines deleted...]
-      </c>
       <c r="I161">
-        <v>1954</v>
+        <v>38989</v>
       </c>
       <c r="K161">
         <v>1</v>
       </c>
       <c r="L161">
-        <v>123420</v>
+        <v>3190500</v>
       </c>
       <c r="M161">
         <v>2026</v>
       </c>
       <c r="N161" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="162" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A162" s="1" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="B162">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C162" t="s">
         <v>15</v>
       </c>
       <c r="D162">
-        <v>1997</v>
-[...2 lines deleted...]
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="F162">
         <v>353</v>
       </c>
       <c r="G162" t="s">
         <v>57</v>
       </c>
       <c r="H162" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="I162">
-        <v>38989</v>
+        <v>14018</v>
       </c>
       <c r="K162">
         <v>1</v>
       </c>
       <c r="L162">
-        <v>3190500</v>
+        <v>1257030</v>
       </c>
       <c r="M162">
         <v>2026</v>
       </c>
       <c r="N162" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="163" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A163" s="1" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="B163">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C163" t="s">
         <v>15</v>
       </c>
       <c r="D163">
-        <v>2000</v>
+        <v>1992</v>
       </c>
       <c r="F163">
         <v>353</v>
       </c>
       <c r="G163" t="s">
         <v>57</v>
       </c>
       <c r="H163" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="I163">
-        <v>14018</v>
+        <v>14798</v>
       </c>
       <c r="K163">
         <v>1</v>
       </c>
       <c r="L163">
-        <v>1257030</v>
+        <v>1102040</v>
       </c>
       <c r="M163">
         <v>2026</v>
       </c>
       <c r="N163" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="164" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A164" s="1" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="B164">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C164" t="s">
         <v>15</v>
       </c>
       <c r="D164">
-        <v>1992</v>
+        <v>2008</v>
       </c>
       <c r="F164">
         <v>353</v>
       </c>
       <c r="G164" t="s">
         <v>57</v>
       </c>
       <c r="H164" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="I164">
-        <v>14798</v>
+        <v>1850</v>
       </c>
       <c r="K164">
         <v>1</v>
       </c>
       <c r="L164">
-        <v>1102040</v>
+        <v>101300</v>
       </c>
       <c r="M164">
         <v>2026</v>
       </c>
       <c r="N164" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="165" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A165" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B165">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C165" t="s">
         <v>15</v>
       </c>
       <c r="D165">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="F165">
-        <v>353</v>
+        <v>373</v>
       </c>
       <c r="G165" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="H165" t="s">
         <v>288</v>
       </c>
       <c r="I165">
-        <v>1850</v>
+        <v>9806</v>
+      </c>
+      <c r="J165">
+        <v>1</v>
       </c>
       <c r="K165">
         <v>1</v>
       </c>
       <c r="L165">
-        <v>101300</v>
+        <v>629650</v>
       </c>
       <c r="M165">
         <v>2026</v>
       </c>
       <c r="N165" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="166" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A166" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B166">
         <v>1</v>
       </c>
       <c r="C166" t="s">
         <v>15</v>
       </c>
       <c r="D166">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="F166">
         <v>373</v>
       </c>
       <c r="G166" t="s">
         <v>19</v>
       </c>
       <c r="H166" t="s">
         <v>290</v>
       </c>
       <c r="I166">
-        <v>9806</v>
+        <v>10580</v>
       </c>
       <c r="J166">
         <v>1</v>
       </c>
       <c r="K166">
         <v>1</v>
       </c>
       <c r="L166">
-        <v>629650</v>
+        <v>823080</v>
       </c>
       <c r="M166">
         <v>2026</v>
       </c>
       <c r="N166" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="167" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A167" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B167">
         <v>1</v>
       </c>
       <c r="C167" t="s">
         <v>15</v>
       </c>
       <c r="D167">
-        <v>2022</v>
+        <v>1950</v>
       </c>
       <c r="F167">
-        <v>373</v>
+        <v>620</v>
       </c>
       <c r="G167" t="s">
-        <v>19</v>
+        <v>90</v>
       </c>
       <c r="H167" t="s">
         <v>292</v>
       </c>
       <c r="I167">
-        <v>10580</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7569</v>
       </c>
       <c r="K167">
         <v>1</v>
       </c>
       <c r="L167">
-        <v>823080</v>
+        <v>325100</v>
       </c>
       <c r="M167">
         <v>2026</v>
       </c>
       <c r="N167" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="168" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A168" s="1" t="s">
         <v>293</v>
       </c>
       <c r="B168">
         <v>1</v>
       </c>
       <c r="C168" t="s">
         <v>15</v>
       </c>
       <c r="D168">
-        <v>1950</v>
+        <v>2007</v>
       </c>
       <c r="F168">
-        <v>620</v>
+        <v>353</v>
       </c>
       <c r="G168" t="s">
-        <v>90</v>
+        <v>57</v>
       </c>
       <c r="H168" t="s">
         <v>294</v>
       </c>
       <c r="I168">
-        <v>7569</v>
+        <v>27836</v>
       </c>
       <c r="K168">
         <v>1</v>
       </c>
       <c r="L168">
-        <v>325100</v>
+        <v>2767530</v>
       </c>
       <c r="M168">
         <v>2026</v>
       </c>
       <c r="N168" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="169" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A169" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B169">
+        <v>2</v>
+      </c>
+      <c r="C169" t="s">
+        <v>15</v>
+      </c>
+      <c r="D169">
+        <v>2010</v>
+      </c>
+      <c r="F169">
+        <v>610</v>
+      </c>
+      <c r="G169" t="s">
+        <v>146</v>
+      </c>
+      <c r="H169" t="s">
         <v>295</v>
       </c>
-      <c r="B169">
-[...16 lines deleted...]
-      </c>
       <c r="I169">
-        <v>27836</v>
+        <v>48017</v>
       </c>
       <c r="K169">
         <v>1</v>
       </c>
       <c r="L169">
-        <v>2767530</v>
+        <v>4449920</v>
       </c>
       <c r="M169">
         <v>2026</v>
       </c>
       <c r="N169" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="170" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A170" s="1" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="B170">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C170" t="s">
         <v>15</v>
       </c>
       <c r="D170">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="F170">
-        <v>610</v>
+        <v>362</v>
       </c>
       <c r="G170" t="s">
-        <v>147</v>
+        <v>71</v>
       </c>
       <c r="H170" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="I170">
-        <v>48017</v>
+        <v>9920</v>
+      </c>
+      <c r="J170">
+        <v>1</v>
       </c>
       <c r="K170">
         <v>1</v>
       </c>
       <c r="L170">
-        <v>4449920</v>
+        <v>1456620</v>
       </c>
       <c r="M170">
         <v>2026</v>
       </c>
       <c r="N170" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="171" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A171" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B171">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C171" t="s">
         <v>15</v>
       </c>
       <c r="D171">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F171">
-        <v>362</v>
+        <v>680</v>
       </c>
       <c r="G171" t="s">
-        <v>71</v>
+        <v>298</v>
       </c>
       <c r="H171" t="s">
-        <v>298</v>
+        <v>251</v>
       </c>
       <c r="I171">
-        <v>9920</v>
+        <v>1488</v>
       </c>
       <c r="J171">
         <v>1</v>
       </c>
       <c r="K171">
         <v>1</v>
       </c>
       <c r="L171">
-        <v>1456620</v>
+        <v>170310</v>
       </c>
       <c r="M171">
         <v>2026</v>
       </c>
       <c r="N171" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="172" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A172" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B172">
+        <v>2</v>
+      </c>
+      <c r="C172" t="s">
+        <v>15</v>
+      </c>
+      <c r="D172">
+        <v>2021</v>
+      </c>
+      <c r="F172">
+        <v>405</v>
+      </c>
+      <c r="G172" t="s">
         <v>299</v>
       </c>
-      <c r="B172">
-[...16 lines deleted...]
-      </c>
       <c r="I172">
-        <v>1488</v>
+        <v>0</v>
       </c>
       <c r="J172">
         <v>1</v>
       </c>
-      <c r="K172">
-[...1 lines deleted...]
-      </c>
       <c r="L172">
-        <v>170310</v>
+        <v>1706450</v>
       </c>
       <c r="M172">
         <v>2026</v>
       </c>
       <c r="N172" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="173" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A173" s="1" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="B173">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C173" t="s">
         <v>15</v>
       </c>
       <c r="D173">
         <v>2021</v>
       </c>
       <c r="F173">
-        <v>405</v>
+        <v>353</v>
       </c>
       <c r="G173" t="s">
-        <v>301</v>
+        <v>57</v>
       </c>
       <c r="I173">
-        <v>0</v>
+        <v>23401</v>
       </c>
       <c r="J173">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L173">
-        <v>1706450</v>
+        <v>3954830</v>
       </c>
       <c r="M173">
         <v>2026</v>
       </c>
       <c r="N173" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="174" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A174" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B174">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C174" t="s">
         <v>15</v>
       </c>
       <c r="D174">
-        <v>2021</v>
+        <v>1961</v>
       </c>
       <c r="F174">
-        <v>353</v>
+        <v>332</v>
       </c>
       <c r="G174" t="s">
-        <v>57</v>
+        <v>174</v>
+      </c>
+      <c r="H174" t="s">
+        <v>301</v>
       </c>
       <c r="I174">
-        <v>23401</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>2592</v>
+      </c>
+      <c r="K174">
+        <v>1</v>
       </c>
       <c r="L174">
-        <v>3954830</v>
+        <v>46990</v>
       </c>
       <c r="M174">
         <v>2026</v>
       </c>
       <c r="N174" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="175" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A175" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B175">
         <v>1</v>
       </c>
       <c r="C175" t="s">
         <v>15</v>
       </c>
       <c r="D175">
-        <v>1961</v>
+        <v>2012</v>
       </c>
       <c r="F175">
-        <v>332</v>
+        <v>405</v>
       </c>
       <c r="G175" t="s">
-        <v>122</v>
+        <v>299</v>
       </c>
       <c r="H175" t="s">
         <v>303</v>
       </c>
       <c r="I175">
-        <v>2592</v>
+        <v>35118</v>
+      </c>
+      <c r="J175">
+        <v>1</v>
       </c>
       <c r="K175">
         <v>1</v>
       </c>
       <c r="L175">
-        <v>46990</v>
+        <v>4043030</v>
       </c>
       <c r="M175">
         <v>2026</v>
       </c>
       <c r="N175" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="176" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A176" s="1" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="B176">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C176" t="s">
         <v>15</v>
       </c>
       <c r="D176">
         <v>2012</v>
       </c>
       <c r="F176">
-        <v>405</v>
+        <v>398</v>
       </c>
       <c r="G176" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-        <v>305</v>
+        <v>29</v>
       </c>
       <c r="I176">
-        <v>35118</v>
+        <v>4000</v>
       </c>
       <c r="J176">
         <v>1</v>
       </c>
       <c r="K176">
         <v>1</v>
       </c>
       <c r="L176">
-        <v>4043030</v>
+        <v>131100</v>
       </c>
       <c r="M176">
         <v>2026</v>
       </c>
       <c r="N176" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="177" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A177" s="1" t="s">
         <v>304</v>
       </c>
       <c r="B177">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C177" t="s">
         <v>15</v>
       </c>
       <c r="D177">
-        <v>2012</v>
+        <v>1992</v>
       </c>
       <c r="F177">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="G177" t="s">
-        <v>29</v>
+        <v>54</v>
+      </c>
+      <c r="H177" t="s">
+        <v>305</v>
       </c>
       <c r="I177">
-        <v>4000</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2400</v>
       </c>
       <c r="K177">
         <v>1</v>
       </c>
       <c r="L177">
-        <v>131100</v>
+        <v>100190</v>
       </c>
       <c r="M177">
         <v>2026</v>
       </c>
       <c r="N177" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="178" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A178" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B178">
+        <v>2</v>
+      </c>
+      <c r="C178" t="s">
+        <v>15</v>
+      </c>
+      <c r="D178">
+        <v>1947</v>
+      </c>
+      <c r="E178">
+        <v>2007</v>
+      </c>
+      <c r="F178">
+        <v>670</v>
+      </c>
+      <c r="G178" t="s">
         <v>306</v>
-      </c>
-[...13 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H178" t="s">
         <v>307</v>
       </c>
       <c r="I178">
-        <v>2400</v>
+        <v>21225</v>
       </c>
       <c r="K178">
         <v>1</v>
       </c>
       <c r="L178">
-        <v>100190</v>
+        <v>1689720</v>
       </c>
       <c r="M178">
         <v>2026</v>
       </c>
       <c r="N178" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="179" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A179" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B179">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C179" t="s">
         <v>15</v>
       </c>
       <c r="D179">
-        <v>1947</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>1989</v>
       </c>
       <c r="F179">
-        <v>670</v>
+        <v>398</v>
       </c>
       <c r="G179" t="s">
-        <v>308</v>
+        <v>29</v>
       </c>
       <c r="H179" t="s">
         <v>309</v>
       </c>
       <c r="I179">
-        <v>21225</v>
+        <v>8412</v>
       </c>
       <c r="K179">
         <v>1</v>
       </c>
       <c r="L179">
-        <v>1689720</v>
+        <v>188840</v>
       </c>
       <c r="M179">
         <v>2026</v>
       </c>
       <c r="N179" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="180" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A180" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B180">
+        <v>2</v>
+      </c>
+      <c r="C180" t="s">
+        <v>15</v>
+      </c>
+      <c r="D180">
+        <v>2009</v>
+      </c>
+      <c r="F180">
+        <v>399</v>
+      </c>
+      <c r="G180" t="s">
+        <v>54</v>
+      </c>
+      <c r="H180" t="s">
         <v>310</v>
       </c>
-      <c r="B180">
-[...16 lines deleted...]
-      </c>
       <c r="I180">
-        <v>8412</v>
+        <v>14128</v>
       </c>
       <c r="K180">
         <v>1</v>
       </c>
       <c r="L180">
-        <v>188840</v>
+        <v>487270</v>
       </c>
       <c r="M180">
         <v>2026</v>
       </c>
       <c r="N180" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="181" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A181" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B181">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C181" t="s">
         <v>15</v>
       </c>
       <c r="D181">
-        <v>2009</v>
+        <v>2001</v>
       </c>
       <c r="F181">
-        <v>399</v>
+        <v>353</v>
       </c>
       <c r="G181" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="H181" t="s">
         <v>312</v>
       </c>
       <c r="I181">
-        <v>14128</v>
+        <v>2498</v>
       </c>
       <c r="K181">
         <v>1</v>
       </c>
       <c r="L181">
-        <v>487270</v>
+        <v>185550</v>
       </c>
       <c r="M181">
         <v>2026</v>
       </c>
       <c r="N181" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="182" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A182" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B182">
+        <v>2</v>
+      </c>
+      <c r="C182" t="s">
+        <v>15</v>
+      </c>
+      <c r="D182">
+        <v>1995</v>
+      </c>
+      <c r="F182">
+        <v>368</v>
+      </c>
+      <c r="G182" t="s">
         <v>313</v>
-      </c>
-[...13 lines deleted...]
-        <v>57</v>
       </c>
       <c r="H182" t="s">
         <v>314</v>
       </c>
       <c r="I182">
-        <v>2498</v>
+        <v>13312</v>
       </c>
       <c r="K182">
         <v>1</v>
       </c>
       <c r="L182">
-        <v>185550</v>
+        <v>164310</v>
       </c>
       <c r="M182">
         <v>2026</v>
       </c>
       <c r="N182" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="183" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A183" s="1" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="B183">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C183" t="s">
         <v>15</v>
       </c>
       <c r="D183">
-        <v>1995</v>
+        <v>2001</v>
       </c>
       <c r="F183">
         <v>368</v>
       </c>
       <c r="G183" t="s">
+        <v>313</v>
+      </c>
+      <c r="H183" t="s">
         <v>315</v>
       </c>
-      <c r="H183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I183">
-        <v>13312</v>
+        <v>14560</v>
       </c>
       <c r="K183">
         <v>1</v>
       </c>
       <c r="L183">
-        <v>164310</v>
+        <v>228790</v>
       </c>
       <c r="M183">
         <v>2026</v>
       </c>
       <c r="N183" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="184" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A184" s="1" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="B184">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C184" t="s">
         <v>15</v>
       </c>
       <c r="D184">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="F184">
         <v>368</v>
       </c>
       <c r="G184" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="H184" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="I184">
-        <v>14560</v>
+        <v>17400</v>
       </c>
       <c r="K184">
         <v>1</v>
       </c>
       <c r="L184">
-        <v>228790</v>
+        <v>327080</v>
       </c>
       <c r="M184">
         <v>2026</v>
       </c>
       <c r="N184" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="185" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A185" s="1" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="B185">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C185" t="s">
         <v>15</v>
       </c>
       <c r="D185">
-        <v>2008</v>
+        <v>1994</v>
       </c>
       <c r="F185">
-        <v>368</v>
+        <v>353</v>
       </c>
       <c r="G185" t="s">
-        <v>315</v>
+        <v>57</v>
       </c>
       <c r="H185" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I185">
-        <v>17400</v>
+        <v>208</v>
       </c>
       <c r="K185">
         <v>1</v>
       </c>
       <c r="L185">
-        <v>327080</v>
+        <v>6430</v>
       </c>
       <c r="M185">
         <v>2026</v>
       </c>
       <c r="N185" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="186" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A186" s="1" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="B186">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C186" t="s">
         <v>15</v>
       </c>
       <c r="D186">
         <v>1994</v>
       </c>
       <c r="F186">
-        <v>353</v>
+        <v>399</v>
       </c>
       <c r="G186" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="H186" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="I186">
-        <v>208</v>
+        <v>3200</v>
       </c>
       <c r="K186">
         <v>1</v>
       </c>
       <c r="L186">
-        <v>6430</v>
+        <v>31610</v>
       </c>
       <c r="M186">
         <v>2026</v>
       </c>
       <c r="N186" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="187" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A187" s="1" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="B187">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>15</v>
       </c>
       <c r="D187">
-        <v>1994</v>
+        <v>2014</v>
       </c>
       <c r="F187">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="G187" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="I187">
-        <v>3200</v>
+        <v>6000</v>
+      </c>
+      <c r="J187">
+        <v>1</v>
       </c>
       <c r="K187">
         <v>1</v>
       </c>
       <c r="L187">
-        <v>31610</v>
+        <v>273700</v>
       </c>
       <c r="M187">
         <v>2026</v>
       </c>
       <c r="N187" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="188" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A188" s="1" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="B188">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C188" t="s">
         <v>15</v>
       </c>
       <c r="D188">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="F188">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="G188" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="I188">
-        <v>6000</v>
+        <v>360</v>
       </c>
       <c r="J188">
         <v>1</v>
       </c>
       <c r="K188">
         <v>1</v>
       </c>
       <c r="L188">
-        <v>273700</v>
+        <v>27690</v>
       </c>
       <c r="M188">
         <v>2026</v>
       </c>
       <c r="N188" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="189" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A189" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B189">
+        <v>1</v>
+      </c>
+      <c r="C189" t="s">
+        <v>15</v>
+      </c>
+      <c r="D189">
+        <v>2021</v>
+      </c>
+      <c r="F189">
+        <v>368</v>
+      </c>
+      <c r="G189" t="s">
         <v>313</v>
       </c>
-      <c r="B189">
-[...11 lines deleted...]
-      <c r="G189" t="s">
+      <c r="H189" t="s">
         <v>322</v>
       </c>
       <c r="I189">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3600</v>
       </c>
       <c r="K189">
         <v>1</v>
       </c>
       <c r="L189">
-        <v>27690</v>
+        <v>129150</v>
       </c>
       <c r="M189">
         <v>2026</v>
       </c>
       <c r="N189" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="190" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A190" s="1" t="s">
         <v>323</v>
       </c>
       <c r="B190">
         <v>1</v>
       </c>
       <c r="C190" t="s">
         <v>15</v>
       </c>
       <c r="D190">
-        <v>2021</v>
+        <v>1986</v>
       </c>
       <c r="F190">
-        <v>368</v>
+        <v>353</v>
       </c>
       <c r="G190" t="s">
-        <v>315</v>
+        <v>57</v>
       </c>
       <c r="H190" t="s">
         <v>324</v>
       </c>
       <c r="I190">
-        <v>3600</v>
+        <v>1264</v>
       </c>
       <c r="K190">
         <v>1</v>
       </c>
       <c r="L190">
-        <v>129150</v>
+        <v>90030</v>
       </c>
       <c r="M190">
         <v>2026</v>
       </c>
       <c r="N190" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="191" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A191" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B191">
+        <v>2</v>
+      </c>
+      <c r="C191" t="s">
+        <v>15</v>
+      </c>
+      <c r="D191">
+        <v>2002</v>
+      </c>
+      <c r="F191">
+        <v>396</v>
+      </c>
+      <c r="G191" t="s">
+        <v>114</v>
+      </c>
+      <c r="H191" t="s">
         <v>325</v>
       </c>
-      <c r="B191">
-[...16 lines deleted...]
-      </c>
       <c r="I191">
-        <v>1264</v>
+        <v>4000</v>
       </c>
       <c r="K191">
         <v>1</v>
       </c>
       <c r="L191">
-        <v>90030</v>
+        <v>69860</v>
       </c>
       <c r="M191">
         <v>2026</v>
       </c>
       <c r="N191" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="192" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A192" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B192">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C192" t="s">
         <v>15</v>
       </c>
       <c r="D192">
-        <v>2002</v>
+        <v>1957</v>
       </c>
       <c r="F192">
-        <v>396</v>
+        <v>373</v>
       </c>
       <c r="G192" t="s">
-        <v>114</v>
+        <v>19</v>
       </c>
       <c r="H192" t="s">
         <v>327</v>
       </c>
       <c r="I192">
-        <v>4000</v>
+        <v>2826</v>
       </c>
       <c r="K192">
         <v>1</v>
       </c>
       <c r="L192">
-        <v>69860</v>
+        <v>110650</v>
       </c>
       <c r="M192">
         <v>2026</v>
       </c>
       <c r="N192" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="193" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A193" s="1" t="s">
         <v>328</v>
       </c>
       <c r="B193">
         <v>1</v>
       </c>
       <c r="C193" t="s">
         <v>15</v>
       </c>
       <c r="D193">
-        <v>1957</v>
+        <v>1980</v>
       </c>
       <c r="F193">
         <v>373</v>
       </c>
       <c r="G193" t="s">
         <v>19</v>
       </c>
       <c r="H193" t="s">
         <v>329</v>
       </c>
       <c r="I193">
-        <v>2826</v>
+        <v>1684</v>
       </c>
       <c r="K193">
         <v>1</v>
       </c>
       <c r="L193">
-        <v>110650</v>
+        <v>31350</v>
       </c>
       <c r="M193">
         <v>2026</v>
       </c>
       <c r="N193" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="194" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A194" s="1" t="s">
         <v>330</v>
       </c>
       <c r="B194">
         <v>1</v>
       </c>
       <c r="C194" t="s">
         <v>15</v>
       </c>
       <c r="D194">
-        <v>1980</v>
+        <v>1976</v>
       </c>
       <c r="F194">
-        <v>373</v>
+        <v>388</v>
       </c>
       <c r="G194" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="H194" t="s">
         <v>331</v>
       </c>
       <c r="I194">
-        <v>1684</v>
+        <v>1392</v>
       </c>
       <c r="K194">
         <v>1</v>
       </c>
       <c r="L194">
-        <v>31350</v>
+        <v>70170</v>
       </c>
       <c r="M194">
         <v>2026</v>
       </c>
       <c r="N194" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="195" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A195" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B195">
         <v>1</v>
       </c>
       <c r="C195" t="s">
         <v>15</v>
       </c>
       <c r="D195">
-        <v>1976</v>
+        <v>1975</v>
       </c>
       <c r="F195">
-        <v>388</v>
+        <v>373</v>
       </c>
       <c r="G195" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="H195" t="s">
         <v>333</v>
       </c>
       <c r="I195">
-        <v>1392</v>
+        <v>2510</v>
       </c>
       <c r="K195">
         <v>1</v>
       </c>
       <c r="L195">
-        <v>70170</v>
+        <v>126490</v>
       </c>
       <c r="M195">
         <v>2026</v>
       </c>
       <c r="N195" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="196" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A196" s="1" t="s">
         <v>334</v>
       </c>
       <c r="B196">
         <v>1</v>
       </c>
       <c r="C196" t="s">
         <v>15</v>
       </c>
       <c r="D196">
-        <v>1975</v>
+        <v>2002</v>
       </c>
       <c r="F196">
-        <v>373</v>
+        <v>620</v>
       </c>
       <c r="G196" t="s">
-        <v>19</v>
+        <v>90</v>
       </c>
       <c r="H196" t="s">
         <v>335</v>
       </c>
       <c r="I196">
-        <v>2510</v>
+        <v>3316</v>
       </c>
       <c r="K196">
         <v>1</v>
       </c>
       <c r="L196">
-        <v>126490</v>
+        <v>247030</v>
       </c>
       <c r="M196">
         <v>2026</v>
       </c>
       <c r="N196" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="197" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A197" s="1" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="B197">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C197" t="s">
         <v>15</v>
       </c>
       <c r="D197">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="F197">
         <v>620</v>
       </c>
       <c r="G197" t="s">
         <v>90</v>
       </c>
-      <c r="H197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I197">
-        <v>3316</v>
+        <v>756</v>
       </c>
       <c r="K197">
         <v>1</v>
       </c>
       <c r="L197">
-        <v>247030</v>
+        <v>44850</v>
       </c>
       <c r="M197">
         <v>2026</v>
       </c>
       <c r="N197" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="198" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A198" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B198">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C198" t="s">
         <v>15</v>
       </c>
       <c r="D198">
-        <v>2009</v>
+        <v>1958</v>
       </c>
       <c r="F198">
-        <v>620</v>
+        <v>373</v>
       </c>
       <c r="G198" t="s">
-        <v>90</v>
+        <v>19</v>
+      </c>
+      <c r="H198" t="s">
+        <v>215</v>
       </c>
       <c r="I198">
-        <v>756</v>
+        <v>495</v>
       </c>
       <c r="K198">
         <v>1</v>
       </c>
       <c r="L198">
-        <v>44850</v>
+        <v>18300</v>
       </c>
       <c r="M198">
         <v>2026</v>
       </c>
       <c r="N198" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="199" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A199" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B199">
+        <v>3</v>
+      </c>
+      <c r="C199" t="s">
+        <v>15</v>
+      </c>
+      <c r="D199">
+        <v>1950</v>
+      </c>
+      <c r="F199">
+        <v>612</v>
+      </c>
+      <c r="G199" t="s">
+        <v>106</v>
+      </c>
+      <c r="H199" t="s">
         <v>338</v>
       </c>
-      <c r="B199">
-[...16 lines deleted...]
-      </c>
       <c r="I199">
-        <v>495</v>
+        <v>52864</v>
       </c>
       <c r="K199">
         <v>1</v>
       </c>
       <c r="L199">
-        <v>18300</v>
+        <v>2370130</v>
       </c>
       <c r="M199">
         <v>2026</v>
       </c>
       <c r="N199" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="200" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A200" s="1" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="B200">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C200" t="s">
         <v>15</v>
       </c>
       <c r="D200">
-        <v>1950</v>
+        <v>1985</v>
       </c>
       <c r="F200">
         <v>612</v>
       </c>
       <c r="G200" t="s">
         <v>106</v>
       </c>
-      <c r="H200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I200">
-        <v>52864</v>
+        <v>1325</v>
       </c>
       <c r="K200">
         <v>1</v>
       </c>
       <c r="L200">
-        <v>2370130</v>
+        <v>68680</v>
       </c>
       <c r="M200">
         <v>2026</v>
       </c>
       <c r="N200" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="201" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A201" s="1" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="B201">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C201" t="s">
         <v>15</v>
       </c>
       <c r="D201">
-        <v>1985</v>
+        <v>1990</v>
       </c>
       <c r="F201">
         <v>612</v>
       </c>
       <c r="G201" t="s">
         <v>106</v>
       </c>
       <c r="I201">
-        <v>1325</v>
+        <v>1344</v>
       </c>
       <c r="K201">
         <v>1</v>
       </c>
       <c r="L201">
-        <v>68680</v>
+        <v>63980</v>
       </c>
       <c r="M201">
         <v>2026</v>
       </c>
       <c r="N201" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="202" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A202" s="1" t="s">
         <v>339</v>
       </c>
       <c r="B202">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C202" t="s">
         <v>15</v>
       </c>
       <c r="D202">
-        <v>1990</v>
+        <v>1988</v>
       </c>
       <c r="F202">
-        <v>612</v>
+        <v>316</v>
       </c>
       <c r="G202" t="s">
-        <v>106</v>
+        <v>79</v>
+      </c>
+      <c r="H202" t="s">
+        <v>79</v>
       </c>
       <c r="I202">
-        <v>1344</v>
+        <v>31080</v>
+      </c>
+      <c r="J202">
+        <v>100</v>
       </c>
       <c r="K202">
         <v>1</v>
       </c>
       <c r="L202">
-        <v>63980</v>
+        <v>5808280</v>
       </c>
       <c r="M202">
         <v>2026</v>
       </c>
       <c r="N202" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="203" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A203" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B203">
+        <v>1</v>
+      </c>
+      <c r="C203" t="s">
+        <v>15</v>
+      </c>
+      <c r="D203">
+        <v>1979</v>
+      </c>
+      <c r="E203">
+        <v>2020</v>
+      </c>
+      <c r="F203">
+        <v>348</v>
+      </c>
+      <c r="G203" t="s">
+        <v>35</v>
+      </c>
+      <c r="H203" t="s">
         <v>341</v>
       </c>
-      <c r="B203">
-[...16 lines deleted...]
-      </c>
       <c r="I203">
-        <v>31080</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>2490</v>
       </c>
       <c r="K203">
         <v>1</v>
       </c>
       <c r="L203">
-        <v>5808280</v>
+        <v>201890</v>
       </c>
       <c r="M203">
         <v>2026</v>
       </c>
       <c r="N203" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="204" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A204" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B204">
         <v>1</v>
       </c>
       <c r="C204" t="s">
         <v>15</v>
       </c>
       <c r="D204">
-        <v>1979</v>
-[...2 lines deleted...]
-        <v>2020</v>
+        <v>2001</v>
       </c>
       <c r="F204">
-        <v>348</v>
+        <v>398</v>
       </c>
       <c r="G204" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H204" t="s">
         <v>343</v>
       </c>
       <c r="I204">
-        <v>2490</v>
+        <v>800</v>
       </c>
       <c r="K204">
         <v>1</v>
       </c>
       <c r="L204">
-        <v>201890</v>
+        <v>38830</v>
       </c>
       <c r="M204">
         <v>2026</v>
       </c>
       <c r="N204" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="205" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A205" s="1" t="s">
         <v>344</v>
       </c>
       <c r="B205">
         <v>1</v>
       </c>
       <c r="C205" t="s">
         <v>15</v>
       </c>
       <c r="D205">
-        <v>2001</v>
+        <v>1980</v>
       </c>
       <c r="F205">
-        <v>398</v>
+        <v>620</v>
       </c>
       <c r="G205" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="H205" t="s">
         <v>345</v>
       </c>
       <c r="I205">
-        <v>800</v>
+        <v>3360</v>
       </c>
       <c r="K205">
         <v>1</v>
       </c>
       <c r="L205">
-        <v>38830</v>
+        <v>152210</v>
       </c>
       <c r="M205">
         <v>2026</v>
       </c>
       <c r="N205" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="206" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A206" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B206">
         <v>1</v>
       </c>
       <c r="C206" t="s">
         <v>15</v>
       </c>
       <c r="D206">
-        <v>1980</v>
+        <v>2008</v>
       </c>
       <c r="F206">
-        <v>620</v>
+        <v>398</v>
       </c>
       <c r="G206" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="H206" t="s">
         <v>347</v>
       </c>
       <c r="I206">
-        <v>3360</v>
+        <v>3403</v>
       </c>
       <c r="K206">
         <v>1</v>
       </c>
       <c r="L206">
-        <v>152210</v>
+        <v>76430</v>
       </c>
       <c r="M206">
         <v>2026</v>
       </c>
       <c r="N206" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="207" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A207" s="1" t="s">
         <v>348</v>
       </c>
       <c r="B207">
         <v>1</v>
       </c>
       <c r="C207" t="s">
         <v>15</v>
       </c>
       <c r="D207">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="F207">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="G207" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="H207" t="s">
         <v>349</v>
       </c>
       <c r="I207">
-        <v>3403</v>
+        <v>2160</v>
       </c>
       <c r="K207">
         <v>1</v>
       </c>
       <c r="L207">
-        <v>76430</v>
+        <v>46130</v>
       </c>
       <c r="M207">
         <v>2026</v>
       </c>
       <c r="N207" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="208" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A208" s="1" t="s">
         <v>350</v>
       </c>
       <c r="B208">
         <v>1</v>
       </c>
       <c r="C208" t="s">
         <v>15</v>
       </c>
       <c r="D208">
-        <v>2010</v>
+        <v>2009</v>
+      </c>
+      <c r="E208">
+        <v>2013</v>
       </c>
       <c r="F208">
-        <v>399</v>
+        <v>351</v>
       </c>
       <c r="G208" t="s">
-        <v>54</v>
+        <v>94</v>
       </c>
       <c r="H208" t="s">
         <v>351</v>
       </c>
       <c r="I208">
-        <v>2160</v>
+        <v>6520</v>
       </c>
       <c r="K208">
         <v>1</v>
       </c>
       <c r="L208">
-        <v>46130</v>
+        <v>977700</v>
       </c>
       <c r="M208">
         <v>2026</v>
       </c>
       <c r="N208" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="209" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A209" s="1" t="s">
         <v>352</v>
       </c>
       <c r="B209">
         <v>1</v>
       </c>
       <c r="C209" t="s">
         <v>15</v>
       </c>
       <c r="D209">
-        <v>2009</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>1999</v>
       </c>
       <c r="F209">
-        <v>351</v>
+        <v>373</v>
       </c>
       <c r="G209" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="H209" t="s">
-        <v>353</v>
+        <v>215</v>
       </c>
       <c r="I209">
-        <v>6520</v>
+        <v>784</v>
       </c>
       <c r="K209">
         <v>1</v>
       </c>
       <c r="L209">
-        <v>977700</v>
+        <v>22130</v>
       </c>
       <c r="M209">
         <v>2026</v>
       </c>
       <c r="N209" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="210" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A210" s="1" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="B210">
         <v>1</v>
       </c>
       <c r="C210" t="s">
         <v>15</v>
       </c>
       <c r="D210">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="F210">
         <v>373</v>
       </c>
       <c r="G210" t="s">
         <v>19</v>
       </c>
-      <c r="H210" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I210">
-        <v>784</v>
+        <v>2100</v>
       </c>
       <c r="K210">
         <v>1</v>
       </c>
       <c r="L210">
-        <v>22130</v>
+        <v>47890</v>
       </c>
       <c r="M210">
         <v>2026</v>
       </c>
       <c r="N210" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="211" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A211" s="1" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="B211">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C211" t="s">
         <v>15</v>
       </c>
       <c r="D211">
-        <v>1997</v>
+        <v>2025</v>
       </c>
       <c r="F211">
-        <v>373</v>
+        <v>398</v>
       </c>
       <c r="G211" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="I211">
-        <v>2100</v>
+        <v>2500</v>
+      </c>
+      <c r="J211">
+        <v>1</v>
       </c>
       <c r="K211">
         <v>1</v>
       </c>
       <c r="L211">
-        <v>47890</v>
+        <v>130330</v>
       </c>
       <c r="M211">
         <v>2026</v>
       </c>
       <c r="N211" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="212" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A212" s="1" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="B212">
         <v>1</v>
       </c>
       <c r="C212" t="s">
         <v>15</v>
       </c>
       <c r="D212">
         <v>2005</v>
       </c>
       <c r="F212">
         <v>373</v>
       </c>
       <c r="G212" t="s">
         <v>19</v>
       </c>
       <c r="H212" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="I212">
         <v>8800</v>
       </c>
       <c r="K212">
         <v>1</v>
       </c>
       <c r="L212">
         <v>243630</v>
       </c>
       <c r="M212">
         <v>2026</v>
       </c>
       <c r="N212" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="213" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A213" s="1" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="B213">
         <v>1</v>
       </c>
       <c r="C213" t="s">
         <v>15</v>
       </c>
       <c r="D213">
         <v>1989</v>
       </c>
       <c r="F213">
         <v>349</v>
       </c>
       <c r="G213" t="s">
         <v>51</v>
       </c>
       <c r="H213" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="I213">
         <v>2166</v>
       </c>
       <c r="K213">
         <v>1</v>
       </c>
       <c r="L213">
         <v>139670</v>
       </c>
       <c r="M213">
         <v>2026</v>
       </c>
       <c r="N213" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="214" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A214" s="1" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="B214">
         <v>1</v>
       </c>
       <c r="C214" t="s">
         <v>15</v>
       </c>
       <c r="D214">
         <v>1970</v>
       </c>
       <c r="E214">
         <v>2000</v>
       </c>
       <c r="F214">
         <v>321</v>
       </c>
       <c r="G214" t="s">
         <v>39</v>
       </c>
       <c r="H214" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="I214">
         <v>10636</v>
       </c>
       <c r="K214">
         <v>1</v>
       </c>
       <c r="L214">
         <v>373870</v>
       </c>
       <c r="M214">
         <v>2026</v>
       </c>
       <c r="N214" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="215" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A215" s="1" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="B215">
         <v>1</v>
       </c>
       <c r="C215" t="s">
         <v>15</v>
       </c>
       <c r="D215">
         <v>2001</v>
       </c>
       <c r="F215">
         <v>397</v>
       </c>
       <c r="G215" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="H215" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="I215">
         <v>6375</v>
       </c>
       <c r="K215">
         <v>1</v>
       </c>
       <c r="L215">
         <v>315420</v>
       </c>
       <c r="M215">
         <v>2026</v>
       </c>
       <c r="N215" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="216" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A216" s="1" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="B216">
         <v>1</v>
       </c>
       <c r="C216" t="s">
         <v>15</v>
       </c>
       <c r="D216">
         <v>2005</v>
       </c>
       <c r="F216">
         <v>660</v>
       </c>
       <c r="G216" t="s">
         <v>195</v>
       </c>
       <c r="H216" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="I216">
         <v>4924</v>
       </c>
       <c r="K216">
         <v>1</v>
       </c>
       <c r="L216">
         <v>287250</v>
       </c>
       <c r="M216">
         <v>2026</v>
       </c>
       <c r="N216" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="217" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A217" s="1" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="B217">
         <v>1</v>
       </c>
       <c r="C217" t="s">
         <v>15</v>
       </c>
       <c r="D217">
         <v>1968</v>
       </c>
       <c r="F217">
         <v>333</v>
       </c>
       <c r="G217" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="H217" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="I217">
         <v>1032</v>
       </c>
       <c r="K217">
         <v>1</v>
       </c>
       <c r="L217">
         <v>29720</v>
       </c>
       <c r="M217">
         <v>2026</v>
       </c>
       <c r="N217" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="218" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A218" s="1" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="B218">
         <v>1</v>
       </c>
       <c r="C218" t="s">
         <v>15</v>
       </c>
       <c r="D218">
         <v>1900</v>
       </c>
       <c r="F218">
         <v>620</v>
       </c>
       <c r="G218" t="s">
         <v>90</v>
       </c>
       <c r="H218" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="I218">
         <v>1348</v>
       </c>
       <c r="K218">
         <v>1</v>
       </c>
       <c r="L218">
         <v>69930</v>
       </c>
       <c r="M218">
         <v>2026</v>
       </c>
       <c r="N218" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="219" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A219" s="1" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="B219">
         <v>1</v>
       </c>
       <c r="C219" t="s">
         <v>15</v>
       </c>
       <c r="D219">
         <v>1977</v>
       </c>
       <c r="E219">
         <v>1990</v>
       </c>
       <c r="F219">
         <v>348</v>
       </c>
       <c r="G219" t="s">
         <v>35</v>
       </c>
       <c r="H219" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="I219">
         <v>3404</v>
       </c>
       <c r="K219">
         <v>1</v>
       </c>
       <c r="L219">
         <v>69190</v>
       </c>
       <c r="M219">
         <v>2026</v>
       </c>
       <c r="N219" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="220" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A220" s="1" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="B220">
         <v>1</v>
       </c>
       <c r="C220" t="s">
         <v>15</v>
       </c>
       <c r="D220">
         <v>1994</v>
       </c>
       <c r="F220">
         <v>373</v>
       </c>
       <c r="G220" t="s">
         <v>19</v>
       </c>
       <c r="H220" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="I220">
         <v>4200</v>
       </c>
       <c r="K220">
         <v>1</v>
       </c>
       <c r="L220">
         <v>138680</v>
       </c>
       <c r="M220">
         <v>2026</v>
       </c>
       <c r="N220" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="221" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A221" s="1" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="B221">
         <v>1</v>
       </c>
       <c r="C221" t="s">
         <v>15</v>
       </c>
       <c r="D221">
         <v>1935</v>
       </c>
       <c r="F221">
         <v>373</v>
       </c>
       <c r="G221" t="s">
         <v>19</v>
       </c>
       <c r="H221" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="I221">
         <v>6752</v>
       </c>
       <c r="K221">
         <v>1</v>
       </c>
       <c r="L221">
         <v>93680</v>
       </c>
       <c r="M221">
         <v>2026</v>
       </c>
       <c r="N221" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="222" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A222" s="1" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="B222">
         <v>1</v>
       </c>
       <c r="C222" t="s">
         <v>15</v>
       </c>
       <c r="D222">
         <v>1987</v>
       </c>
       <c r="F222">
         <v>398</v>
       </c>
       <c r="G222" t="s">
         <v>29</v>
       </c>
       <c r="H222" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="I222">
         <v>7900</v>
       </c>
       <c r="K222">
         <v>1</v>
       </c>
       <c r="L222">
         <v>212510</v>
       </c>
       <c r="M222">
         <v>2026</v>
       </c>
       <c r="N222" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="223" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A223" s="1" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B223">
         <v>1</v>
       </c>
       <c r="C223" t="s">
         <v>15</v>
       </c>
       <c r="D223">
         <v>2001</v>
       </c>
       <c r="F223">
         <v>398</v>
       </c>
       <c r="G223" t="s">
         <v>29</v>
       </c>
       <c r="H223" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I223">
         <v>2000</v>
       </c>
       <c r="K223">
         <v>1</v>
       </c>
       <c r="L223">
         <v>60770</v>
       </c>
       <c r="M223">
         <v>2026</v>
       </c>
       <c r="N223" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="224" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A224" s="1" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B224">
         <v>2</v>
       </c>
       <c r="C224" t="s">
         <v>15</v>
       </c>
       <c r="D224">
         <v>2001</v>
       </c>
       <c r="F224">
         <v>398</v>
       </c>
       <c r="G224" t="s">
         <v>29</v>
       </c>
       <c r="I224">
         <v>3600</v>
       </c>
       <c r="K224">
         <v>1</v>
       </c>
       <c r="L224">
         <v>94440</v>
       </c>
       <c r="M224">
         <v>2026</v>
       </c>
       <c r="N224" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="225" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A225" s="1" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="B225">
         <v>1</v>
       </c>
       <c r="C225" t="s">
         <v>15</v>
       </c>
       <c r="D225">
         <v>1986</v>
       </c>
       <c r="F225">
         <v>398</v>
       </c>
       <c r="G225" t="s">
         <v>29</v>
       </c>
       <c r="H225" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="I225">
         <v>1500</v>
       </c>
       <c r="K225">
         <v>1</v>
       </c>
       <c r="L225">
         <v>23820</v>
       </c>
       <c r="M225">
         <v>2026</v>
       </c>
       <c r="N225" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="226" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A226" s="1" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="B226">
         <v>1</v>
       </c>
       <c r="C226" t="s">
         <v>15</v>
       </c>
       <c r="D226">
         <v>1970</v>
       </c>
       <c r="F226">
         <v>373</v>
       </c>
       <c r="G226" t="s">
         <v>19</v>
       </c>
       <c r="H226" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="I226">
         <v>450</v>
       </c>
       <c r="K226">
         <v>1</v>
       </c>
       <c r="L226">
         <v>15440</v>
       </c>
       <c r="M226">
         <v>2026</v>
       </c>
       <c r="N226" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="227" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A227" s="1" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="B227">
         <v>1</v>
       </c>
       <c r="C227" t="s">
         <v>15</v>
       </c>
       <c r="D227">
         <v>2001</v>
       </c>
       <c r="F227">
         <v>348</v>
       </c>
       <c r="G227" t="s">
         <v>35</v>
       </c>
       <c r="H227" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="I227">
         <v>1088</v>
       </c>
       <c r="K227">
         <v>1</v>
       </c>
       <c r="L227">
         <v>37830</v>
       </c>
       <c r="M227">
         <v>2026</v>
       </c>
       <c r="N227" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="228" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A228" s="1" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B228">
         <v>1</v>
       </c>
       <c r="C228" t="s">
         <v>15</v>
       </c>
       <c r="D228">
         <v>1997</v>
       </c>
       <c r="F228">
         <v>398</v>
       </c>
       <c r="G228" t="s">
         <v>29</v>
       </c>
       <c r="H228" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="I228">
         <v>20000</v>
       </c>
       <c r="K228">
         <v>1</v>
       </c>
       <c r="L228">
         <v>335620</v>
       </c>
       <c r="M228">
         <v>2026</v>
       </c>
       <c r="N228" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="229" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A229" s="1" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B229">
         <v>1</v>
       </c>
       <c r="C229" t="s">
         <v>15</v>
       </c>
       <c r="D229">
         <v>1988</v>
       </c>
       <c r="F229">
         <v>398</v>
       </c>
       <c r="G229" t="s">
         <v>29</v>
       </c>
       <c r="H229" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="I229">
         <v>20000</v>
       </c>
       <c r="K229">
         <v>1</v>
       </c>
       <c r="L229">
         <v>449920</v>
       </c>
       <c r="M229">
         <v>2026</v>
       </c>
       <c r="N229" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="230" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A230" s="1" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="B230">
         <v>1</v>
       </c>
       <c r="C230" t="s">
         <v>15</v>
       </c>
       <c r="D230">
         <v>1994</v>
       </c>
       <c r="F230">
         <v>348</v>
       </c>
       <c r="G230" t="s">
         <v>35</v>
       </c>
       <c r="H230" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="I230">
         <v>1188</v>
       </c>
       <c r="K230">
         <v>1</v>
       </c>
       <c r="L230">
         <v>49260</v>
       </c>
       <c r="M230">
         <v>2026</v>
       </c>
       <c r="N230" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="231" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A231" s="1" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="B231">
         <v>1</v>
       </c>
       <c r="C231" t="s">
         <v>15</v>
       </c>
       <c r="D231">
         <v>1990</v>
       </c>
       <c r="F231">
         <v>321</v>
       </c>
       <c r="G231" t="s">
         <v>39</v>
       </c>
       <c r="H231" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="I231">
         <v>1408</v>
       </c>
       <c r="K231">
         <v>1</v>
       </c>
       <c r="L231">
         <v>35440</v>
       </c>
       <c r="M231">
         <v>2026</v>
       </c>
       <c r="N231" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="232" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A232" s="1" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="B232">
         <v>1</v>
       </c>
       <c r="C232" t="s">
         <v>15</v>
       </c>
       <c r="D232">
         <v>1986</v>
       </c>
       <c r="F232">
         <v>321</v>
       </c>
       <c r="G232" t="s">
         <v>39</v>
       </c>
       <c r="H232" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="I232">
         <v>3908</v>
       </c>
       <c r="K232">
         <v>1</v>
       </c>
       <c r="L232">
         <v>308790</v>
       </c>
       <c r="M232">
         <v>2026</v>
       </c>
       <c r="N232" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="233" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A233" s="1" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="B233">
         <v>2</v>
       </c>
       <c r="C233" t="s">
         <v>15</v>
       </c>
       <c r="D233">
         <v>1950</v>
       </c>
       <c r="F233">
         <v>612</v>
       </c>
       <c r="G233" t="s">
         <v>106</v>
       </c>
       <c r="I233">
         <v>1982</v>
       </c>
       <c r="J233">
         <v>1</v>
       </c>
       <c r="K233">
         <v>1</v>
       </c>
       <c r="L233">
         <v>41860</v>
       </c>
       <c r="M233">
         <v>2026</v>
       </c>
       <c r="N233" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="234" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A234" s="1" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B234">
         <v>1</v>
       </c>
       <c r="C234" t="s">
         <v>15</v>
       </c>
       <c r="D234">
         <v>2022</v>
       </c>
       <c r="F234">
         <v>373</v>
       </c>
       <c r="G234" t="s">
         <v>19</v>
       </c>
       <c r="I234">
         <v>10832</v>
       </c>
       <c r="L234">
         <v>629210</v>
       </c>
       <c r="M234">
         <v>2026</v>
       </c>
       <c r="N234" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="235" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A235" s="1" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="B235">
         <v>1</v>
       </c>
       <c r="C235" t="s">
         <v>15</v>
       </c>
       <c r="D235">
         <v>1975</v>
       </c>
       <c r="F235">
         <v>611</v>
       </c>
       <c r="G235" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H235" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="I235">
         <v>9641</v>
       </c>
       <c r="K235">
         <v>1</v>
       </c>
       <c r="L235">
         <v>605230</v>
       </c>
       <c r="M235">
         <v>2026</v>
       </c>
       <c r="N235" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="236" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A236" s="1" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B236">
         <v>6</v>
       </c>
       <c r="C236" t="s">
         <v>15</v>
       </c>
       <c r="D236">
         <v>1985</v>
       </c>
       <c r="F236">
         <v>612</v>
       </c>
       <c r="G236" t="s">
         <v>106</v>
       </c>
       <c r="H236" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="I236">
         <v>86469</v>
       </c>
       <c r="K236">
         <v>1</v>
       </c>
       <c r="L236">
         <v>6168350</v>
       </c>
       <c r="M236">
         <v>2026</v>
       </c>
       <c r="N236" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="237" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A237" s="1" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B237">
         <v>7</v>
       </c>
       <c r="C237" t="s">
         <v>15</v>
       </c>
       <c r="D237">
         <v>2005</v>
       </c>
       <c r="F237">
         <v>398</v>
       </c>
       <c r="G237" t="s">
         <v>29</v>
       </c>
       <c r="I237">
         <v>4500</v>
       </c>
       <c r="K237">
         <v>1</v>
       </c>
       <c r="L237">
         <v>134010</v>
       </c>
       <c r="M237">
         <v>2026</v>
       </c>
       <c r="N237" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="238" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A238" s="1" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B238">
         <v>1</v>
       </c>
       <c r="C238" t="s">
         <v>15</v>
       </c>
       <c r="D238">
         <v>1996</v>
       </c>
       <c r="F238">
         <v>612</v>
       </c>
       <c r="G238" t="s">
         <v>106</v>
       </c>
       <c r="H238" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="I238">
         <v>164748</v>
       </c>
       <c r="K238">
         <v>1</v>
       </c>
       <c r="L238">
         <v>13393170</v>
       </c>
       <c r="M238">
         <v>2026</v>
       </c>
       <c r="N238" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="239" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A239" s="1" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B239">
         <v>2</v>
       </c>
       <c r="C239" t="s">
         <v>15</v>
       </c>
       <c r="D239">
         <v>2005</v>
       </c>
       <c r="F239">
         <v>612</v>
       </c>
       <c r="G239" t="s">
         <v>106</v>
       </c>
       <c r="I239">
         <v>7050</v>
       </c>
       <c r="K239">
         <v>2</v>
       </c>
       <c r="L239">
         <v>396460</v>
       </c>
       <c r="M239">
         <v>2026</v>
       </c>
       <c r="N239" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="240" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A240" s="1" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B240">
         <v>3</v>
       </c>
       <c r="C240" t="s">
         <v>15</v>
       </c>
       <c r="D240">
         <v>2005</v>
       </c>
       <c r="F240">
         <v>612</v>
       </c>
       <c r="G240" t="s">
         <v>106</v>
       </c>
       <c r="I240">
         <v>1170</v>
       </c>
       <c r="K240">
         <v>1</v>
       </c>
       <c r="L240">
         <v>70670</v>
       </c>
       <c r="M240">
         <v>2026</v>
       </c>
       <c r="N240" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="241" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A241" s="1" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B241">
         <v>4</v>
       </c>
       <c r="C241" t="s">
         <v>15</v>
       </c>
       <c r="D241">
         <v>2005</v>
       </c>
       <c r="F241">
         <v>612</v>
       </c>
       <c r="G241" t="s">
         <v>106</v>
       </c>
       <c r="I241">
         <v>1200</v>
       </c>
       <c r="K241">
         <v>1</v>
       </c>
       <c r="L241">
         <v>36020</v>
       </c>
       <c r="M241">
         <v>2026</v>
       </c>
       <c r="N241" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="242" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A242" s="1" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B242">
         <v>1</v>
       </c>
       <c r="C242" t="s">
         <v>15</v>
       </c>
       <c r="D242">
         <v>2009</v>
       </c>
       <c r="F242">
         <v>620</v>
       </c>
       <c r="G242" t="s">
         <v>90</v>
       </c>
       <c r="H242" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="I242">
         <v>6216</v>
       </c>
       <c r="K242">
         <v>1</v>
       </c>
       <c r="L242">
         <v>408400</v>
       </c>
       <c r="M242">
         <v>2026</v>
       </c>
       <c r="N242" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="243" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A243" s="1" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="B243">
         <v>1</v>
       </c>
       <c r="C243" t="s">
         <v>15</v>
       </c>
       <c r="D243">
         <v>2008</v>
       </c>
       <c r="F243">
         <v>353</v>
       </c>
       <c r="G243" t="s">
         <v>57</v>
       </c>
       <c r="H243" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="I243">
         <v>6000</v>
       </c>
       <c r="K243">
         <v>1</v>
       </c>
       <c r="L243">
         <v>324170</v>
       </c>
       <c r="M243">
         <v>2026</v>
       </c>
       <c r="N243" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="244" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A244" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="B244">
         <v>1</v>
       </c>
       <c r="C244" t="s">
         <v>15</v>
       </c>
       <c r="D244">
         <v>1970</v>
       </c>
       <c r="F244">
         <v>373</v>
       </c>
       <c r="G244" t="s">
         <v>19</v>
       </c>
       <c r="H244" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="I244">
         <v>220</v>
       </c>
       <c r="K244">
         <v>1</v>
       </c>
       <c r="L244">
         <v>4970</v>
       </c>
       <c r="M244">
         <v>2026</v>
       </c>
       <c r="N244" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="245" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A245" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="B245">
         <v>2</v>
       </c>
       <c r="C245" t="s">
         <v>15</v>
       </c>
       <c r="D245">
         <v>1971</v>
       </c>
       <c r="F245">
         <v>101</v>
       </c>
       <c r="G245" t="s">
         <v>43</v>
       </c>
       <c r="H245" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="I245">
         <v>2278</v>
       </c>
       <c r="K245">
         <v>1</v>
       </c>
       <c r="L245">
         <v>100810</v>
       </c>
       <c r="M245">
         <v>2026</v>
       </c>
       <c r="N245" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="246" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A246" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="B246">
         <v>3</v>
       </c>
       <c r="C246" t="s">
         <v>15</v>
       </c>
       <c r="D246">
         <v>1971</v>
       </c>
       <c r="F246">
         <v>373</v>
       </c>
       <c r="G246" t="s">
         <v>19</v>
       </c>
       <c r="I246">
         <v>4741</v>
       </c>
       <c r="K246">
         <v>1</v>
       </c>
       <c r="L246">
         <v>52040</v>
       </c>
       <c r="M246">
         <v>2026</v>
       </c>
       <c r="N246" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="247" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A247" s="1" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="B247">
         <v>1</v>
       </c>
       <c r="C247" t="s">
         <v>15</v>
       </c>
       <c r="D247">
         <v>1972</v>
       </c>
       <c r="E247">
         <v>1980</v>
       </c>
       <c r="F247">
         <v>373</v>
       </c>
       <c r="G247" t="s">
         <v>19</v>
       </c>
       <c r="H247" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="I247">
         <v>1150</v>
       </c>
       <c r="K247">
         <v>1</v>
       </c>
       <c r="L247">
         <v>40830</v>
       </c>
       <c r="M247">
         <v>2026</v>
       </c>
       <c r="N247" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="248" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A248" s="1" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="B248">
         <v>1</v>
       </c>
       <c r="C248" t="s">
         <v>15</v>
       </c>
       <c r="D248">
         <v>1980</v>
       </c>
       <c r="F248">
         <v>349</v>
       </c>
       <c r="G248" t="s">
         <v>51</v>
       </c>
       <c r="H248" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I248">
         <v>1134</v>
       </c>
       <c r="K248">
         <v>1</v>
       </c>
       <c r="L248">
         <v>66760</v>
       </c>
       <c r="M248">
         <v>2026</v>
       </c>
       <c r="N248" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="249" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A249" s="1" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B249">
         <v>1</v>
       </c>
       <c r="C249" t="s">
         <v>15</v>
       </c>
       <c r="D249">
         <v>1989</v>
       </c>
       <c r="F249">
         <v>373</v>
       </c>
       <c r="G249" t="s">
         <v>19</v>
       </c>
       <c r="H249" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="I249">
         <v>696</v>
       </c>
       <c r="K249">
         <v>1</v>
       </c>
       <c r="L249">
         <v>8060</v>
       </c>
       <c r="M249">
         <v>2026</v>
       </c>
       <c r="N249" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="250" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A250" s="1" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="B250">
         <v>1</v>
       </c>
       <c r="C250" t="s">
         <v>15</v>
       </c>
       <c r="D250">
         <v>1966</v>
       </c>
       <c r="F250">
         <v>105</v>
       </c>
       <c r="G250" t="s">
         <v>187</v>
       </c>
       <c r="H250" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="I250">
         <v>5756</v>
       </c>
       <c r="K250">
         <v>1</v>
       </c>
       <c r="L250">
         <v>299800</v>
       </c>
       <c r="M250">
         <v>2026</v>
       </c>
       <c r="N250" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="251" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A251" s="1" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B251">
         <v>1</v>
       </c>
       <c r="C251" t="s">
         <v>15</v>
       </c>
       <c r="D251">
         <v>1990</v>
       </c>
       <c r="F251">
         <v>399</v>
       </c>
       <c r="G251" t="s">
         <v>54</v>
       </c>
       <c r="H251" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="I251">
         <v>5520</v>
       </c>
       <c r="K251">
         <v>1</v>
       </c>
       <c r="L251">
         <v>98440</v>
       </c>
       <c r="M251">
         <v>2026</v>
       </c>
       <c r="N251" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="252" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A252" s="1" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="B252">
         <v>2</v>
       </c>
       <c r="C252" t="s">
         <v>15</v>
       </c>
       <c r="D252">
         <v>1993</v>
       </c>
       <c r="F252">
         <v>369</v>
       </c>
       <c r="G252" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="H252" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="I252">
         <v>1104</v>
       </c>
       <c r="K252">
         <v>1</v>
       </c>
       <c r="L252">
         <v>21720</v>
       </c>
       <c r="M252">
         <v>2026</v>
       </c>
       <c r="N252" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="253" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A253" s="1" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="B253">
         <v>2</v>
       </c>
       <c r="C253" t="s">
         <v>15</v>
       </c>
       <c r="D253">
         <v>2005</v>
       </c>
       <c r="F253">
         <v>398</v>
       </c>
       <c r="G253" t="s">
         <v>29</v>
       </c>
       <c r="H253" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="I253">
         <v>1968</v>
       </c>
       <c r="K253">
         <v>1</v>
       </c>
       <c r="L253">
         <v>40370</v>
       </c>
       <c r="M253">
         <v>2026</v>
       </c>
       <c r="N253" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="254" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A254" s="1" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="B254">
         <v>1</v>
       </c>
       <c r="C254" t="s">
         <v>15</v>
       </c>
       <c r="D254">
         <v>1940</v>
       </c>
       <c r="F254">
         <v>211</v>
       </c>
       <c r="G254" t="s">
         <v>101</v>
       </c>
       <c r="H254" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="I254">
         <v>4828</v>
       </c>
       <c r="J254">
         <v>7</v>
       </c>
       <c r="K254">
         <v>1</v>
       </c>
       <c r="L254">
         <v>193640</v>
       </c>
       <c r="M254">
         <v>2026</v>
       </c>
       <c r="N254" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="255" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A255" s="1" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B255">
         <v>1</v>
       </c>
       <c r="C255" t="s">
         <v>15</v>
       </c>
       <c r="D255">
         <v>1941</v>
       </c>
       <c r="F255">
         <v>321</v>
       </c>
       <c r="G255" t="s">
         <v>39</v>
       </c>
       <c r="H255" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="I255">
         <v>5726</v>
       </c>
       <c r="K255">
         <v>1</v>
       </c>
       <c r="L255">
         <v>334850</v>
       </c>
       <c r="M255">
         <v>2026</v>
       </c>
       <c r="N255" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="256" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A256" s="1" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B256">
         <v>2</v>
       </c>
       <c r="C256" t="s">
         <v>15</v>
       </c>
       <c r="D256">
         <v>1983</v>
       </c>
       <c r="F256">
         <v>373</v>
       </c>
       <c r="G256" t="s">
         <v>19</v>
       </c>
       <c r="H256" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="I256">
         <v>2040</v>
       </c>
       <c r="K256">
         <v>1</v>
       </c>
       <c r="L256">
         <v>49140</v>
       </c>
       <c r="M256">
         <v>2026</v>
       </c>
       <c r="N256" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="257" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A257" s="1" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B257">
         <v>3</v>
       </c>
       <c r="C257" t="s">
         <v>15</v>
       </c>
       <c r="D257">
         <v>1985</v>
       </c>
       <c r="F257">
         <v>101</v>
       </c>
       <c r="G257" t="s">
         <v>43</v>
       </c>
       <c r="H257" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="I257">
         <v>1484</v>
       </c>
       <c r="K257">
         <v>1</v>
       </c>
       <c r="L257">
         <v>84850</v>
       </c>
       <c r="M257">
         <v>2026</v>
       </c>
       <c r="N257" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="258" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A258" s="1" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B258">
         <v>4</v>
       </c>
       <c r="C258" t="s">
         <v>15</v>
       </c>
       <c r="D258">
         <v>2022</v>
       </c>
       <c r="F258">
         <v>373</v>
       </c>
       <c r="G258" t="s">
         <v>19</v>
       </c>
       <c r="I258">
         <v>2400</v>
       </c>
       <c r="J258">
         <v>1</v>
       </c>
       <c r="L258">
         <v>204380</v>
       </c>
       <c r="M258">
         <v>2026</v>
       </c>
       <c r="N258" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="259" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A259" s="1" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="B259">
         <v>1</v>
       </c>
       <c r="C259" t="s">
         <v>15</v>
       </c>
       <c r="D259">
         <v>1981</v>
       </c>
       <c r="F259">
         <v>348</v>
       </c>
       <c r="G259" t="s">
         <v>35</v>
       </c>
       <c r="H259" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="I259">
         <v>640</v>
       </c>
       <c r="K259">
         <v>1</v>
       </c>
       <c r="L259">
         <v>18430</v>
       </c>
       <c r="M259">
         <v>2026</v>
       </c>
       <c r="N259" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="260" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A260" s="1" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="B260">
         <v>2</v>
       </c>
       <c r="C260" t="s">
         <v>15</v>
       </c>
       <c r="D260">
         <v>1988</v>
       </c>
       <c r="F260">
         <v>399</v>
       </c>
       <c r="G260" t="s">
         <v>54</v>
       </c>
       <c r="H260" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="I260">
         <v>2800</v>
       </c>
       <c r="K260">
         <v>1</v>
       </c>
       <c r="L260">
         <v>31700</v>
       </c>
       <c r="M260">
         <v>2026</v>
       </c>
       <c r="N260" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="261" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A261" s="1" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="B261">
         <v>1</v>
       </c>
       <c r="C261" t="s">
         <v>15</v>
       </c>
       <c r="D261">
         <v>1989</v>
       </c>
       <c r="F261">
         <v>373</v>
       </c>
       <c r="G261" t="s">
         <v>19</v>
       </c>
       <c r="H261" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="I261">
         <v>3291</v>
       </c>
       <c r="K261">
         <v>1</v>
       </c>
       <c r="L261">
         <v>18500</v>
       </c>
       <c r="M261">
         <v>2026</v>
       </c>
       <c r="N261" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="262" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A262" s="1" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="B262">
         <v>1</v>
       </c>
       <c r="C262" t="s">
         <v>15</v>
       </c>
       <c r="D262">
         <v>1968</v>
       </c>
       <c r="F262">
         <v>347</v>
       </c>
       <c r="G262" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="H262" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="I262">
         <v>5661</v>
       </c>
       <c r="K262">
         <v>1</v>
       </c>
       <c r="L262">
         <v>115600</v>
       </c>
       <c r="M262">
         <v>2026</v>
       </c>
       <c r="N262" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="263" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A263" s="1" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="B263">
         <v>1</v>
       </c>
       <c r="C263" t="s">
         <v>15</v>
       </c>
       <c r="D263">
         <v>1980</v>
       </c>
       <c r="F263">
         <v>620</v>
       </c>
       <c r="G263" t="s">
         <v>90</v>
       </c>
       <c r="H263" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="I263">
         <v>7344</v>
       </c>
       <c r="K263">
         <v>1</v>
       </c>
       <c r="L263">
         <v>362410</v>
       </c>
       <c r="M263">
         <v>2026</v>
       </c>
       <c r="N263" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="264" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A264" s="1" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="B264">
         <v>1</v>
       </c>
       <c r="C264" t="s">
         <v>15</v>
       </c>
       <c r="D264">
         <v>2008</v>
       </c>
       <c r="F264">
         <v>660</v>
       </c>
       <c r="G264" t="s">
         <v>195</v>
       </c>
       <c r="H264" t="s">
         <v>196</v>
       </c>
       <c r="I264">
         <v>9054</v>
       </c>
       <c r="K264">
         <v>1</v>
       </c>
       <c r="L264">
         <v>340530</v>
       </c>
       <c r="M264">
         <v>2026</v>
       </c>
       <c r="N264" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="265" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A265" s="1" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="B265">
         <v>2</v>
       </c>
       <c r="C265" t="s">
         <v>15</v>
       </c>
       <c r="D265">
         <v>2008</v>
       </c>
       <c r="F265">
         <v>398</v>
       </c>
       <c r="G265" t="s">
         <v>29</v>
       </c>
       <c r="I265">
         <v>3920</v>
       </c>
       <c r="K265">
         <v>1</v>
       </c>
       <c r="L265">
         <v>85870</v>
       </c>
       <c r="M265">
         <v>2026</v>
       </c>
       <c r="N265" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="266" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A266" s="1" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="B266">
         <v>1</v>
       </c>
       <c r="C266" t="s">
         <v>15</v>
       </c>
       <c r="D266">
         <v>2019</v>
       </c>
       <c r="F266">
         <v>373</v>
       </c>
       <c r="G266" t="s">
         <v>19</v>
       </c>
       <c r="H266" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I266">
         <v>9366</v>
       </c>
       <c r="J266">
         <v>1</v>
       </c>
       <c r="K266">
         <v>1</v>
       </c>
       <c r="L266">
         <v>652110</v>
       </c>
       <c r="M266">
         <v>2026</v>
       </c>
       <c r="N266" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="267" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A267" s="1" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="B267">
         <v>1</v>
       </c>
       <c r="C267" t="s">
         <v>15</v>
       </c>
       <c r="D267">
         <v>1991</v>
       </c>
       <c r="F267">
         <v>398</v>
       </c>
       <c r="G267" t="s">
         <v>29</v>
       </c>
       <c r="I267">
         <v>1785</v>
       </c>
       <c r="K267">
         <v>1</v>
       </c>
       <c r="L267">
         <v>31710</v>
       </c>
       <c r="M267">
         <v>2026</v>
       </c>
       <c r="N267" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="268" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A268" s="1" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="B268">
         <v>1</v>
       </c>
       <c r="C268" t="s">
         <v>15</v>
       </c>
       <c r="D268">
         <v>1999</v>
       </c>
       <c r="F268">
         <v>373</v>
       </c>
       <c r="G268" t="s">
         <v>19</v>
       </c>
       <c r="H268" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="I268">
         <v>1568</v>
       </c>
       <c r="K268">
         <v>1</v>
       </c>
       <c r="L268">
         <v>62850</v>
       </c>
       <c r="M268">
         <v>2026</v>
       </c>
       <c r="N268" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="269" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A269" s="1" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B269">
         <v>1</v>
       </c>
       <c r="C269" t="s">
         <v>15</v>
       </c>
       <c r="D269">
         <v>1985</v>
       </c>
       <c r="F269">
         <v>612</v>
       </c>
       <c r="G269" t="s">
         <v>106</v>
       </c>
       <c r="H269" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="I269">
         <v>19364</v>
       </c>
       <c r="J269">
         <v>1</v>
       </c>
       <c r="K269">
         <v>1</v>
       </c>
       <c r="L269">
         <v>1983400</v>
       </c>
       <c r="M269">
         <v>2026</v>
       </c>
       <c r="N269" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="270" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A270" s="1" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B270">
         <v>2</v>
       </c>
       <c r="C270" t="s">
         <v>15</v>
       </c>
       <c r="D270">
         <v>1991</v>
       </c>
       <c r="F270">
         <v>612</v>
       </c>
       <c r="G270" t="s">
         <v>106</v>
       </c>
       <c r="I270">
         <v>7479</v>
       </c>
       <c r="J270">
         <v>1</v>
       </c>
       <c r="K270">
         <v>1</v>
       </c>
       <c r="L270">
         <v>831770</v>
       </c>
       <c r="M270">
         <v>2026</v>
       </c>
       <c r="N270" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="271" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A271" s="1" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B271">
         <v>3</v>
       </c>
       <c r="C271" t="s">
         <v>15</v>
       </c>
       <c r="D271">
         <v>1991</v>
       </c>
       <c r="F271">
         <v>612</v>
       </c>
       <c r="G271" t="s">
         <v>106</v>
       </c>
       <c r="I271">
         <v>5596</v>
       </c>
       <c r="J271">
         <v>1</v>
       </c>
       <c r="K271">
         <v>1</v>
       </c>
       <c r="L271">
         <v>659190</v>
       </c>
       <c r="M271">
         <v>2026</v>
       </c>
       <c r="N271" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="272" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A272" s="1" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B272">
         <v>4</v>
       </c>
       <c r="C272" t="s">
         <v>15</v>
       </c>
       <c r="D272">
         <v>1991</v>
       </c>
       <c r="F272">
         <v>612</v>
       </c>
       <c r="G272" t="s">
         <v>106</v>
       </c>
       <c r="I272">
         <v>9757</v>
       </c>
       <c r="J272">
         <v>1</v>
       </c>
       <c r="K272">
         <v>1</v>
       </c>
       <c r="L272">
         <v>1117130</v>
       </c>
       <c r="M272">
         <v>2026</v>
       </c>
       <c r="N272" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="273" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A273" s="1" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="B273">
         <v>1</v>
       </c>
       <c r="C273" t="s">
         <v>15</v>
       </c>
       <c r="D273">
         <v>1920</v>
       </c>
       <c r="F273">
         <v>101</v>
       </c>
       <c r="G273" t="s">
         <v>43</v>
       </c>
       <c r="H273" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="I273">
         <v>2093</v>
       </c>
       <c r="K273">
         <v>1</v>
       </c>
       <c r="L273">
         <v>109290</v>
       </c>
       <c r="M273">
         <v>2026</v>
       </c>
       <c r="N273" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="274" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A274" s="1" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="B274">
         <v>2</v>
       </c>
       <c r="C274" t="s">
         <v>15</v>
       </c>
       <c r="D274">
         <v>1912</v>
       </c>
       <c r="F274">
         <v>373</v>
       </c>
       <c r="G274" t="s">
         <v>19</v>
       </c>
       <c r="I274">
         <v>2671</v>
       </c>
       <c r="K274">
         <v>1</v>
       </c>
       <c r="L274">
         <v>18300</v>
       </c>
       <c r="M274">
         <v>2026</v>
       </c>
       <c r="N274" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="275" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A275" s="1" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="B275">
         <v>1</v>
       </c>
       <c r="C275" t="s">
         <v>15</v>
       </c>
       <c r="D275">
         <v>1960</v>
       </c>
       <c r="E275">
         <v>1985</v>
       </c>
       <c r="F275">
         <v>321</v>
       </c>
       <c r="G275" t="s">
         <v>39</v>
       </c>
       <c r="I275">
         <v>3896</v>
       </c>
       <c r="J275">
         <v>1</v>
       </c>
       <c r="K275">
         <v>1</v>
       </c>
       <c r="L275">
         <v>147730</v>
       </c>
       <c r="M275">
         <v>2026</v>
       </c>
       <c r="N275" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="276" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A276" s="1" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="B276">
         <v>1</v>
       </c>
       <c r="C276" t="s">
         <v>15</v>
       </c>
       <c r="D276">
         <v>1991</v>
       </c>
       <c r="F276">
         <v>388</v>
       </c>
       <c r="G276" t="s">
         <v>16</v>
       </c>
       <c r="H276" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="I276">
         <v>2120</v>
       </c>
       <c r="K276">
         <v>1</v>
       </c>
       <c r="L276">
         <v>47070</v>
       </c>
       <c r="M276">
         <v>2026</v>
       </c>
       <c r="N276" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="277" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A277" s="1" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="B277">
         <v>1</v>
       </c>
       <c r="C277" t="s">
         <v>15</v>
       </c>
       <c r="D277">
         <v>1964</v>
       </c>
       <c r="F277">
         <v>101</v>
       </c>
       <c r="G277" t="s">
         <v>43</v>
       </c>
       <c r="H277" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="I277">
         <v>1736</v>
       </c>
       <c r="K277">
         <v>1</v>
       </c>
       <c r="L277">
         <v>97430</v>
       </c>
       <c r="M277">
         <v>2026</v>
       </c>
       <c r="N277" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="278" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A278" s="1" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="B278">
         <v>2</v>
       </c>
       <c r="C278" t="s">
         <v>15</v>
       </c>
       <c r="D278">
         <v>1920</v>
       </c>
       <c r="E278">
         <v>1964</v>
       </c>
       <c r="F278">
         <v>620</v>
       </c>
       <c r="G278" t="s">
         <v>90</v>
       </c>
       <c r="H278" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="I278">
         <v>6273</v>
       </c>
       <c r="K278">
         <v>1</v>
       </c>
       <c r="L278">
         <v>288710</v>
       </c>
       <c r="M278">
         <v>2026</v>
       </c>
       <c r="N278" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="279" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A279" s="1" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="B279">
         <v>1</v>
       </c>
       <c r="C279" t="s">
         <v>15</v>
       </c>
       <c r="D279">
         <v>1973</v>
       </c>
       <c r="E279">
         <v>2000</v>
       </c>
       <c r="F279">
         <v>610</v>
       </c>
       <c r="G279" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H279" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="I279">
         <v>8580</v>
       </c>
       <c r="K279">
         <v>1</v>
       </c>
       <c r="L279">
         <v>271540</v>
       </c>
       <c r="M279">
         <v>2026</v>
       </c>
       <c r="N279" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="280" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A280" s="1" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="B280">
         <v>1</v>
       </c>
       <c r="C280" t="s">
         <v>15</v>
       </c>
       <c r="D280">
         <v>1950</v>
       </c>
       <c r="F280">
         <v>315</v>
       </c>
       <c r="G280" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="H280" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="I280">
         <v>2144</v>
       </c>
       <c r="J280">
         <v>6</v>
       </c>
       <c r="K280">
         <v>1</v>
       </c>
       <c r="L280">
         <v>35360</v>
       </c>
       <c r="M280">
         <v>2026</v>
       </c>
       <c r="N280" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="281" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A281" s="1" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="B281">
         <v>1</v>
       </c>
       <c r="C281" t="s">
         <v>15</v>
       </c>
       <c r="D281">
         <v>1985</v>
       </c>
       <c r="F281">
         <v>373</v>
       </c>
       <c r="G281" t="s">
         <v>19</v>
       </c>
       <c r="H281" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="I281">
         <v>8740</v>
       </c>
       <c r="K281">
         <v>1</v>
       </c>
       <c r="L281">
         <v>154040</v>
       </c>
       <c r="M281">
         <v>2026</v>
       </c>
       <c r="N281" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="282" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A282" s="1" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B282">
         <v>1</v>
       </c>
       <c r="C282" t="s">
         <v>15</v>
       </c>
       <c r="D282">
         <v>1988</v>
       </c>
       <c r="F282">
         <v>399</v>
       </c>
       <c r="G282" t="s">
         <v>54</v>
       </c>
       <c r="H282" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="I282">
         <v>3600</v>
       </c>
       <c r="K282">
         <v>1</v>
       </c>
       <c r="L282">
         <v>41510</v>
       </c>
       <c r="M282">
         <v>2026</v>
       </c>
       <c r="N282" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="283" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A283" s="1" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="B283">
         <v>1</v>
       </c>
       <c r="C283" t="s">
         <v>15</v>
       </c>
       <c r="D283">
         <v>1986</v>
       </c>
       <c r="F283">
         <v>398</v>
       </c>
       <c r="G283" t="s">
         <v>29</v>
       </c>
       <c r="H283" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="I283">
         <v>1274</v>
       </c>
       <c r="K283">
         <v>1</v>
       </c>
       <c r="L283">
         <v>53150</v>
       </c>
       <c r="M283">
         <v>2026</v>
       </c>
       <c r="N283" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="284" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A284" s="1" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B284">
         <v>2</v>
       </c>
       <c r="C284" t="s">
         <v>15</v>
       </c>
       <c r="D284">
         <v>1975</v>
       </c>
       <c r="F284">
         <v>373</v>
       </c>
       <c r="G284" t="s">
         <v>19</v>
       </c>
       <c r="H284" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="I284">
         <v>2688</v>
       </c>
       <c r="K284">
         <v>1</v>
       </c>
       <c r="L284">
         <v>45060</v>
       </c>
       <c r="M284">
         <v>2026</v>
       </c>
       <c r="N284" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="285" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A285" s="1" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B285">
         <v>3</v>
       </c>
       <c r="C285" t="s">
         <v>15</v>
       </c>
       <c r="D285">
         <v>1982</v>
       </c>
       <c r="F285">
         <v>398</v>
       </c>
       <c r="G285" t="s">
         <v>29</v>
       </c>
       <c r="H285" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="I285">
         <v>1500</v>
       </c>
       <c r="K285">
         <v>1</v>
       </c>
       <c r="L285">
         <v>20840</v>
       </c>
       <c r="M285">
         <v>2026</v>
       </c>
       <c r="N285" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="286" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A286" s="1" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="B286">
         <v>1</v>
       </c>
       <c r="C286" t="s">
         <v>15</v>
       </c>
       <c r="D286">
         <v>1985</v>
       </c>
       <c r="F286">
         <v>373</v>
       </c>
       <c r="G286" t="s">
         <v>19</v>
       </c>
       <c r="H286" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="I286">
         <v>384</v>
       </c>
       <c r="K286">
         <v>1</v>
       </c>
       <c r="L286">
         <v>5150</v>
       </c>
       <c r="M286">
         <v>2026</v>
       </c>
       <c r="N286" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="287" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A287" s="1" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="B287">
         <v>1</v>
       </c>
       <c r="C287" t="s">
         <v>15</v>
       </c>
       <c r="D287">
         <v>2008</v>
       </c>
       <c r="F287">
         <v>373</v>
       </c>
       <c r="G287" t="s">
         <v>19</v>
       </c>
       <c r="H287" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="I287">
         <v>7200</v>
       </c>
       <c r="K287">
         <v>1</v>
       </c>
       <c r="L287">
         <v>276200</v>
       </c>
       <c r="M287">
         <v>2026</v>
       </c>
       <c r="N287" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="288" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A288" s="1" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="B288">
         <v>1</v>
       </c>
       <c r="C288" t="s">
         <v>15</v>
       </c>
       <c r="D288">
         <v>2002</v>
       </c>
       <c r="F288">
         <v>373</v>
       </c>
       <c r="G288" t="s">
         <v>19</v>
       </c>
       <c r="H288" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="I288">
         <v>2880</v>
       </c>
       <c r="K288">
         <v>1</v>
       </c>
       <c r="L288">
         <v>108390</v>
       </c>
       <c r="M288">
         <v>2026</v>
       </c>
       <c r="N288" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="289" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A289" s="1" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="B289">
         <v>2</v>
       </c>
       <c r="C289" t="s">
         <v>15</v>
       </c>
       <c r="D289">
         <v>2007</v>
       </c>
       <c r="F289">
         <v>399</v>
       </c>
       <c r="G289" t="s">
         <v>54</v>
       </c>
       <c r="H289" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="I289">
         <v>3000</v>
       </c>
       <c r="K289">
         <v>1</v>
       </c>
       <c r="L289">
         <v>72370</v>
       </c>
       <c r="M289">
         <v>2026</v>
       </c>
       <c r="N289" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="290" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A290" s="1" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="B290">
         <v>1</v>
       </c>
       <c r="C290" t="s">
         <v>15</v>
       </c>
       <c r="D290">
         <v>2003</v>
       </c>
       <c r="F290">
         <v>353</v>
       </c>
       <c r="G290" t="s">
         <v>57</v>
       </c>
       <c r="H290" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="I290">
         <v>2474</v>
       </c>
       <c r="K290">
         <v>1</v>
       </c>
       <c r="L290">
         <v>176990</v>
       </c>
       <c r="M290">
         <v>2026</v>
       </c>
       <c r="N290" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="291" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A291" s="1" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="B291">
         <v>2</v>
       </c>
       <c r="C291" t="s">
         <v>15</v>
       </c>
       <c r="D291">
         <v>2003</v>
       </c>
       <c r="F291">
         <v>396</v>
       </c>
       <c r="G291" t="s">
         <v>114</v>
       </c>
       <c r="H291" t="s">
         <v>115</v>
       </c>
       <c r="I291">
         <v>2600</v>
       </c>
       <c r="K291">
         <v>1</v>
       </c>
       <c r="L291">
         <v>41150</v>
       </c>
       <c r="M291">
         <v>2026</v>
       </c>
       <c r="N291" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="292" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A292" s="1" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="B292">
         <v>1</v>
       </c>
       <c r="C292" t="s">
         <v>15</v>
       </c>
       <c r="D292">
         <v>1996</v>
       </c>
       <c r="F292">
         <v>353</v>
       </c>
       <c r="G292" t="s">
         <v>57</v>
       </c>
       <c r="H292" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="I292">
         <v>2268</v>
       </c>
       <c r="K292">
         <v>1</v>
       </c>
       <c r="L292">
         <v>115880</v>
       </c>
       <c r="M292">
         <v>2026</v>
       </c>
       <c r="N292" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="293" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A293" s="1" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="B293">
         <v>2</v>
       </c>
       <c r="C293" t="s">
         <v>15</v>
       </c>
       <c r="D293">
         <v>1996</v>
       </c>
       <c r="F293">
         <v>396</v>
       </c>
       <c r="G293" t="s">
         <v>114</v>
       </c>
       <c r="H293" t="s">
         <v>115</v>
       </c>
       <c r="I293">
         <v>20750</v>
       </c>
       <c r="K293">
         <v>1</v>
       </c>
       <c r="L293">
         <v>281850</v>
       </c>
       <c r="M293">
         <v>2026</v>
       </c>
       <c r="N293" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="294" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A294" s="1" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="B294">
         <v>1</v>
       </c>
       <c r="C294" t="s">
         <v>15</v>
       </c>
       <c r="D294">
         <v>1993</v>
       </c>
       <c r="F294">
         <v>399</v>
       </c>
       <c r="G294" t="s">
         <v>54</v>
       </c>
       <c r="H294" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="I294">
         <v>13500</v>
       </c>
       <c r="K294">
         <v>1</v>
       </c>
       <c r="L294">
         <v>178170</v>
       </c>
       <c r="M294">
         <v>2026</v>
       </c>
       <c r="N294" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="295" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A295" s="1" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="B295">
         <v>2</v>
       </c>
       <c r="C295" t="s">
         <v>15</v>
       </c>
       <c r="D295">
         <v>2012</v>
       </c>
       <c r="F295">
         <v>399</v>
       </c>
       <c r="G295" t="s">
         <v>54</v>
       </c>
       <c r="H295" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="I295">
         <v>7500</v>
       </c>
       <c r="K295">
         <v>1</v>
       </c>
       <c r="L295">
         <v>175570</v>
       </c>
       <c r="M295">
         <v>2026</v>
       </c>
       <c r="N295" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="296" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A296" s="1" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B296">
         <v>2</v>
       </c>
       <c r="C296" t="s">
         <v>15</v>
       </c>
       <c r="D296">
         <v>2008</v>
       </c>
       <c r="F296">
         <v>399</v>
       </c>
       <c r="G296" t="s">
         <v>54</v>
       </c>
       <c r="H296" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="I296">
         <v>5000</v>
       </c>
       <c r="K296">
         <v>1</v>
       </c>
       <c r="L296">
         <v>97060</v>
       </c>
       <c r="M296">
         <v>2026</v>
       </c>
       <c r="N296" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="297" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A297" s="1" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B297">
         <v>3</v>
       </c>
       <c r="C297" t="s">
         <v>15</v>
       </c>
       <c r="D297">
         <v>1976</v>
       </c>
       <c r="F297">
         <v>101</v>
       </c>
       <c r="G297" t="s">
         <v>43</v>
       </c>
       <c r="H297" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="I297">
         <v>2448</v>
       </c>
       <c r="K297">
         <v>1</v>
       </c>
       <c r="L297">
         <v>144550</v>
       </c>
       <c r="M297">
         <v>2026</v>
       </c>
       <c r="N297" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="298" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A298" s="1" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B298">
         <v>4</v>
       </c>
       <c r="C298" t="s">
         <v>15</v>
       </c>
       <c r="D298">
         <v>2012</v>
       </c>
       <c r="F298">
         <v>373</v>
       </c>
       <c r="G298" t="s">
         <v>19</v>
       </c>
       <c r="I298">
         <v>448</v>
       </c>
       <c r="K298">
         <v>1</v>
       </c>
       <c r="L298">
         <v>23570</v>
       </c>
       <c r="M298">
         <v>2026</v>
       </c>
       <c r="N298" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="299" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A299" s="1" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="B299">
         <v>1</v>
       </c>
       <c r="C299" t="s">
         <v>15</v>
       </c>
       <c r="D299">
         <v>2008</v>
       </c>
       <c r="F299">
         <v>321</v>
       </c>
       <c r="G299" t="s">
         <v>39</v>
       </c>
       <c r="H299" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="I299">
         <v>700</v>
       </c>
       <c r="K299">
         <v>1</v>
       </c>
       <c r="L299">
         <v>69790</v>
       </c>
       <c r="M299">
         <v>2026</v>
       </c>
       <c r="N299" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="300" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A300" s="1" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="B300">
         <v>1</v>
       </c>
       <c r="C300" t="s">
         <v>15</v>
       </c>
       <c r="D300">
         <v>1988</v>
       </c>
       <c r="F300">
         <v>332</v>
       </c>
       <c r="G300" t="s">
-        <v>122</v>
+        <v>174</v>
       </c>
       <c r="H300" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="I300">
         <v>2360</v>
       </c>
       <c r="K300">
         <v>1</v>
       </c>
       <c r="L300">
         <v>36030</v>
       </c>
       <c r="M300">
         <v>2026</v>
       </c>
       <c r="N300" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="301" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A301" s="1" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="B301">
         <v>2</v>
       </c>
       <c r="C301" t="s">
         <v>15</v>
       </c>
       <c r="D301">
         <v>2003</v>
       </c>
       <c r="F301">
         <v>399</v>
       </c>
       <c r="G301" t="s">
         <v>54</v>
       </c>
       <c r="H301" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="I301">
         <v>2400</v>
       </c>
       <c r="K301">
         <v>1</v>
       </c>
       <c r="L301">
         <v>37730</v>
       </c>
       <c r="M301">
         <v>2026</v>
       </c>
       <c r="N301" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="302" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A302" s="1" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="B302">
         <v>1</v>
       </c>
       <c r="C302" t="s">
         <v>15</v>
       </c>
       <c r="D302">
         <v>1962</v>
       </c>
       <c r="F302">
         <v>315</v>
       </c>
       <c r="G302" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="H302" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="I302">
         <v>4713</v>
       </c>
       <c r="J302">
         <v>5</v>
       </c>
       <c r="K302">
         <v>1</v>
       </c>
       <c r="L302">
         <v>140080</v>
       </c>
       <c r="M302">
         <v>2026</v>
       </c>
       <c r="N302" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="303" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A303" s="1" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="B303">
         <v>1</v>
       </c>
       <c r="C303" t="s">
         <v>15</v>
       </c>
       <c r="D303">
         <v>1970</v>
       </c>
       <c r="F303">
         <v>353</v>
       </c>
       <c r="G303" t="s">
         <v>57</v>
       </c>
       <c r="H303" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="I303">
         <v>384</v>
       </c>
       <c r="K303">
         <v>1</v>
       </c>
       <c r="L303">
         <v>9370</v>
       </c>
       <c r="M303">
         <v>2026</v>
       </c>
       <c r="N303" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="304" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A304" s="1" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="B304">
         <v>1</v>
       </c>
       <c r="C304" t="s">
         <v>15</v>
       </c>
       <c r="D304">
         <v>1969</v>
       </c>
       <c r="F304">
         <v>353</v>
       </c>
       <c r="G304" t="s">
         <v>57</v>
       </c>
       <c r="H304" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="I304">
         <v>884</v>
       </c>
       <c r="K304">
         <v>1</v>
       </c>
       <c r="L304">
         <v>14710</v>
       </c>
       <c r="M304">
         <v>2026</v>
       </c>
       <c r="N304" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="305" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A305" s="1" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="B305">
         <v>1</v>
       </c>
       <c r="C305" t="s">
         <v>15</v>
       </c>
       <c r="D305">
         <v>1940</v>
       </c>
       <c r="E305">
         <v>1975</v>
       </c>
       <c r="F305">
         <v>612</v>
       </c>
       <c r="G305" t="s">
         <v>106</v>
       </c>
       <c r="H305" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="I305">
         <v>81355</v>
       </c>
       <c r="K305">
         <v>1</v>
       </c>
       <c r="L305">
         <v>6512260</v>
       </c>
       <c r="M305">
         <v>2026</v>
       </c>
       <c r="N305" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="306" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A306" s="1" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="B306">
         <v>1</v>
       </c>
       <c r="C306" t="s">
         <v>15</v>
       </c>
       <c r="D306">
         <v>1970</v>
       </c>
       <c r="F306">
         <v>369</v>
       </c>
       <c r="G306" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="H306" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="I306">
         <v>2256</v>
       </c>
       <c r="K306">
         <v>1</v>
       </c>
       <c r="L306">
         <v>87460</v>
       </c>
       <c r="M306">
         <v>2026</v>
       </c>
       <c r="N306" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="307" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A307" s="1" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="B307">
         <v>1</v>
       </c>
       <c r="C307" t="s">
         <v>15</v>
       </c>
       <c r="D307">
         <v>1920</v>
       </c>
       <c r="F307">
         <v>620</v>
       </c>
       <c r="G307" t="s">
         <v>90</v>
       </c>
       <c r="H307" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="I307">
         <v>1587</v>
       </c>
       <c r="K307">
         <v>1</v>
       </c>
       <c r="L307">
         <v>34750</v>
       </c>
       <c r="M307">
         <v>2026</v>
       </c>
       <c r="N307" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="308" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A308" s="1" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="B308">
         <v>1</v>
       </c>
       <c r="C308" t="s">
         <v>15</v>
       </c>
       <c r="D308">
         <v>1920</v>
       </c>
       <c r="F308">
         <v>620</v>
       </c>
       <c r="G308" t="s">
         <v>90</v>
       </c>
       <c r="H308" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="I308">
         <v>3965</v>
       </c>
       <c r="K308">
         <v>1</v>
       </c>
       <c r="L308">
         <v>165160</v>
       </c>
       <c r="M308">
         <v>2026</v>
       </c>
       <c r="N308" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="309" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A309" s="1" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="B309">
         <v>1</v>
       </c>
       <c r="C309" t="s">
         <v>15</v>
       </c>
       <c r="D309">
         <v>1940</v>
       </c>
       <c r="F309">
         <v>620</v>
       </c>
       <c r="G309" t="s">
         <v>90</v>
       </c>
       <c r="H309" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="I309">
         <v>5164</v>
       </c>
       <c r="K309">
         <v>1</v>
       </c>
       <c r="L309">
         <v>244740</v>
       </c>
       <c r="M309">
         <v>2026</v>
       </c>
       <c r="N309" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="310" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A310" s="1" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="B310">
         <v>1</v>
       </c>
       <c r="C310" t="s">
         <v>15</v>
       </c>
       <c r="D310">
         <v>1980</v>
       </c>
       <c r="F310">
         <v>620</v>
       </c>
       <c r="G310" t="s">
         <v>90</v>
       </c>
       <c r="H310" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="I310">
         <v>1740</v>
       </c>
       <c r="K310">
         <v>1</v>
       </c>
       <c r="L310">
         <v>77960</v>
       </c>
       <c r="M310">
         <v>2026</v>
       </c>
       <c r="N310" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="311" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A311" s="1" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="B311">
         <v>1</v>
       </c>
       <c r="C311" t="s">
         <v>15</v>
       </c>
       <c r="D311">
         <v>1946</v>
       </c>
       <c r="F311">
         <v>398</v>
       </c>
       <c r="G311" t="s">
         <v>29</v>
       </c>
       <c r="H311" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I311">
         <v>5080</v>
       </c>
       <c r="K311">
         <v>1</v>
       </c>
       <c r="L311">
         <v>89370</v>
       </c>
       <c r="M311">
         <v>2026</v>
       </c>
       <c r="N311" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="312" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A312" s="1" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B312">
         <v>1</v>
       </c>
       <c r="C312" t="s">
         <v>15</v>
       </c>
       <c r="D312">
         <v>1977</v>
       </c>
       <c r="F312">
         <v>373</v>
       </c>
       <c r="G312" t="s">
         <v>19</v>
       </c>
       <c r="H312" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="I312">
         <v>5035</v>
       </c>
       <c r="K312">
         <v>1</v>
       </c>
       <c r="L312">
         <v>107880</v>
       </c>
       <c r="M312">
         <v>2026</v>
       </c>
       <c r="N312" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="313" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A313" s="1" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B313">
         <v>1</v>
       </c>
       <c r="C313" t="s">
         <v>15</v>
       </c>
       <c r="D313">
         <v>2006</v>
       </c>
       <c r="F313">
         <v>362</v>
       </c>
       <c r="G313" t="s">
         <v>71</v>
       </c>
       <c r="H313" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="I313">
         <v>4758</v>
       </c>
       <c r="K313">
         <v>1</v>
       </c>
       <c r="L313">
         <v>381070</v>
       </c>
       <c r="M313">
         <v>2026</v>
       </c>
       <c r="N313" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="314" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A314" s="1" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="B314">
         <v>1</v>
       </c>
       <c r="C314" t="s">
         <v>15</v>
       </c>
       <c r="D314">
         <v>2000</v>
       </c>
       <c r="F314">
         <v>353</v>
       </c>
       <c r="G314" t="s">
         <v>57</v>
       </c>
       <c r="H314" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="I314">
         <v>1728</v>
       </c>
       <c r="K314">
         <v>1</v>
       </c>
       <c r="L314">
         <v>124740</v>
       </c>
       <c r="M314">
         <v>2026</v>
       </c>
       <c r="N314" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="315" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A315" s="1" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="B315">
         <v>1</v>
       </c>
       <c r="C315" t="s">
         <v>15</v>
       </c>
       <c r="D315">
         <v>1952</v>
       </c>
       <c r="F315">
         <v>373</v>
       </c>
       <c r="G315" t="s">
         <v>19</v>
       </c>
       <c r="H315" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="I315">
         <v>384</v>
       </c>
       <c r="K315">
         <v>1</v>
       </c>
       <c r="L315">
         <v>6100</v>
       </c>
       <c r="M315">
         <v>2026</v>
       </c>
       <c r="N315" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="316" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A316" s="1" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="B316">
         <v>1</v>
       </c>
       <c r="C316" t="s">
         <v>15</v>
       </c>
       <c r="D316">
         <v>2003</v>
       </c>
       <c r="F316">
         <v>105</v>
       </c>
       <c r="G316" t="s">
         <v>187</v>
       </c>
       <c r="H316" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="I316">
         <v>962</v>
       </c>
       <c r="K316">
         <v>1</v>
       </c>
       <c r="L316">
         <v>63130</v>
       </c>
       <c r="M316">
         <v>2026</v>
       </c>
       <c r="N316" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="317" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A317" s="1" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="B317">
         <v>1</v>
       </c>
       <c r="C317" t="s">
         <v>15</v>
       </c>
       <c r="D317">
         <v>1979</v>
       </c>
       <c r="F317">
         <v>660</v>
       </c>
       <c r="G317" t="s">
         <v>195</v>
       </c>
       <c r="H317" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="I317">
         <v>8450</v>
       </c>
       <c r="K317">
         <v>1</v>
       </c>
       <c r="L317">
         <v>332570</v>
       </c>
       <c r="M317">
         <v>2026</v>
       </c>
       <c r="N317" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="318" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A318" s="1" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="B318">
         <v>1</v>
       </c>
       <c r="C318" t="s">
         <v>15</v>
       </c>
       <c r="D318">
         <v>1996</v>
       </c>
       <c r="F318">
         <v>620</v>
       </c>
       <c r="G318" t="s">
         <v>90</v>
       </c>
       <c r="H318" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="I318">
         <v>11064</v>
       </c>
       <c r="K318">
         <v>1</v>
       </c>
       <c r="L318">
         <v>804800</v>
       </c>
       <c r="M318">
         <v>2026</v>
       </c>
       <c r="N318" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="319" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A319" s="1" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="B319">
         <v>1</v>
       </c>
       <c r="C319" t="s">
         <v>15</v>
       </c>
       <c r="D319">
         <v>1990</v>
       </c>
       <c r="F319">
         <v>332</v>
       </c>
       <c r="G319" t="s">
-        <v>122</v>
+        <v>174</v>
       </c>
       <c r="H319" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="I319">
         <v>2407</v>
       </c>
       <c r="K319">
         <v>1</v>
       </c>
       <c r="L319">
         <v>36860</v>
       </c>
       <c r="M319">
         <v>2026</v>
       </c>
       <c r="N319" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="320" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A320" s="1" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="B320">
         <v>1</v>
       </c>
       <c r="C320" t="s">
         <v>15</v>
       </c>
       <c r="D320">
         <v>1999</v>
       </c>
       <c r="F320">
         <v>398</v>
       </c>
       <c r="G320" t="s">
         <v>29</v>
       </c>
       <c r="H320" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="I320">
         <v>4950</v>
       </c>
       <c r="K320">
         <v>1</v>
       </c>
       <c r="L320">
         <v>125190</v>
       </c>
       <c r="M320">
         <v>2026</v>
       </c>
       <c r="N320" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="321" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A321" s="1" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="B321">
         <v>1</v>
       </c>
       <c r="C321" t="s">
         <v>15</v>
       </c>
       <c r="D321">
         <v>1986</v>
       </c>
       <c r="F321">
         <v>373</v>
       </c>
       <c r="G321" t="s">
         <v>19</v>
       </c>
       <c r="H321" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="I321">
         <v>2126</v>
       </c>
       <c r="K321">
         <v>1</v>
       </c>
       <c r="L321">
         <v>51770</v>
       </c>
       <c r="M321">
         <v>2026</v>
       </c>
       <c r="N321" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="322" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A322" s="1" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="B322">
         <v>1</v>
       </c>
       <c r="C322" t="s">
         <v>15</v>
       </c>
       <c r="D322">
         <v>1988</v>
       </c>
       <c r="F322">
         <v>373</v>
       </c>
       <c r="G322" t="s">
         <v>19</v>
       </c>
       <c r="H322" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="I322">
         <v>1120</v>
       </c>
       <c r="K322">
         <v>1</v>
       </c>
       <c r="L322">
         <v>36120</v>
       </c>
       <c r="M322">
         <v>2026</v>
       </c>
       <c r="N322" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="323" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A323" s="1" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="B323">
         <v>2</v>
       </c>
       <c r="C323" t="s">
         <v>15</v>
       </c>
       <c r="D323">
         <v>1999</v>
       </c>
       <c r="F323">
         <v>105</v>
       </c>
       <c r="G323" t="s">
         <v>187</v>
       </c>
       <c r="I323">
         <v>600</v>
       </c>
       <c r="K323">
         <v>1</v>
       </c>
       <c r="L323">
         <v>19370</v>
       </c>
       <c r="M323">
         <v>2026</v>
       </c>
       <c r="N323" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="324" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A324" s="1" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="B324">
         <v>3</v>
       </c>
       <c r="C324" t="s">
         <v>15</v>
       </c>
       <c r="D324">
         <v>2000</v>
       </c>
       <c r="F324">
         <v>105</v>
       </c>
       <c r="G324" t="s">
         <v>187</v>
       </c>
       <c r="I324">
         <v>701</v>
       </c>
       <c r="K324">
         <v>1</v>
       </c>
       <c r="L324">
         <v>60890</v>
       </c>
       <c r="M324">
         <v>2026</v>
       </c>
       <c r="N324" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="325" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A325" s="1" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="B325">
         <v>1</v>
       </c>
       <c r="C325" t="s">
         <v>15</v>
       </c>
       <c r="D325">
         <v>1996</v>
       </c>
       <c r="F325">
         <v>396</v>
       </c>
       <c r="G325" t="s">
         <v>114</v>
       </c>
       <c r="H325" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="I325">
         <v>6300</v>
       </c>
       <c r="J325">
         <v>2</v>
       </c>
       <c r="L325">
         <v>111190</v>
       </c>
       <c r="M325">
         <v>2026</v>
       </c>
       <c r="N325" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="326" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A326" s="1" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="B326">
         <v>1</v>
       </c>
       <c r="C326" t="s">
         <v>15</v>
       </c>
       <c r="D326">
         <v>1985</v>
       </c>
       <c r="F326">
         <v>332</v>
       </c>
       <c r="G326" t="s">
-        <v>122</v>
+        <v>174</v>
       </c>
       <c r="H326" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="I326">
         <v>1267</v>
       </c>
       <c r="K326">
         <v>1</v>
       </c>
       <c r="L326">
         <v>27230</v>
       </c>
       <c r="M326">
         <v>2026</v>
       </c>
       <c r="N326" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="327" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A327" s="1" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="B327">
         <v>1</v>
       </c>
       <c r="C327" t="s">
         <v>15</v>
       </c>
       <c r="D327">
         <v>1999</v>
       </c>
       <c r="F327">
         <v>398</v>
       </c>
       <c r="G327" t="s">
         <v>29</v>
       </c>
       <c r="I327">
         <v>1620</v>
       </c>
       <c r="K327">
         <v>1</v>
       </c>
       <c r="L327">
         <v>41030</v>
       </c>
       <c r="M327">
         <v>2026</v>
       </c>
       <c r="N327" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="328" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A328" s="1" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="B328">
         <v>1</v>
       </c>
       <c r="C328" t="s">
         <v>15</v>
       </c>
       <c r="D328">
         <v>1998</v>
       </c>
       <c r="F328">
         <v>398</v>
       </c>
       <c r="G328" t="s">
         <v>29</v>
       </c>
       <c r="H328" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="I328">
         <v>5250</v>
       </c>
       <c r="K328">
         <v>1</v>
       </c>
       <c r="L328">
         <v>99410</v>
       </c>
       <c r="M328">
         <v>2026</v>
       </c>
       <c r="N328" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="329" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A329" s="1" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="B329">
         <v>2</v>
       </c>
       <c r="C329" t="s">
         <v>15</v>
       </c>
       <c r="D329">
         <v>1998</v>
       </c>
       <c r="F329">
         <v>397</v>
       </c>
       <c r="G329" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="I329">
         <v>4000</v>
       </c>
       <c r="K329">
         <v>1</v>
       </c>
       <c r="L329">
         <v>132820</v>
       </c>
       <c r="M329">
         <v>2026</v>
       </c>
       <c r="N329" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="330" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A330" s="1" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="B330">
         <v>1</v>
       </c>
       <c r="C330" t="s">
         <v>15</v>
       </c>
       <c r="D330">
         <v>1999</v>
       </c>
       <c r="F330">
         <v>388</v>
       </c>
       <c r="G330" t="s">
         <v>16</v>
       </c>
       <c r="H330" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="I330">
         <v>3080</v>
       </c>
       <c r="K330">
         <v>1</v>
       </c>
       <c r="L330">
         <v>105330</v>
       </c>
       <c r="M330">
         <v>2026</v>
       </c>
       <c r="N330" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="331" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A331" s="1" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="B331">
         <v>2</v>
       </c>
       <c r="C331" t="s">
         <v>15</v>
       </c>
       <c r="D331">
         <v>1999</v>
       </c>
       <c r="F331">
         <v>388</v>
       </c>
       <c r="G331" t="s">
         <v>16</v>
       </c>
       <c r="I331">
         <v>1024</v>
       </c>
       <c r="K331">
         <v>1</v>
       </c>
       <c r="L331">
         <v>66320</v>
       </c>
       <c r="M331">
         <v>2026</v>
       </c>
       <c r="N331" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="332" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A332" s="1" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="B332">
         <v>1</v>
       </c>
       <c r="C332" t="s">
         <v>15</v>
       </c>
       <c r="D332">
         <v>2001</v>
       </c>
       <c r="F332">
         <v>388</v>
       </c>
       <c r="G332" t="s">
         <v>16</v>
       </c>
       <c r="H332" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="I332">
         <v>1149</v>
       </c>
       <c r="K332">
         <v>1</v>
       </c>
       <c r="L332">
         <v>46510</v>
       </c>
       <c r="M332">
         <v>2026</v>
       </c>
       <c r="N332" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="333" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A333" s="1" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="B333">
         <v>2</v>
       </c>
       <c r="C333" t="s">
         <v>15</v>
       </c>
       <c r="D333">
         <v>1970</v>
       </c>
       <c r="F333">
         <v>374</v>
       </c>
       <c r="G333" t="s">
         <v>62</v>
       </c>
       <c r="I333">
         <v>3567</v>
       </c>
       <c r="K333">
         <v>1</v>
       </c>
       <c r="L333">
         <v>143250</v>
       </c>
       <c r="M333">
         <v>2026</v>
       </c>
       <c r="N333" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="334" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A334" s="1" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="B334">
         <v>3</v>
       </c>
       <c r="C334" t="s">
         <v>15</v>
       </c>
       <c r="D334">
         <v>1970</v>
       </c>
       <c r="F334">
         <v>101</v>
       </c>
       <c r="G334" t="s">
         <v>43</v>
       </c>
       <c r="I334">
         <v>1344</v>
       </c>
       <c r="K334">
         <v>1</v>
       </c>
       <c r="L334">
         <v>59550</v>
       </c>
       <c r="M334">
         <v>2026</v>
       </c>
       <c r="N334" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="335" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A335" s="1" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="B335">
         <v>1</v>
       </c>
       <c r="C335" t="s">
         <v>15</v>
       </c>
       <c r="D335">
         <v>2024</v>
       </c>
       <c r="F335">
         <v>373</v>
       </c>
       <c r="G335" t="s">
         <v>19</v>
       </c>
       <c r="H335" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="I335">
         <v>9831</v>
       </c>
       <c r="J335">
         <v>1</v>
       </c>
       <c r="K335">
         <v>1</v>
       </c>
       <c r="L335">
         <v>582910</v>
       </c>
       <c r="M335">
         <v>2026</v>
       </c>
       <c r="N335" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="336" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A336" s="1" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="B336">
         <v>1</v>
       </c>
       <c r="C336" t="s">
         <v>15</v>
       </c>
       <c r="D336">
         <v>2007</v>
       </c>
       <c r="F336">
         <v>397</v>
       </c>
       <c r="G336" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="H336" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="I336">
         <v>6141</v>
       </c>
       <c r="K336">
         <v>1</v>
       </c>
       <c r="L336">
         <v>282350</v>
       </c>
       <c r="M336">
         <v>2026</v>
       </c>
       <c r="N336" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="337" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A337" s="1" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="B337">
         <v>1</v>
       </c>
       <c r="C337" t="s">
         <v>15</v>
       </c>
       <c r="D337">
         <v>2004</v>
       </c>
       <c r="F337">
         <v>325</v>
       </c>
       <c r="G337" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="H337" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="I337">
         <v>1758</v>
       </c>
       <c r="K337">
         <v>1</v>
       </c>
       <c r="L337">
         <v>321880</v>
       </c>
       <c r="M337">
         <v>2026</v>
       </c>
       <c r="N337" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="338" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A338" s="1" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="B338">
         <v>1</v>
       </c>
       <c r="C338" t="s">
         <v>15</v>
       </c>
       <c r="D338">
         <v>2016</v>
       </c>
       <c r="F338">
         <v>620</v>
       </c>
       <c r="G338" t="s">
         <v>90</v>
       </c>
       <c r="I338">
         <v>6000</v>
       </c>
       <c r="L338">
         <v>503930</v>
       </c>
       <c r="M338">
         <v>2026</v>
       </c>
       <c r="N338" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="339" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A339" s="1" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="B339">
         <v>1</v>
       </c>
       <c r="C339" t="s">
         <v>15</v>
       </c>
       <c r="D339">
         <v>2005</v>
       </c>
       <c r="F339">
         <v>105</v>
       </c>
       <c r="G339" t="s">
         <v>187</v>
       </c>
       <c r="H339" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="I339">
         <v>1674</v>
       </c>
       <c r="K339">
         <v>1</v>
       </c>
       <c r="L339">
         <v>133180</v>
       </c>
       <c r="M339">
         <v>2026</v>
       </c>
       <c r="N339" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="340" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A340" s="1" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="B340">
         <v>2</v>
       </c>
       <c r="C340" t="s">
         <v>15</v>
       </c>
       <c r="D340">
         <v>2005</v>
       </c>
       <c r="F340">
         <v>105</v>
       </c>
       <c r="G340" t="s">
         <v>187</v>
       </c>
       <c r="I340">
         <v>1519</v>
       </c>
       <c r="K340">
         <v>1</v>
       </c>
       <c r="L340">
         <v>80650</v>
       </c>
       <c r="M340">
         <v>2026</v>
       </c>
       <c r="N340" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="341" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A341" s="1" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="B341">
         <v>1</v>
       </c>
       <c r="C341" t="s">
         <v>15</v>
       </c>
       <c r="D341">
         <v>1996</v>
       </c>
       <c r="F341">
         <v>348</v>
       </c>
       <c r="G341" t="s">
         <v>35</v>
       </c>
       <c r="H341" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="I341">
         <v>2800</v>
       </c>
       <c r="K341">
         <v>1</v>
       </c>
       <c r="L341">
         <v>115710</v>
       </c>
       <c r="M341">
         <v>2026</v>
       </c>
       <c r="N341" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="342" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A342" s="1" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="B342">
         <v>1</v>
       </c>
       <c r="C342" t="s">
         <v>15</v>
       </c>
       <c r="D342">
         <v>1987</v>
       </c>
       <c r="F342">
         <v>374</v>
       </c>
       <c r="G342" t="s">
         <v>62</v>
       </c>
       <c r="H342" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="I342">
         <v>9500</v>
       </c>
       <c r="K342">
         <v>1</v>
       </c>
       <c r="L342">
         <v>252300</v>
       </c>
       <c r="M342">
         <v>2026</v>
       </c>
       <c r="N342" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="343" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A343" s="1" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="B343">
         <v>1</v>
       </c>
       <c r="C343" t="s">
         <v>15</v>
       </c>
       <c r="D343">
         <v>2002</v>
       </c>
       <c r="F343">
         <v>373</v>
       </c>
       <c r="G343" t="s">
         <v>19</v>
       </c>
       <c r="H343" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I343">
         <v>8125</v>
       </c>
       <c r="K343">
         <v>1</v>
       </c>
       <c r="L343">
         <v>254900</v>
       </c>
       <c r="M343">
         <v>2026</v>
       </c>
       <c r="N343" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="344" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A344" s="1" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="B344">
         <v>1</v>
       </c>
       <c r="C344" t="s">
         <v>15</v>
       </c>
       <c r="D344">
         <v>2005</v>
       </c>
       <c r="F344">
         <v>620</v>
       </c>
       <c r="G344" t="s">
         <v>90</v>
       </c>
       <c r="H344" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="I344">
         <v>4312</v>
       </c>
       <c r="K344">
         <v>1</v>
       </c>
       <c r="L344">
         <v>286130</v>
       </c>
       <c r="M344">
         <v>2026</v>
       </c>
       <c r="N344" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="345" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A345" s="1" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="B345">
         <v>1</v>
       </c>
       <c r="C345" t="s">
         <v>15</v>
       </c>
       <c r="D345">
         <v>2017</v>
       </c>
       <c r="F345">
         <v>398</v>
       </c>
       <c r="G345" t="s">
         <v>29</v>
       </c>
       <c r="I345">
         <v>3200</v>
       </c>
       <c r="J345">
         <v>1</v>
       </c>
       <c r="L345">
         <v>77640</v>
       </c>
       <c r="M345">
         <v>2026</v>
       </c>
       <c r="N345" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="346" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A346" s="1" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="B346">
         <v>1</v>
       </c>
       <c r="C346" t="s">
         <v>15</v>
       </c>
       <c r="D346">
         <v>1977</v>
       </c>
       <c r="F346">
         <v>374</v>
       </c>
       <c r="G346" t="s">
         <v>62</v>
       </c>
       <c r="H346" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="I346">
         <v>18800</v>
       </c>
       <c r="K346">
         <v>1</v>
       </c>
       <c r="L346">
         <v>432330</v>
       </c>
       <c r="M346">
         <v>2026</v>
       </c>
       <c r="N346" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="347" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A347" s="1" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="B347">
         <v>2</v>
       </c>
       <c r="C347" t="s">
         <v>15</v>
       </c>
       <c r="D347">
         <v>1977</v>
       </c>
       <c r="F347">
         <v>374</v>
       </c>
       <c r="G347" t="s">
         <v>62</v>
       </c>
       <c r="H347" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="I347">
         <v>18339</v>
       </c>
       <c r="K347">
         <v>1</v>
       </c>
       <c r="L347">
         <v>374940</v>
       </c>
       <c r="M347">
         <v>2026</v>
       </c>
       <c r="N347" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="348" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A348" s="1" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="B348">
         <v>3</v>
       </c>
       <c r="C348" t="s">
         <v>15</v>
       </c>
       <c r="D348">
         <v>1948</v>
       </c>
       <c r="F348">
         <v>101</v>
       </c>
       <c r="G348" t="s">
         <v>43</v>
       </c>
       <c r="H348" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="I348">
         <v>1226</v>
       </c>
       <c r="K348">
         <v>1</v>
       </c>
       <c r="L348">
         <v>74270</v>
       </c>
       <c r="M348">
         <v>2026</v>
       </c>
       <c r="N348" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="349" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A349" s="1" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="B349">
         <v>1</v>
       </c>
       <c r="C349" t="s">
         <v>15</v>
       </c>
       <c r="D349">
         <v>1961</v>
       </c>
       <c r="F349">
         <v>353</v>
       </c>
       <c r="G349" t="s">
         <v>57</v>
       </c>
       <c r="H349" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="I349">
         <v>1890</v>
       </c>
       <c r="K349">
         <v>1</v>
       </c>
       <c r="L349">
         <v>86240</v>
       </c>
       <c r="M349">
         <v>2026</v>
       </c>
       <c r="N349" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="350" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A350" s="1" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="B350">
         <v>1</v>
       </c>
       <c r="C350" t="s">
         <v>15</v>
       </c>
       <c r="D350">
         <v>1945</v>
       </c>
       <c r="F350">
         <v>373</v>
       </c>
       <c r="G350" t="s">
         <v>19</v>
       </c>
       <c r="H350" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="I350">
         <v>5654</v>
       </c>
       <c r="L350">
         <v>75470</v>
       </c>
       <c r="M350">
         <v>2026</v>
       </c>
       <c r="N350" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="351" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A351" s="1" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="B351">
         <v>1</v>
       </c>
       <c r="C351" t="s">
         <v>15</v>
       </c>
       <c r="D351">
         <v>1962</v>
       </c>
       <c r="E351">
         <v>1985</v>
       </c>
       <c r="F351">
         <v>349</v>
       </c>
       <c r="G351" t="s">
         <v>51</v>
       </c>
       <c r="H351" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="I351">
         <v>5248</v>
       </c>
       <c r="K351">
         <v>1</v>
       </c>
       <c r="L351">
         <v>379340</v>
       </c>
       <c r="M351">
         <v>2026</v>
       </c>
       <c r="N351" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="352" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A352" s="1" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="B352">
         <v>1</v>
       </c>
       <c r="C352" t="s">
         <v>15</v>
       </c>
       <c r="D352">
         <v>1960</v>
       </c>
       <c r="F352">
         <v>398</v>
       </c>
       <c r="G352" t="s">
         <v>29</v>
       </c>
       <c r="H352" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="I352">
         <v>1771</v>
       </c>
       <c r="K352">
         <v>1</v>
       </c>
       <c r="L352">
         <v>44970</v>
       </c>
       <c r="M352">
         <v>2026</v>
       </c>
       <c r="N352" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="353" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A353" s="1" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="B353">
         <v>1</v>
       </c>
       <c r="C353" t="s">
         <v>15</v>
       </c>
       <c r="D353">
         <v>2002</v>
       </c>
       <c r="F353">
         <v>353</v>
       </c>
       <c r="G353" t="s">
         <v>57</v>
       </c>
       <c r="H353" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="I353">
         <v>999</v>
       </c>
       <c r="K353">
         <v>1</v>
       </c>
       <c r="L353">
         <v>74380</v>
       </c>
       <c r="M353">
         <v>2026</v>
       </c>
       <c r="N353" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="354" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A354" s="1" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="B354">
         <v>1</v>
       </c>
       <c r="C354" t="s">
         <v>15</v>
       </c>
       <c r="D354">
         <v>1945</v>
       </c>
       <c r="E354">
         <v>1992</v>
       </c>
       <c r="F354">
         <v>348</v>
       </c>
       <c r="G354" t="s">
         <v>35</v>
       </c>
       <c r="H354" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="I354">
         <v>8574</v>
       </c>
       <c r="K354">
         <v>1</v>
       </c>
       <c r="L354">
         <v>188990</v>
       </c>
       <c r="M354">
         <v>2026</v>
       </c>
       <c r="N354" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="355" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A355" s="1" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="B355">
         <v>1</v>
       </c>
       <c r="C355" t="s">
         <v>15</v>
       </c>
       <c r="D355">
         <v>1998</v>
       </c>
       <c r="F355">
         <v>399</v>
       </c>
       <c r="G355" t="s">
         <v>54</v>
       </c>
       <c r="H355" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="I355">
         <v>2960</v>
       </c>
       <c r="K355">
         <v>1</v>
       </c>
       <c r="L355">
         <v>53940</v>
       </c>
       <c r="M355">
         <v>2026</v>
       </c>
       <c r="N355" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="356" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A356" s="1" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="B356">
         <v>1</v>
       </c>
       <c r="C356" t="s">
         <v>15</v>
       </c>
       <c r="D356">
         <v>1988</v>
       </c>
       <c r="F356">
         <v>325</v>
       </c>
       <c r="G356" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="H356" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="I356">
         <v>2896</v>
       </c>
       <c r="K356">
         <v>1</v>
       </c>
       <c r="L356">
         <v>361800</v>
       </c>
       <c r="M356">
         <v>2026</v>
       </c>
       <c r="N356" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="357" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A357" s="1" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="B357">
         <v>2</v>
       </c>
       <c r="C357" t="s">
         <v>15</v>
       </c>
       <c r="D357">
         <v>1993</v>
       </c>
       <c r="F357">
         <v>348</v>
       </c>
       <c r="G357" t="s">
         <v>35</v>
       </c>
       <c r="H357" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="I357">
         <v>1272</v>
       </c>
       <c r="K357">
         <v>1</v>
       </c>
       <c r="L357">
         <v>64620</v>
       </c>
       <c r="M357">
         <v>2026</v>
       </c>
       <c r="N357" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="358" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A358" s="1" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B358">
         <v>1</v>
       </c>
       <c r="C358" t="s">
         <v>15</v>
       </c>
       <c r="D358">
         <v>1945</v>
       </c>
       <c r="E358">
         <v>1980</v>
       </c>
       <c r="F358">
         <v>373</v>
       </c>
       <c r="G358" t="s">
         <v>19</v>
       </c>
       <c r="H358" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="I358">
         <v>8673</v>
       </c>
       <c r="K358">
         <v>1</v>
       </c>
       <c r="L358">
         <v>202100</v>
       </c>
       <c r="M358">
         <v>2026</v>
       </c>
       <c r="N358" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="359" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A359" s="1" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="B359">
         <v>1</v>
       </c>
       <c r="C359" t="s">
         <v>15</v>
       </c>
       <c r="D359">
         <v>2018</v>
       </c>
       <c r="F359">
         <v>373</v>
       </c>
       <c r="G359" t="s">
         <v>19</v>
       </c>
       <c r="H359" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I359">
         <v>10586</v>
       </c>
       <c r="J359">
         <v>1</v>
       </c>
       <c r="K359">
         <v>1</v>
       </c>
       <c r="L359">
         <v>696620</v>
       </c>
       <c r="M359">
         <v>2026</v>
       </c>
       <c r="N359" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="360" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A360" s="1" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="B360">
         <v>1</v>
       </c>
       <c r="C360" t="s">
         <v>15</v>
       </c>
       <c r="D360">
         <v>1984</v>
       </c>
       <c r="F360">
         <v>101</v>
       </c>
       <c r="G360" t="s">
         <v>43</v>
       </c>
       <c r="H360" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="I360">
         <v>1993</v>
       </c>
       <c r="K360">
         <v>1</v>
       </c>
       <c r="L360">
         <v>107020</v>
       </c>
       <c r="M360">
         <v>2026</v>
       </c>
       <c r="N360" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="361" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A361" s="1" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="B361">
         <v>1</v>
       </c>
       <c r="C361" t="s">
         <v>15</v>
       </c>
       <c r="D361">
         <v>1985</v>
       </c>
       <c r="F361">
         <v>396</v>
       </c>
       <c r="G361" t="s">
         <v>114</v>
       </c>
       <c r="H361" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="I361">
         <v>17808</v>
       </c>
       <c r="J361">
         <v>95</v>
       </c>
       <c r="K361">
         <v>1</v>
       </c>
       <c r="L361">
         <v>343690</v>
       </c>
       <c r="M361">
         <v>2026</v>
       </c>
       <c r="N361" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="362" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A362" s="1" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="B362">
         <v>1</v>
       </c>
       <c r="C362" t="s">
         <v>15</v>
       </c>
       <c r="D362">
         <v>1978</v>
       </c>
       <c r="F362">
         <v>101</v>
       </c>
       <c r="G362" t="s">
         <v>43</v>
       </c>
       <c r="H362" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="I362">
         <v>1560</v>
       </c>
       <c r="K362">
         <v>1</v>
       </c>
       <c r="L362">
         <v>47310</v>
       </c>
       <c r="M362">
         <v>2026</v>
       </c>
       <c r="N362" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="363" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A363" s="1" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="B363">
         <v>2</v>
       </c>
       <c r="C363" t="s">
         <v>15</v>
       </c>
       <c r="D363">
         <v>1978</v>
       </c>
       <c r="F363">
         <v>620</v>
       </c>
       <c r="G363" t="s">
         <v>90</v>
       </c>
       <c r="I363">
         <v>9116</v>
       </c>
       <c r="K363">
         <v>1</v>
       </c>
       <c r="L363">
         <v>500940</v>
       </c>
       <c r="M363">
         <v>2026</v>
       </c>
       <c r="N363" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="364" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A364" s="1" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="B364">
         <v>1</v>
       </c>
       <c r="C364" t="s">
         <v>15</v>
       </c>
       <c r="D364">
         <v>2019</v>
       </c>
       <c r="F364">
         <v>325</v>
       </c>
       <c r="G364" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="H364" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="I364">
         <v>2930</v>
       </c>
       <c r="K364">
         <v>1</v>
       </c>
       <c r="L364">
         <v>861360</v>
       </c>
       <c r="M364">
         <v>2026</v>
       </c>
       <c r="N364" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="365" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A365" s="1" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="B365">
         <v>1</v>
       </c>
       <c r="C365" t="s">
         <v>15</v>
       </c>
       <c r="D365">
         <v>1956</v>
       </c>
       <c r="F365">
         <v>321</v>
       </c>
       <c r="G365" t="s">
         <v>39</v>
       </c>
       <c r="H365" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="I365">
         <v>6629</v>
       </c>
       <c r="K365">
         <v>1</v>
       </c>
       <c r="L365">
         <v>279630</v>
       </c>
       <c r="M365">
         <v>2026</v>
       </c>
       <c r="N365" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="366" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A366" s="1" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B366">
         <v>1</v>
       </c>
       <c r="C366" t="s">
         <v>15</v>
       </c>
       <c r="D366">
         <v>2010</v>
       </c>
       <c r="F366">
         <v>325</v>
       </c>
       <c r="G366" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="H366" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="I366">
         <v>3704</v>
       </c>
       <c r="K366">
         <v>1</v>
       </c>
       <c r="L366">
         <v>825250</v>
       </c>
       <c r="M366">
         <v>2026</v>
       </c>
       <c r="N366" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="367" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A367" s="1" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="B367">
         <v>1</v>
       </c>
       <c r="C367" t="s">
         <v>15</v>
       </c>
       <c r="D367">
         <v>2023</v>
       </c>
       <c r="F367">
         <v>348</v>
       </c>
       <c r="G367" t="s">
         <v>35</v>
       </c>
       <c r="H367" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="I367">
         <v>3756</v>
       </c>
       <c r="J367">
         <v>1</v>
       </c>
       <c r="L367">
         <v>862490</v>
       </c>
       <c r="M367">
         <v>2026</v>
       </c>
       <c r="N367" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="368" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A368" s="1" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="B368">
         <v>1</v>
       </c>
       <c r="C368" t="s">
         <v>15</v>
       </c>
       <c r="D368">
         <v>1992</v>
       </c>
       <c r="F368">
         <v>343</v>
       </c>
       <c r="G368" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="H368" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="I368">
         <v>37338</v>
       </c>
       <c r="K368">
         <v>1</v>
       </c>
       <c r="L368">
         <v>2188940</v>
       </c>
       <c r="M368">
         <v>2026</v>
       </c>
       <c r="N368" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="369" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A369" s="1" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="B369">
         <v>1</v>
       </c>
       <c r="C369" t="s">
         <v>15</v>
       </c>
       <c r="D369">
         <v>2001</v>
       </c>
       <c r="F369">
         <v>348</v>
       </c>
       <c r="G369" t="s">
         <v>35</v>
       </c>
       <c r="H369" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="I369">
         <v>3200</v>
       </c>
       <c r="K369">
         <v>1</v>
       </c>
       <c r="L369">
         <v>146970</v>
       </c>
       <c r="M369">
         <v>2026</v>
       </c>
       <c r="N369" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="370" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A370" s="1" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="B370">
         <v>1</v>
       </c>
       <c r="C370" t="s">
         <v>15</v>
       </c>
       <c r="D370">
         <v>1996</v>
       </c>
       <c r="E370">
         <v>2006</v>
       </c>
       <c r="F370">
         <v>348</v>
       </c>
       <c r="G370" t="s">
         <v>35</v>
       </c>
       <c r="H370" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="I370">
         <v>3318</v>
       </c>
       <c r="K370">
         <v>1</v>
       </c>
       <c r="L370">
         <v>297880</v>
       </c>
       <c r="M370">
         <v>2026</v>
       </c>
       <c r="N370" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="371" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A371" s="1" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="B371">
         <v>1</v>
       </c>
       <c r="C371" t="s">
         <v>15</v>
       </c>
       <c r="D371">
         <v>1989</v>
       </c>
       <c r="F371">
         <v>397</v>
       </c>
       <c r="G371" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="H371" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="I371">
         <v>4680</v>
       </c>
       <c r="K371">
         <v>1</v>
       </c>
       <c r="L371">
         <v>110040</v>
       </c>
       <c r="M371">
         <v>2026</v>
       </c>
       <c r="N371" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="372" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A372" s="1" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="B372">
         <v>1</v>
       </c>
       <c r="C372" t="s">
         <v>15</v>
       </c>
       <c r="D372">
         <v>1982</v>
       </c>
+      <c r="E372">
+        <v>1995</v>
+      </c>
       <c r="F372">
-        <v>101</v>
+        <v>321</v>
       </c>
       <c r="G372" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="H372" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="I372">
         <v>1152</v>
       </c>
       <c r="K372">
         <v>1</v>
       </c>
       <c r="L372">
-        <v>14440</v>
+        <v>17060</v>
       </c>
       <c r="M372">
         <v>2026</v>
       </c>
       <c r="N372" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="373" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A373" s="1" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="B373">
         <v>1</v>
       </c>
       <c r="C373" t="s">
         <v>15</v>
       </c>
       <c r="D373">
         <v>2006</v>
       </c>
       <c r="F373">
         <v>325</v>
       </c>
       <c r="G373" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="H373" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="I373">
         <v>1554</v>
       </c>
       <c r="J373">
         <v>1</v>
       </c>
       <c r="L373">
         <v>240980</v>
       </c>
       <c r="M373">
         <v>2026</v>
       </c>
       <c r="N373" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="374" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A374" s="1" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="B374">
         <v>1</v>
       </c>
       <c r="C374" t="s">
         <v>15</v>
       </c>
       <c r="D374">
         <v>2003</v>
       </c>
       <c r="F374">
         <v>397</v>
       </c>
       <c r="G374" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="H374" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="I374">
         <v>7400</v>
       </c>
       <c r="K374">
         <v>1</v>
       </c>
       <c r="L374">
         <v>250760</v>
       </c>
       <c r="M374">
         <v>2026</v>
       </c>
       <c r="N374" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="375" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A375" s="1" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="B375">
         <v>1</v>
       </c>
       <c r="C375" t="s">
         <v>15</v>
       </c>
       <c r="D375">
         <v>1984</v>
       </c>
       <c r="E375">
         <v>2000</v>
       </c>
       <c r="F375">
         <v>660</v>
       </c>
       <c r="G375" t="s">
         <v>195</v>
       </c>
       <c r="H375" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="I375">
         <v>2325</v>
       </c>
       <c r="K375">
         <v>1</v>
       </c>
       <c r="L375">
         <v>157080</v>
       </c>
       <c r="M375">
         <v>2026</v>
       </c>
       <c r="N375" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="376" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A376" s="1" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="B376">
         <v>1</v>
       </c>
       <c r="C376" t="s">
         <v>15</v>
       </c>
       <c r="D376">
         <v>2009</v>
       </c>
       <c r="F376">
         <v>336</v>
       </c>
       <c r="G376" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="H376" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="I376">
         <v>2952</v>
       </c>
       <c r="K376">
         <v>1</v>
       </c>
       <c r="L376">
         <v>72470</v>
       </c>
       <c r="M376">
         <v>2026</v>
       </c>
       <c r="N376" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="377" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A377" s="1" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="B377">
         <v>1</v>
       </c>
       <c r="C377" t="s">
         <v>15</v>
       </c>
       <c r="D377">
         <v>2008</v>
       </c>
       <c r="F377">
         <v>101</v>
       </c>
       <c r="G377" t="s">
         <v>43</v>
       </c>
       <c r="H377" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="I377">
         <v>2100</v>
       </c>
       <c r="K377">
         <v>1</v>
       </c>
       <c r="L377">
         <v>99400</v>
       </c>
       <c r="M377">
         <v>2026</v>
       </c>
       <c r="N377" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="378" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A378" s="1" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="B378">
         <v>1</v>
       </c>
       <c r="C378" t="s">
         <v>15</v>
       </c>
       <c r="D378">
         <v>1987</v>
       </c>
       <c r="F378">
         <v>321</v>
       </c>
       <c r="G378" t="s">
         <v>39</v>
       </c>
       <c r="H378" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="I378">
         <v>3120</v>
       </c>
       <c r="K378">
         <v>1</v>
       </c>
       <c r="L378">
         <v>116780</v>
       </c>
       <c r="M378">
         <v>2026</v>
       </c>
       <c r="N378" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="379" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A379" s="1" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="B379">
         <v>1</v>
       </c>
       <c r="C379" t="s">
         <v>15</v>
       </c>
       <c r="D379">
         <v>1922</v>
       </c>
       <c r="F379">
         <v>101</v>
       </c>
       <c r="G379" t="s">
         <v>43</v>
       </c>
       <c r="H379" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="I379">
         <v>1002</v>
       </c>
       <c r="K379">
         <v>1</v>
       </c>
       <c r="L379">
         <v>53050</v>
       </c>
       <c r="M379">
         <v>2026</v>
       </c>
       <c r="N379" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="380" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A380" s="1" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="B380">
         <v>1</v>
       </c>
       <c r="C380" t="s">
         <v>15</v>
       </c>
       <c r="D380">
         <v>1955</v>
       </c>
       <c r="F380">
         <v>373</v>
       </c>
       <c r="G380" t="s">
         <v>19</v>
       </c>
       <c r="H380" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="I380">
         <v>13588</v>
       </c>
       <c r="K380">
         <v>1</v>
       </c>
       <c r="L380">
         <v>405470</v>
       </c>
       <c r="M380">
         <v>2026</v>
       </c>
       <c r="N380" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="381" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A381" s="1" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="B381">
         <v>2</v>
       </c>
       <c r="C381" t="s">
         <v>15</v>
       </c>
       <c r="D381">
         <v>1977</v>
       </c>
       <c r="F381">
         <v>321</v>
       </c>
       <c r="G381" t="s">
         <v>39</v>
       </c>
       <c r="H381" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="I381">
         <v>3949</v>
       </c>
       <c r="K381">
         <v>1</v>
       </c>
       <c r="L381">
         <v>120500</v>
       </c>
       <c r="M381">
         <v>2026</v>
       </c>
       <c r="N381" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="382" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A382" s="1" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="B382">
         <v>1</v>
       </c>
       <c r="C382" t="s">
         <v>15</v>
       </c>
       <c r="D382">
         <v>2003</v>
       </c>
       <c r="F382">
         <v>373</v>
       </c>
       <c r="G382" t="s">
         <v>19</v>
       </c>
       <c r="H382" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="I382">
         <v>6000</v>
       </c>
       <c r="K382">
         <v>1</v>
       </c>
       <c r="L382">
         <v>221400</v>
       </c>
       <c r="M382">
         <v>2026</v>
       </c>
       <c r="N382" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="383" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A383" s="1" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="B383">
         <v>1</v>
       </c>
       <c r="C383" t="s">
         <v>15</v>
       </c>
       <c r="D383">
         <v>2004</v>
       </c>
       <c r="F383">
         <v>397</v>
       </c>
       <c r="G383" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="H383" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="I383">
         <v>2400</v>
       </c>
       <c r="K383">
         <v>1</v>
       </c>
       <c r="L383">
         <v>112130</v>
       </c>
       <c r="M383">
         <v>2026</v>
       </c>
       <c r="N383" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="384" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A384" s="1" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="B384">
         <v>1</v>
       </c>
       <c r="C384" t="s">
         <v>15</v>
       </c>
       <c r="D384">
         <v>1998</v>
       </c>
       <c r="F384">
         <v>353</v>
       </c>
       <c r="G384" t="s">
         <v>57</v>
       </c>
       <c r="H384" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="I384">
         <v>1344</v>
       </c>
       <c r="K384">
         <v>1</v>
       </c>
       <c r="L384">
         <v>64020</v>
       </c>
       <c r="M384">
         <v>2026</v>
       </c>
       <c r="N384" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="385" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A385" s="1" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B385">
         <v>1</v>
       </c>
       <c r="C385" t="s">
         <v>15</v>
       </c>
       <c r="D385">
         <v>2000</v>
       </c>
       <c r="F385">
         <v>398</v>
       </c>
       <c r="G385" t="s">
         <v>29</v>
       </c>
       <c r="H385" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="I385">
         <v>7000</v>
       </c>
       <c r="K385">
         <v>1</v>
       </c>
       <c r="L385">
         <v>160200</v>
       </c>
       <c r="M385">
         <v>2026</v>
       </c>
       <c r="N385" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="386" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A386" s="1" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="B386">
         <v>1</v>
       </c>
       <c r="C386" t="s">
         <v>15</v>
       </c>
       <c r="D386">
         <v>2003</v>
       </c>
       <c r="F386">
         <v>398</v>
       </c>
       <c r="G386" t="s">
         <v>29</v>
       </c>
       <c r="H386" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="I386">
         <v>15000</v>
       </c>
       <c r="K386">
         <v>1</v>
       </c>
       <c r="L386">
         <v>481110</v>
       </c>
       <c r="M386">
         <v>2026</v>
       </c>
       <c r="N386" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="387" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A387" s="1" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="B387">
         <v>1</v>
       </c>
       <c r="C387" t="s">
         <v>15</v>
       </c>
       <c r="D387">
-        <v>2006</v>
+        <v>2025</v>
       </c>
       <c r="F387">
-        <v>351</v>
+        <v>398</v>
       </c>
       <c r="G387" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>29</v>
       </c>
       <c r="I387">
-        <v>9442</v>
+        <v>3200</v>
+      </c>
+      <c r="J387">
+        <v>1</v>
       </c>
       <c r="K387">
         <v>1</v>
       </c>
       <c r="L387">
-        <v>1615370</v>
+        <v>51080</v>
       </c>
       <c r="M387">
         <v>2026</v>
       </c>
       <c r="N387" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="388" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A388" s="1" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="B388">
         <v>1</v>
       </c>
       <c r="C388" t="s">
         <v>15</v>
       </c>
       <c r="D388">
-        <v>1995</v>
+        <v>2006</v>
       </c>
       <c r="F388">
-        <v>321</v>
+        <v>351</v>
       </c>
       <c r="G388" t="s">
-        <v>39</v>
+        <v>94</v>
       </c>
       <c r="H388" t="s">
-        <v>639</v>
+        <v>95</v>
       </c>
       <c r="I388">
-        <v>1820</v>
+        <v>9442</v>
       </c>
       <c r="K388">
         <v>1</v>
       </c>
       <c r="L388">
-        <v>90220</v>
+        <v>1615370</v>
       </c>
       <c r="M388">
         <v>2026</v>
       </c>
       <c r="N388" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="389" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A389" s="1" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="B389">
         <v>1</v>
       </c>
       <c r="C389" t="s">
         <v>15</v>
       </c>
       <c r="D389">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="F389">
-        <v>353</v>
+        <v>321</v>
       </c>
       <c r="G389" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="H389" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="I389">
-        <v>1568</v>
+        <v>1820</v>
       </c>
       <c r="K389">
         <v>1</v>
       </c>
       <c r="L389">
-        <v>100290</v>
+        <v>90220</v>
       </c>
       <c r="M389">
         <v>2026</v>
       </c>
       <c r="N389" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="390" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A390" s="1" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="B390">
         <v>1</v>
       </c>
       <c r="C390" t="s">
         <v>15</v>
       </c>
       <c r="D390">
-        <v>1975</v>
+        <v>1996</v>
       </c>
       <c r="F390">
-        <v>101</v>
+        <v>353</v>
       </c>
       <c r="G390" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="H390" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="I390">
-        <v>1108</v>
+        <v>1568</v>
       </c>
       <c r="K390">
         <v>1</v>
       </c>
       <c r="L390">
-        <v>39130</v>
+        <v>100290</v>
       </c>
       <c r="M390">
         <v>2026</v>
       </c>
       <c r="N390" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="391" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A391" s="1" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="B391">
         <v>1</v>
       </c>
       <c r="C391" t="s">
         <v>15</v>
       </c>
       <c r="D391">
-        <v>2001</v>
+        <v>1975</v>
       </c>
       <c r="F391">
-        <v>398</v>
+        <v>101</v>
       </c>
       <c r="G391" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="H391" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="I391">
-        <v>3700</v>
+        <v>1108</v>
       </c>
       <c r="K391">
         <v>1</v>
       </c>
       <c r="L391">
-        <v>106820</v>
+        <v>39130</v>
       </c>
       <c r="M391">
         <v>2026</v>
       </c>
       <c r="N391" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="392" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A392" s="1" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="B392">
         <v>1</v>
       </c>
       <c r="C392" t="s">
         <v>15</v>
       </c>
       <c r="D392">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="F392">
-        <v>373</v>
+        <v>398</v>
       </c>
       <c r="G392" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="H392" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="I392">
-        <v>1512</v>
+        <v>3700</v>
       </c>
       <c r="K392">
         <v>1</v>
       </c>
       <c r="L392">
-        <v>78770</v>
+        <v>106820</v>
       </c>
       <c r="M392">
         <v>2026</v>
       </c>
       <c r="N392" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="393" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A393" s="1" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="B393">
         <v>1</v>
       </c>
       <c r="C393" t="s">
         <v>15</v>
       </c>
       <c r="D393">
-        <v>1989</v>
+        <v>1998</v>
       </c>
       <c r="F393">
-        <v>353</v>
+        <v>373</v>
       </c>
       <c r="G393" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="H393" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="I393">
-        <v>1344</v>
+        <v>1512</v>
       </c>
       <c r="K393">
         <v>1</v>
       </c>
       <c r="L393">
-        <v>68020</v>
+        <v>78770</v>
       </c>
       <c r="M393">
         <v>2026</v>
       </c>
       <c r="N393" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="394" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A394" s="1" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="B394">
         <v>1</v>
       </c>
       <c r="C394" t="s">
         <v>15</v>
       </c>
       <c r="D394">
-        <v>2010</v>
+        <v>1989</v>
       </c>
       <c r="F394">
-        <v>373</v>
+        <v>353</v>
       </c>
       <c r="G394" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="H394" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="I394">
-        <v>13272</v>
+        <v>1344</v>
       </c>
       <c r="K394">
         <v>1</v>
       </c>
       <c r="L394">
-        <v>965620</v>
+        <v>68020</v>
       </c>
       <c r="M394">
         <v>2026</v>
       </c>
       <c r="N394" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="395" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A395" s="1" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="B395">
         <v>1</v>
       </c>
       <c r="C395" t="s">
         <v>15</v>
       </c>
       <c r="D395">
-        <v>1989</v>
+        <v>2010</v>
       </c>
       <c r="F395">
         <v>373</v>
       </c>
       <c r="G395" t="s">
         <v>19</v>
       </c>
       <c r="H395" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="I395">
-        <v>2794</v>
+        <v>13272</v>
       </c>
       <c r="K395">
         <v>1</v>
       </c>
       <c r="L395">
-        <v>84570</v>
+        <v>965620</v>
       </c>
       <c r="M395">
         <v>2026</v>
       </c>
       <c r="N395" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="396" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A396" s="1" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="B396">
         <v>1</v>
       </c>
       <c r="C396" t="s">
         <v>15</v>
       </c>
       <c r="D396">
-        <v>1995</v>
+        <v>1989</v>
       </c>
       <c r="F396">
-        <v>348</v>
+        <v>373</v>
       </c>
       <c r="G396" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="H396" t="s">
-        <v>385</v>
+        <v>652</v>
       </c>
       <c r="I396">
-        <v>1173</v>
-[...1 lines deleted...]
-      <c r="J396">
+        <v>2794</v>
+      </c>
+      <c r="K396">
         <v>1</v>
       </c>
       <c r="L396">
-        <v>48970</v>
+        <v>84570</v>
       </c>
       <c r="M396">
         <v>2026</v>
       </c>
       <c r="N396" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="397" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A397" s="1" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="B397">
         <v>1</v>
       </c>
       <c r="C397" t="s">
         <v>15</v>
       </c>
       <c r="D397">
-        <v>1948</v>
+        <v>1995</v>
       </c>
       <c r="F397">
-        <v>398</v>
+        <v>348</v>
       </c>
       <c r="G397" t="s">
-        <v>29</v>
+        <v>35</v>
+      </c>
+      <c r="H397" t="s">
+        <v>383</v>
       </c>
       <c r="I397">
-        <v>4796</v>
-[...1 lines deleted...]
-      <c r="K397">
+        <v>1173</v>
+      </c>
+      <c r="J397">
         <v>1</v>
       </c>
       <c r="L397">
-        <v>62040</v>
+        <v>48970</v>
       </c>
       <c r="M397">
         <v>2026</v>
       </c>
       <c r="N397" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="398" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A398" s="1" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="B398">
         <v>1</v>
       </c>
       <c r="C398" t="s">
         <v>15</v>
       </c>
       <c r="D398">
-        <v>1996</v>
+        <v>1948</v>
       </c>
       <c r="F398">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="G398" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>657</v>
+        <v>29</v>
       </c>
       <c r="I398">
-        <v>17500</v>
+        <v>4796</v>
       </c>
       <c r="K398">
         <v>1</v>
       </c>
       <c r="L398">
-        <v>387710</v>
+        <v>62040</v>
       </c>
       <c r="M398">
         <v>2026</v>
       </c>
       <c r="N398" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="399" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A399" s="1" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="B399">
         <v>1</v>
       </c>
       <c r="C399" t="s">
         <v>15</v>
       </c>
       <c r="D399">
-        <v>1945</v>
+        <v>1996</v>
       </c>
       <c r="F399">
-        <v>321</v>
+        <v>399</v>
       </c>
       <c r="G399" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="H399" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="I399">
-        <v>5096</v>
+        <v>17500</v>
       </c>
       <c r="K399">
         <v>1</v>
       </c>
       <c r="L399">
-        <v>294320</v>
+        <v>387710</v>
       </c>
       <c r="M399">
         <v>2026</v>
       </c>
       <c r="N399" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="400" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A400" s="1" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="B400">
         <v>1</v>
       </c>
       <c r="C400" t="s">
         <v>15</v>
       </c>
       <c r="D400">
-        <v>1955</v>
+        <v>1945</v>
       </c>
       <c r="F400">
-        <v>101</v>
+        <v>321</v>
       </c>
       <c r="G400" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="H400" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="I400">
-        <v>1247</v>
+        <v>5096</v>
       </c>
       <c r="K400">
         <v>1</v>
       </c>
       <c r="L400">
-        <v>69890</v>
+        <v>294320</v>
       </c>
       <c r="M400">
         <v>2026</v>
       </c>
       <c r="N400" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="401" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A401" s="1" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="B401">
         <v>1</v>
       </c>
       <c r="C401" t="s">
         <v>15</v>
       </c>
       <c r="D401">
-        <v>2022</v>
+        <v>1955</v>
       </c>
       <c r="F401">
-        <v>398</v>
+        <v>101</v>
       </c>
       <c r="G401" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="H401" t="s">
+        <v>660</v>
       </c>
       <c r="I401">
-        <v>9000</v>
-[...1 lines deleted...]
-      <c r="J401">
+        <v>1247</v>
+      </c>
+      <c r="K401">
         <v>1</v>
       </c>
       <c r="L401">
-        <v>226370</v>
+        <v>69890</v>
       </c>
       <c r="M401">
         <v>2026</v>
       </c>
       <c r="N401" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="402" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A402" s="1" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="B402">
         <v>1</v>
       </c>
       <c r="C402" t="s">
         <v>15</v>
       </c>
       <c r="D402">
-        <v>1988</v>
+        <v>2022</v>
       </c>
       <c r="F402">
-        <v>620</v>
+        <v>398</v>
       </c>
       <c r="G402" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>664</v>
+        <v>29</v>
       </c>
       <c r="I402">
-        <v>27712</v>
-[...1 lines deleted...]
-      <c r="K402">
+        <v>9000</v>
+      </c>
+      <c r="J402">
         <v>1</v>
       </c>
       <c r="L402">
-        <v>2004530</v>
+        <v>226370</v>
       </c>
       <c r="M402">
         <v>2026</v>
       </c>
       <c r="N402" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="403" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A403" s="1" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="B403">
         <v>1</v>
       </c>
       <c r="C403" t="s">
         <v>15</v>
       </c>
       <c r="D403">
-        <v>1920</v>
-[...2 lines deleted...]
-        <v>2020</v>
+        <v>1988</v>
       </c>
       <c r="F403">
-        <v>373</v>
+        <v>620</v>
       </c>
       <c r="G403" t="s">
-        <v>19</v>
+        <v>90</v>
       </c>
       <c r="H403" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="I403">
-        <v>3427</v>
+        <v>27712</v>
       </c>
       <c r="K403">
         <v>1</v>
       </c>
       <c r="L403">
-        <v>73690</v>
+        <v>2004530</v>
       </c>
       <c r="M403">
         <v>2026</v>
       </c>
       <c r="N403" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="404" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A404" s="1" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="B404">
         <v>1</v>
       </c>
       <c r="C404" t="s">
         <v>15</v>
       </c>
       <c r="D404">
-        <v>1959</v>
+        <v>1920</v>
+      </c>
+      <c r="E404">
+        <v>2020</v>
       </c>
       <c r="F404">
         <v>373</v>
       </c>
       <c r="G404" t="s">
         <v>19</v>
       </c>
       <c r="H404" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="I404">
-        <v>400</v>
+        <v>3427</v>
       </c>
       <c r="K404">
         <v>1</v>
       </c>
       <c r="L404">
-        <v>4540</v>
+        <v>73690</v>
       </c>
       <c r="M404">
         <v>2026</v>
       </c>
       <c r="N404" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="405" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A405" s="1" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="B405">
         <v>1</v>
       </c>
       <c r="C405" t="s">
         <v>15</v>
       </c>
       <c r="D405">
-        <v>2008</v>
+        <v>1959</v>
       </c>
       <c r="F405">
-        <v>612</v>
+        <v>373</v>
       </c>
       <c r="G405" t="s">
-        <v>106</v>
+        <v>19</v>
       </c>
       <c r="H405" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="I405">
-        <v>67926</v>
+        <v>400</v>
       </c>
       <c r="K405">
         <v>1</v>
       </c>
       <c r="L405">
-        <v>8016730</v>
+        <v>4540</v>
       </c>
       <c r="M405">
         <v>2026</v>
       </c>
       <c r="N405" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="406" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A406" s="1" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="B406">
         <v>1</v>
       </c>
       <c r="C406" t="s">
         <v>15</v>
       </c>
       <c r="D406">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="F406">
-        <v>349</v>
+        <v>612</v>
       </c>
       <c r="G406" t="s">
-        <v>51</v>
+        <v>106</v>
       </c>
       <c r="H406" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="I406">
-        <v>2340</v>
+        <v>67926</v>
       </c>
       <c r="K406">
         <v>1</v>
       </c>
       <c r="L406">
-        <v>179890</v>
+        <v>8016730</v>
       </c>
       <c r="M406">
         <v>2026</v>
       </c>
       <c r="N406" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="407" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A407" s="1" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="B407">
         <v>1</v>
       </c>
       <c r="C407" t="s">
         <v>15</v>
       </c>
       <c r="D407">
-        <v>1988</v>
+        <v>2003</v>
       </c>
       <c r="F407">
-        <v>398</v>
+        <v>349</v>
       </c>
       <c r="G407" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="H407" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="I407">
-        <v>11250</v>
+        <v>2340</v>
       </c>
       <c r="K407">
         <v>1</v>
       </c>
       <c r="L407">
-        <v>321120</v>
+        <v>179890</v>
       </c>
       <c r="M407">
         <v>2026</v>
       </c>
       <c r="N407" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="408" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A408" s="1" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="B408">
         <v>1</v>
       </c>
       <c r="C408" t="s">
         <v>15</v>
       </c>
       <c r="D408">
-        <v>1993</v>
+        <v>1988</v>
       </c>
       <c r="F408">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="G408" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="H408" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="I408">
-        <v>18000</v>
+        <v>11250</v>
       </c>
       <c r="K408">
         <v>1</v>
       </c>
       <c r="L408">
-        <v>145010</v>
+        <v>321120</v>
       </c>
       <c r="M408">
         <v>2026</v>
       </c>
       <c r="N408" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="409" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A409" s="1" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="B409">
         <v>1</v>
       </c>
       <c r="C409" t="s">
         <v>15</v>
       </c>
       <c r="D409">
-        <v>2003</v>
+        <v>1993</v>
       </c>
       <c r="F409">
         <v>399</v>
       </c>
       <c r="G409" t="s">
         <v>54</v>
       </c>
       <c r="H409" t="s">
-        <v>25</v>
+        <v>675</v>
       </c>
       <c r="I409">
-        <v>15400</v>
+        <v>18000</v>
       </c>
       <c r="K409">
         <v>1</v>
       </c>
       <c r="L409">
-        <v>330920</v>
+        <v>145010</v>
       </c>
       <c r="M409">
         <v>2026</v>
       </c>
       <c r="N409" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="410" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A410" s="1" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="B410">
         <v>1</v>
       </c>
       <c r="C410" t="s">
         <v>15</v>
       </c>
       <c r="D410">
-        <v>1993</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="F410">
         <v>399</v>
       </c>
       <c r="G410" t="s">
         <v>54</v>
       </c>
+      <c r="H410" t="s">
+        <v>25</v>
+      </c>
       <c r="I410">
-        <v>4116</v>
+        <v>15400</v>
+      </c>
+      <c r="K410">
+        <v>1</v>
       </c>
       <c r="L410">
-        <v>76300</v>
+        <v>330920</v>
       </c>
       <c r="M410">
         <v>2026</v>
       </c>
       <c r="N410" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="411" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A411" s="1" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="B411">
         <v>1</v>
       </c>
       <c r="C411" t="s">
         <v>15</v>
       </c>
       <c r="D411">
-        <v>1950</v>
+        <v>1993</v>
+      </c>
+      <c r="E411">
+        <v>2000</v>
       </c>
       <c r="F411">
-        <v>620</v>
+        <v>399</v>
       </c>
       <c r="G411" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>680</v>
+        <v>54</v>
       </c>
       <c r="I411">
-        <v>4328</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4116</v>
       </c>
       <c r="L411">
-        <v>190560</v>
+        <v>76300</v>
       </c>
       <c r="M411">
         <v>2026</v>
       </c>
       <c r="N411" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="412" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A412" s="1" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="B412">
         <v>1</v>
       </c>
       <c r="C412" t="s">
         <v>15</v>
       </c>
       <c r="D412">
-        <v>1867</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>1950</v>
       </c>
       <c r="F412">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="G412" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="H412" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="I412">
-        <v>848</v>
+        <v>4328</v>
       </c>
       <c r="K412">
         <v>1</v>
       </c>
       <c r="L412">
-        <v>75480</v>
+        <v>190560</v>
       </c>
       <c r="M412">
         <v>2026</v>
       </c>
       <c r="N412" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="413" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A413" s="1" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="B413">
         <v>1</v>
       </c>
       <c r="C413" t="s">
         <v>15</v>
       </c>
       <c r="D413">
-        <v>2001</v>
+        <v>1867</v>
+      </c>
+      <c r="E413">
+        <v>2005</v>
       </c>
       <c r="F413">
-        <v>399</v>
+        <v>612</v>
       </c>
       <c r="G413" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="H413" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="I413">
-        <v>2544</v>
+        <v>848</v>
       </c>
       <c r="K413">
         <v>1</v>
       </c>
       <c r="L413">
-        <v>40480</v>
+        <v>75480</v>
       </c>
       <c r="M413">
         <v>2026</v>
       </c>
       <c r="N413" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="414" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A414" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="B414">
         <v>1</v>
       </c>
       <c r="C414" t="s">
         <v>15</v>
       </c>
       <c r="D414">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="F414">
-        <v>353</v>
+        <v>399</v>
       </c>
       <c r="G414" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="H414" t="s">
-        <v>493</v>
+        <v>683</v>
       </c>
       <c r="I414">
-        <v>1200</v>
+        <v>2544</v>
       </c>
       <c r="K414">
         <v>1</v>
       </c>
       <c r="L414">
-        <v>55590</v>
+        <v>40480</v>
       </c>
       <c r="M414">
         <v>2026</v>
       </c>
       <c r="N414" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="415" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A415" s="1" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="B415">
         <v>1</v>
       </c>
       <c r="C415" t="s">
         <v>15</v>
       </c>
       <c r="D415">
-        <v>1960</v>
+        <v>1996</v>
       </c>
       <c r="F415">
-        <v>332</v>
+        <v>353</v>
       </c>
       <c r="G415" t="s">
-        <v>122</v>
+        <v>57</v>
       </c>
       <c r="H415" t="s">
-        <v>687</v>
+        <v>491</v>
       </c>
       <c r="I415">
-        <v>1576</v>
-[...1 lines deleted...]
-      <c r="J415">
+        <v>1200</v>
+      </c>
+      <c r="K415">
         <v>1</v>
       </c>
       <c r="L415">
-        <v>45950</v>
+        <v>55590</v>
       </c>
       <c r="M415">
         <v>2026</v>
       </c>
       <c r="N415" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="416" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A416" s="1" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="B416">
         <v>1</v>
       </c>
       <c r="C416" t="s">
         <v>15</v>
       </c>
       <c r="D416">
-        <v>1995</v>
+        <v>1960</v>
       </c>
       <c r="F416">
-        <v>373</v>
+        <v>332</v>
       </c>
       <c r="G416" t="s">
-        <v>19</v>
+        <v>174</v>
       </c>
       <c r="H416" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="I416">
-        <v>949</v>
-[...1 lines deleted...]
-      <c r="K416">
+        <v>1576</v>
+      </c>
+      <c r="J416">
         <v>1</v>
       </c>
       <c r="L416">
-        <v>20150</v>
+        <v>45950</v>
       </c>
       <c r="M416">
         <v>2026</v>
       </c>
       <c r="N416" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="417" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A417" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="B417">
+        <v>1</v>
+      </c>
+      <c r="C417" t="s">
+        <v>15</v>
+      </c>
+      <c r="D417">
+        <v>1995</v>
+      </c>
+      <c r="F417">
+        <v>373</v>
+      </c>
+      <c r="G417" t="s">
+        <v>19</v>
+      </c>
+      <c r="H417" t="s">
         <v>688</v>
       </c>
-      <c r="B417">
-[...13 lines deleted...]
-      </c>
       <c r="I417">
-        <v>1550</v>
+        <v>949</v>
       </c>
       <c r="K417">
         <v>1</v>
       </c>
       <c r="L417">
-        <v>77920</v>
+        <v>20150</v>
       </c>
       <c r="M417">
         <v>2026</v>
       </c>
       <c r="N417" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="418" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A418" s="1" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="B418">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C418" t="s">
         <v>15</v>
       </c>
       <c r="D418">
         <v>1955</v>
       </c>
       <c r="F418">
-        <v>373</v>
+        <v>101</v>
       </c>
       <c r="G418" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="I418">
         <v>1550</v>
       </c>
       <c r="K418">
         <v>1</v>
       </c>
       <c r="L418">
-        <v>58120</v>
+        <v>77920</v>
       </c>
       <c r="M418">
         <v>2026</v>
       </c>
       <c r="N418" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="419" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A419" s="1" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="B419">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C419" t="s">
         <v>15</v>
       </c>
       <c r="D419">
-        <v>1978</v>
+        <v>1955</v>
       </c>
       <c r="F419">
         <v>373</v>
       </c>
       <c r="G419" t="s">
         <v>19</v>
       </c>
-      <c r="H419" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I419">
-        <v>576</v>
+        <v>1550</v>
       </c>
       <c r="K419">
         <v>1</v>
       </c>
       <c r="L419">
-        <v>20820</v>
+        <v>58120</v>
       </c>
       <c r="M419">
         <v>2026</v>
       </c>
       <c r="N419" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="420" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A420" s="1" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="B420">
         <v>1</v>
       </c>
       <c r="C420" t="s">
         <v>15</v>
       </c>
       <c r="D420">
-        <v>1985</v>
+        <v>1978</v>
       </c>
       <c r="F420">
-        <v>620</v>
+        <v>373</v>
       </c>
       <c r="G420" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="H420" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="I420">
-        <v>2139</v>
+        <v>576</v>
       </c>
       <c r="K420">
         <v>1</v>
       </c>
       <c r="L420">
-        <v>124080</v>
+        <v>20820</v>
       </c>
       <c r="M420">
         <v>2026</v>
       </c>
       <c r="N420" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="421" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A421" s="1" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="B421">
         <v>1</v>
       </c>
       <c r="C421" t="s">
         <v>15</v>
       </c>
       <c r="D421">
-        <v>1981</v>
+        <v>1985</v>
       </c>
       <c r="F421">
-        <v>332</v>
+        <v>620</v>
       </c>
       <c r="G421" t="s">
-        <v>122</v>
+        <v>90</v>
       </c>
       <c r="H421" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="I421">
-        <v>2061</v>
+        <v>2139</v>
       </c>
       <c r="K421">
         <v>1</v>
       </c>
       <c r="L421">
-        <v>87030</v>
+        <v>124080</v>
       </c>
       <c r="M421">
         <v>2026</v>
       </c>
       <c r="N421" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="422" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A422" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="B422">
+        <v>1</v>
+      </c>
+      <c r="C422" t="s">
+        <v>15</v>
+      </c>
+      <c r="D422">
+        <v>1981</v>
+      </c>
+      <c r="F422">
+        <v>332</v>
+      </c>
+      <c r="G422" t="s">
+        <v>174</v>
+      </c>
+      <c r="H422" t="s">
         <v>694</v>
       </c>
-      <c r="B422">
-[...13 lines deleted...]
-      </c>
       <c r="I422">
-        <v>1152</v>
+        <v>2061</v>
       </c>
       <c r="K422">
         <v>1</v>
       </c>
       <c r="L422">
-        <v>63190</v>
+        <v>87030</v>
       </c>
       <c r="M422">
         <v>2026</v>
       </c>
       <c r="N422" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="423" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A423" s="1" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="B423">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C423" t="s">
         <v>15</v>
       </c>
       <c r="D423">
-        <v>1972</v>
+        <v>1987</v>
       </c>
       <c r="F423">
         <v>101</v>
       </c>
       <c r="G423" t="s">
         <v>43</v>
       </c>
       <c r="I423">
-        <v>1492</v>
+        <v>1152</v>
       </c>
       <c r="K423">
         <v>1</v>
       </c>
       <c r="L423">
-        <v>78980</v>
+        <v>63190</v>
       </c>
       <c r="M423">
         <v>2026</v>
       </c>
       <c r="N423" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="424" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A424" s="1" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="B424">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C424" t="s">
         <v>15</v>
       </c>
       <c r="D424">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="F424">
-        <v>373</v>
+        <v>101</v>
       </c>
       <c r="G424" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>43</v>
       </c>
       <c r="I424">
-        <v>2113</v>
+        <v>1492</v>
       </c>
       <c r="K424">
         <v>1</v>
       </c>
       <c r="L424">
-        <v>55220</v>
+        <v>78980</v>
       </c>
       <c r="M424">
         <v>2026</v>
       </c>
       <c r="N424" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="425" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A425" s="1" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="B425">
         <v>1</v>
       </c>
       <c r="C425" t="s">
         <v>15</v>
       </c>
       <c r="D425">
         <v>1971</v>
       </c>
       <c r="F425">
-        <v>332</v>
+        <v>373</v>
       </c>
       <c r="G425" t="s">
-        <v>122</v>
+        <v>19</v>
       </c>
       <c r="H425" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="I425">
-        <v>2171</v>
+        <v>2113</v>
       </c>
       <c r="K425">
         <v>1</v>
       </c>
       <c r="L425">
-        <v>69540</v>
+        <v>55220</v>
       </c>
       <c r="M425">
         <v>2026</v>
       </c>
       <c r="N425" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="426" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A426" s="1" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="B426">
         <v>1</v>
       </c>
       <c r="C426" t="s">
         <v>15</v>
       </c>
       <c r="D426">
-        <v>1975</v>
+        <v>1971</v>
       </c>
       <c r="F426">
-        <v>398</v>
+        <v>332</v>
       </c>
       <c r="G426" t="s">
-        <v>29</v>
+        <v>174</v>
       </c>
       <c r="H426" t="s">
-        <v>526</v>
+        <v>696</v>
       </c>
       <c r="I426">
-        <v>2400</v>
+        <v>2171</v>
       </c>
       <c r="K426">
         <v>1</v>
       </c>
       <c r="L426">
-        <v>77880</v>
+        <v>69540</v>
       </c>
       <c r="M426">
         <v>2026</v>
       </c>
       <c r="N426" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="427" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A427" s="1" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="B427">
         <v>1</v>
       </c>
       <c r="C427" t="s">
         <v>15</v>
       </c>
       <c r="D427">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="F427">
-        <v>373</v>
+        <v>398</v>
       </c>
       <c r="G427" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="H427" t="s">
-        <v>86</v>
+        <v>524</v>
       </c>
       <c r="I427">
-        <v>630</v>
+        <v>2400</v>
       </c>
       <c r="K427">
         <v>1</v>
       </c>
       <c r="L427">
-        <v>10880</v>
+        <v>77880</v>
       </c>
       <c r="M427">
         <v>2026</v>
       </c>
       <c r="N427" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="428" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A428" s="1" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="B428">
         <v>1</v>
       </c>
       <c r="C428" t="s">
         <v>15</v>
       </c>
       <c r="D428">
-        <v>1975</v>
+        <v>1972</v>
       </c>
       <c r="F428">
-        <v>101</v>
+        <v>373</v>
       </c>
       <c r="G428" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="H428" t="s">
-        <v>702</v>
+        <v>86</v>
       </c>
       <c r="I428">
-        <v>1924</v>
+        <v>630</v>
       </c>
       <c r="K428">
         <v>1</v>
       </c>
       <c r="L428">
-        <v>65900</v>
+        <v>10880</v>
       </c>
       <c r="M428">
         <v>2026</v>
       </c>
       <c r="N428" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="429" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A429" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="B429">
+        <v>1</v>
+      </c>
+      <c r="C429" t="s">
+        <v>15</v>
+      </c>
+      <c r="D429">
+        <v>1975</v>
+      </c>
+      <c r="F429">
+        <v>101</v>
+      </c>
+      <c r="G429" t="s">
+        <v>43</v>
+      </c>
+      <c r="H429" t="s">
         <v>701</v>
       </c>
-      <c r="B429">
-[...13 lines deleted...]
-      </c>
       <c r="I429">
-        <v>300</v>
+        <v>1924</v>
       </c>
       <c r="K429">
         <v>1</v>
       </c>
       <c r="L429">
-        <v>7020</v>
+        <v>65900</v>
       </c>
       <c r="M429">
         <v>2026</v>
       </c>
       <c r="N429" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="430" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A430" s="1" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="B430">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C430" t="s">
         <v>15</v>
       </c>
       <c r="D430">
-        <v>1966</v>
+        <v>1993</v>
       </c>
       <c r="F430">
-        <v>101</v>
+        <v>373</v>
       </c>
       <c r="G430" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>704</v>
+        <v>19</v>
       </c>
       <c r="I430">
-        <v>1311</v>
+        <v>300</v>
       </c>
       <c r="K430">
         <v>1</v>
       </c>
       <c r="L430">
-        <v>15680</v>
+        <v>7020</v>
       </c>
       <c r="M430">
         <v>2026</v>
       </c>
       <c r="N430" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="431" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A431" s="1" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="B431">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C431" t="s">
         <v>15</v>
       </c>
       <c r="D431">
-        <v>1960</v>
+        <v>1966</v>
       </c>
       <c r="F431">
         <v>101</v>
       </c>
       <c r="G431" t="s">
         <v>43</v>
       </c>
+      <c r="H431" t="s">
+        <v>703</v>
+      </c>
       <c r="I431">
-        <v>995</v>
+        <v>1311</v>
       </c>
       <c r="K431">
         <v>1</v>
       </c>
       <c r="L431">
-        <v>17430</v>
+        <v>15680</v>
       </c>
       <c r="M431">
         <v>2026</v>
       </c>
       <c r="N431" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="432" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A432" s="1" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="B432">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C432" t="s">
         <v>15</v>
       </c>
       <c r="D432">
-        <v>1975</v>
+        <v>1960</v>
       </c>
       <c r="F432">
         <v>101</v>
       </c>
       <c r="G432" t="s">
         <v>43</v>
       </c>
-      <c r="H432" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I432">
-        <v>2344</v>
+        <v>995</v>
       </c>
       <c r="K432">
         <v>1</v>
       </c>
       <c r="L432">
-        <v>70180</v>
+        <v>17430</v>
       </c>
       <c r="M432">
         <v>2026</v>
       </c>
       <c r="N432" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="433" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A433" s="1" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="B433">
         <v>1</v>
       </c>
       <c r="C433" t="s">
         <v>15</v>
       </c>
       <c r="D433">
-        <v>1960</v>
+        <v>1975</v>
       </c>
       <c r="F433">
-        <v>315</v>
+        <v>101</v>
       </c>
       <c r="G433" t="s">
-        <v>458</v>
+        <v>43</v>
       </c>
       <c r="H433" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="I433">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>2344</v>
       </c>
       <c r="K433">
         <v>1</v>
       </c>
       <c r="L433">
-        <v>45970</v>
+        <v>70180</v>
       </c>
       <c r="M433">
         <v>2026</v>
       </c>
       <c r="N433" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="434" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A434" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="B434">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C434" t="s">
         <v>15</v>
       </c>
       <c r="D434">
         <v>1960</v>
       </c>
       <c r="F434">
         <v>315</v>
       </c>
       <c r="G434" t="s">
-        <v>458</v>
+        <v>456</v>
+      </c>
+      <c r="H434" t="s">
+        <v>707</v>
       </c>
       <c r="I434">
-        <v>1274</v>
+        <v>1428</v>
       </c>
       <c r="J434">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="K434">
         <v>1</v>
       </c>
       <c r="L434">
-        <v>39620</v>
+        <v>45970</v>
       </c>
       <c r="M434">
         <v>2026</v>
       </c>
       <c r="N434" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="435" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A435" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="B435">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C435" t="s">
         <v>15</v>
       </c>
       <c r="D435">
         <v>1960</v>
       </c>
       <c r="F435">
         <v>315</v>
       </c>
       <c r="G435" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="I435">
-        <v>612</v>
+        <v>1274</v>
       </c>
       <c r="J435">
         <v>1</v>
       </c>
       <c r="K435">
         <v>1</v>
       </c>
       <c r="L435">
-        <v>18850</v>
+        <v>39620</v>
       </c>
       <c r="M435">
         <v>2026</v>
       </c>
       <c r="N435" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="436" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A436" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="B436">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C436" t="s">
         <v>15</v>
       </c>
       <c r="D436">
         <v>1960</v>
       </c>
       <c r="F436">
         <v>315</v>
       </c>
       <c r="G436" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="I436">
-        <v>1133</v>
+        <v>612</v>
       </c>
       <c r="J436">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K436">
         <v>1</v>
       </c>
       <c r="L436">
-        <v>36070</v>
+        <v>18850</v>
       </c>
       <c r="M436">
         <v>2026</v>
       </c>
       <c r="N436" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="437" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A437" s="1" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="B437">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C437" t="s">
         <v>15</v>
       </c>
       <c r="D437">
-        <v>2000</v>
+        <v>1960</v>
       </c>
       <c r="F437">
-        <v>720</v>
+        <v>315</v>
       </c>
       <c r="G437" t="s">
-        <v>710</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>456</v>
       </c>
       <c r="I437">
-        <v>336</v>
+        <v>1133</v>
+      </c>
+      <c r="J437">
+        <v>3</v>
       </c>
       <c r="K437">
         <v>1</v>
       </c>
       <c r="L437">
-        <v>15620</v>
+        <v>36070</v>
       </c>
       <c r="M437">
         <v>2026</v>
       </c>
       <c r="N437" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="438" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A438" s="1" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="B438">
         <v>1</v>
       </c>
       <c r="C438" t="s">
         <v>15</v>
       </c>
       <c r="D438">
-        <v>1985</v>
+        <v>2000</v>
       </c>
       <c r="F438">
-        <v>373</v>
+        <v>720</v>
       </c>
       <c r="G438" t="s">
-        <v>19</v>
+        <v>709</v>
       </c>
       <c r="H438" t="s">
-        <v>712</v>
+        <v>206</v>
       </c>
       <c r="I438">
-        <v>3000</v>
+        <v>336</v>
       </c>
       <c r="K438">
         <v>1</v>
       </c>
       <c r="L438">
-        <v>120380</v>
+        <v>15620</v>
       </c>
       <c r="M438">
         <v>2026</v>
       </c>
       <c r="N438" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="439" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A439" s="1" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="B439">
         <v>1</v>
       </c>
       <c r="C439" t="s">
         <v>15</v>
       </c>
       <c r="D439">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="F439">
         <v>373</v>
       </c>
       <c r="G439" t="s">
         <v>19</v>
       </c>
       <c r="H439" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="I439">
-        <v>1040</v>
+        <v>3000</v>
       </c>
       <c r="K439">
         <v>1</v>
       </c>
       <c r="L439">
-        <v>34400</v>
+        <v>120380</v>
       </c>
       <c r="M439">
         <v>2026</v>
       </c>
       <c r="N439" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="440" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A440" s="1" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="B440">
         <v>1</v>
       </c>
       <c r="C440" t="s">
         <v>15</v>
       </c>
       <c r="D440">
-        <v>2001</v>
+        <v>1986</v>
       </c>
       <c r="F440">
         <v>373</v>
       </c>
       <c r="G440" t="s">
         <v>19</v>
       </c>
       <c r="H440" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="I440">
-        <v>3370</v>
+        <v>1040</v>
       </c>
       <c r="K440">
         <v>1</v>
       </c>
       <c r="L440">
-        <v>60090</v>
+        <v>34400</v>
       </c>
       <c r="M440">
         <v>2026</v>
       </c>
       <c r="N440" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="441" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A441" s="1" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="B441">
         <v>1</v>
       </c>
       <c r="C441" t="s">
         <v>15</v>
       </c>
       <c r="D441">
-        <v>1980</v>
+        <v>2001</v>
       </c>
       <c r="F441">
-        <v>101</v>
+        <v>373</v>
       </c>
       <c r="G441" t="s">
-        <v>43</v>
+        <v>19</v>
+      </c>
+      <c r="H441" t="s">
+        <v>715</v>
       </c>
       <c r="I441">
-        <v>825</v>
+        <v>3370</v>
       </c>
       <c r="K441">
         <v>1</v>
       </c>
       <c r="L441">
-        <v>48710</v>
+        <v>60090</v>
       </c>
       <c r="M441">
         <v>2026</v>
       </c>
       <c r="N441" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="442" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A442" s="1" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="B442">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C442" t="s">
         <v>15</v>
       </c>
       <c r="D442">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="F442">
         <v>101</v>
       </c>
       <c r="G442" t="s">
         <v>43</v>
       </c>
       <c r="I442">
-        <v>2835</v>
+        <v>825</v>
       </c>
       <c r="K442">
         <v>1</v>
       </c>
       <c r="L442">
-        <v>128430</v>
+        <v>48710</v>
       </c>
       <c r="M442">
         <v>2026</v>
       </c>
       <c r="N442" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="443" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A443" s="1" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="B443">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C443" t="s">
         <v>15</v>
       </c>
       <c r="D443">
-        <v>1990</v>
+        <v>1975</v>
       </c>
       <c r="F443">
         <v>101</v>
       </c>
       <c r="G443" t="s">
         <v>43</v>
       </c>
-      <c r="H443" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I443">
-        <v>1578</v>
+        <v>2835</v>
       </c>
       <c r="K443">
         <v>1</v>
       </c>
       <c r="L443">
-        <v>71130</v>
+        <v>128430</v>
       </c>
       <c r="M443">
         <v>2026</v>
       </c>
       <c r="N443" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="444" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A444" s="1" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="B444">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C444" t="s">
         <v>15</v>
       </c>
       <c r="D444">
-        <v>1973</v>
+        <v>1990</v>
       </c>
       <c r="F444">
-        <v>398</v>
+        <v>101</v>
       </c>
       <c r="G444" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="H444" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="I444">
-        <v>7436</v>
+        <v>1578</v>
       </c>
       <c r="K444">
         <v>1</v>
       </c>
       <c r="L444">
-        <v>187730</v>
+        <v>71130</v>
       </c>
       <c r="M444">
         <v>2026</v>
       </c>
       <c r="N444" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="445" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A445" s="1" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="B445">
         <v>1</v>
       </c>
       <c r="C445" t="s">
         <v>15</v>
       </c>
       <c r="D445">
-        <v>1970</v>
+        <v>1973</v>
       </c>
       <c r="F445">
-        <v>373</v>
+        <v>398</v>
       </c>
       <c r="G445" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="H445" t="s">
-        <v>217</v>
+        <v>719</v>
       </c>
       <c r="I445">
-        <v>600</v>
+        <v>7436</v>
       </c>
       <c r="K445">
         <v>1</v>
       </c>
       <c r="L445">
-        <v>14320</v>
+        <v>187730</v>
       </c>
       <c r="M445">
         <v>2026</v>
       </c>
       <c r="N445" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="446" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A446" s="1" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="B446">
         <v>1</v>
       </c>
       <c r="C446" t="s">
         <v>15</v>
       </c>
       <c r="D446">
-        <v>1988</v>
+        <v>1970</v>
       </c>
       <c r="F446">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="G446" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="H446" t="s">
-        <v>468</v>
+        <v>215</v>
       </c>
       <c r="I446">
-        <v>4312</v>
+        <v>600</v>
       </c>
       <c r="K446">
         <v>1</v>
       </c>
       <c r="L446">
-        <v>58790</v>
+        <v>14320</v>
       </c>
       <c r="M446">
         <v>2026</v>
       </c>
       <c r="N446" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="447" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A447" s="1" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="B447">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C447" t="s">
         <v>15</v>
       </c>
       <c r="D447">
-        <v>1947</v>
+        <v>1988</v>
       </c>
       <c r="F447">
-        <v>101</v>
+        <v>398</v>
       </c>
       <c r="G447" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="H447" t="s">
-        <v>723</v>
+        <v>466</v>
       </c>
       <c r="I447">
-        <v>2016</v>
+        <v>4312</v>
       </c>
       <c r="K447">
         <v>1</v>
       </c>
       <c r="L447">
-        <v>74510</v>
+        <v>58790</v>
       </c>
       <c r="M447">
         <v>2026</v>
       </c>
       <c r="N447" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="448" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A448" s="1" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="B448">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C448" t="s">
         <v>15</v>
       </c>
       <c r="D448">
-        <v>1972</v>
+        <v>1947</v>
       </c>
       <c r="F448">
-        <v>333</v>
+        <v>101</v>
       </c>
       <c r="G448" t="s">
-        <v>258</v>
+        <v>43</v>
       </c>
       <c r="H448" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="I448">
-        <v>605</v>
+        <v>2016</v>
       </c>
       <c r="K448">
         <v>1</v>
       </c>
       <c r="L448">
-        <v>7570</v>
+        <v>74510</v>
       </c>
       <c r="M448">
         <v>2026</v>
       </c>
       <c r="N448" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="449" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A449" s="1" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="B449">
         <v>1</v>
       </c>
       <c r="C449" t="s">
         <v>15</v>
       </c>
       <c r="D449">
-        <v>2002</v>
+        <v>1972</v>
       </c>
       <c r="F449">
-        <v>398</v>
+        <v>333</v>
       </c>
       <c r="G449" t="s">
-        <v>29</v>
+        <v>256</v>
       </c>
       <c r="H449" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="I449">
-        <v>1920</v>
+        <v>605</v>
       </c>
       <c r="K449">
         <v>1</v>
       </c>
       <c r="L449">
-        <v>66570</v>
+        <v>7570</v>
       </c>
       <c r="M449">
         <v>2026</v>
       </c>
       <c r="N449" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="450" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A450" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="B450">
+        <v>1</v>
+      </c>
+      <c r="C450" t="s">
+        <v>15</v>
+      </c>
+      <c r="D450">
+        <v>2002</v>
+      </c>
+      <c r="F450">
+        <v>398</v>
+      </c>
+      <c r="G450" t="s">
+        <v>29</v>
+      </c>
+      <c r="H450" t="s">
         <v>726</v>
       </c>
-      <c r="B450">
-[...16 lines deleted...]
-      </c>
       <c r="I450">
-        <v>288</v>
+        <v>1920</v>
       </c>
       <c r="K450">
         <v>1</v>
       </c>
       <c r="L450">
-        <v>13280</v>
+        <v>66570</v>
       </c>
       <c r="M450">
         <v>2026</v>
       </c>
       <c r="N450" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="451" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A451" s="1" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="B451">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C451" t="s">
         <v>15</v>
       </c>
       <c r="D451">
-        <v>1989</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>1995</v>
       </c>
       <c r="F451">
-        <v>315</v>
+        <v>353</v>
       </c>
       <c r="G451" t="s">
-        <v>458</v>
+        <v>57</v>
       </c>
       <c r="H451" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="I451">
-        <v>5853</v>
-[...1 lines deleted...]
-      <c r="J451">
+        <v>288</v>
+      </c>
+      <c r="K451">
         <v>1</v>
       </c>
       <c r="L451">
-        <v>728660</v>
+        <v>13280</v>
       </c>
       <c r="M451">
         <v>2026</v>
       </c>
       <c r="N451" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="452" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A452" s="1" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="B452">
         <v>1</v>
       </c>
       <c r="C452" t="s">
         <v>15</v>
       </c>
       <c r="D452">
-        <v>1982</v>
+        <v>1989</v>
       </c>
       <c r="E452">
-        <v>1989</v>
+        <v>2010</v>
       </c>
       <c r="F452">
-        <v>374</v>
+        <v>315</v>
       </c>
       <c r="G452" t="s">
-        <v>62</v>
+        <v>456</v>
       </c>
       <c r="H452" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="I452">
-        <v>6932</v>
-[...1 lines deleted...]
-      <c r="K452">
+        <v>5853</v>
+      </c>
+      <c r="J452">
         <v>1</v>
       </c>
       <c r="L452">
-        <v>437700</v>
+        <v>728660</v>
       </c>
       <c r="M452">
         <v>2026</v>
       </c>
       <c r="N452" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="453" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A453" s="1" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="B453">
         <v>1</v>
       </c>
       <c r="C453" t="s">
         <v>15</v>
       </c>
       <c r="D453">
-        <v>1985</v>
+        <v>1982</v>
+      </c>
+      <c r="E453">
+        <v>1989</v>
       </c>
       <c r="F453">
-        <v>710</v>
+        <v>374</v>
       </c>
       <c r="G453" t="s">
-        <v>192</v>
+        <v>62</v>
       </c>
       <c r="H453" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="I453">
-        <v>372</v>
+        <v>6932</v>
       </c>
       <c r="K453">
         <v>1</v>
       </c>
       <c r="L453">
-        <v>21280</v>
+        <v>437700</v>
       </c>
       <c r="M453">
         <v>2026</v>
       </c>
       <c r="N453" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="454" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A454" s="1" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="B454">
         <v>1</v>
       </c>
       <c r="C454" t="s">
         <v>15</v>
       </c>
       <c r="D454">
-        <v>2001</v>
+        <v>1985</v>
       </c>
       <c r="F454">
-        <v>620</v>
+        <v>710</v>
       </c>
       <c r="G454" t="s">
-        <v>90</v>
+        <v>192</v>
       </c>
       <c r="H454" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="I454">
-        <v>6260</v>
+        <v>372</v>
       </c>
       <c r="K454">
         <v>1</v>
       </c>
       <c r="L454">
-        <v>745920</v>
+        <v>21280</v>
       </c>
       <c r="M454">
         <v>2026</v>
       </c>
       <c r="N454" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="455" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A455" s="1" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="B455">
         <v>1</v>
       </c>
       <c r="C455" t="s">
         <v>15</v>
       </c>
       <c r="D455">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="F455">
-        <v>373</v>
+        <v>620</v>
       </c>
       <c r="G455" t="s">
-        <v>19</v>
+        <v>90</v>
       </c>
       <c r="H455" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="I455">
-        <v>1152</v>
+        <v>6260</v>
       </c>
       <c r="K455">
         <v>1</v>
       </c>
       <c r="L455">
-        <v>85500</v>
+        <v>745920</v>
       </c>
       <c r="M455">
         <v>2026</v>
       </c>
       <c r="N455" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="456" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A456" s="1" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="B456">
         <v>1</v>
       </c>
       <c r="C456" t="s">
         <v>15</v>
       </c>
       <c r="D456">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="F456">
         <v>373</v>
       </c>
       <c r="G456" t="s">
         <v>19</v>
       </c>
+      <c r="H456" t="s">
+        <v>737</v>
+      </c>
       <c r="I456">
-        <v>1125</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1152</v>
       </c>
       <c r="K456">
         <v>1</v>
       </c>
       <c r="L456">
-        <v>151140</v>
+        <v>85500</v>
       </c>
       <c r="M456">
         <v>2026</v>
       </c>
       <c r="N456" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="457" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A457" s="1" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="B457">
         <v>1</v>
       </c>
       <c r="C457" t="s">
         <v>15</v>
       </c>
       <c r="D457">
-        <v>1989</v>
+        <v>2016</v>
       </c>
       <c r="F457">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="G457" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="I457">
-        <v>1408</v>
+        <v>1125</v>
+      </c>
+      <c r="J457">
+        <v>1</v>
       </c>
       <c r="K457">
         <v>1</v>
       </c>
       <c r="L457">
-        <v>44130</v>
+        <v>151140</v>
       </c>
       <c r="M457">
         <v>2026</v>
       </c>
       <c r="N457" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="458" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A458" s="1" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="B458">
         <v>1</v>
       </c>
       <c r="C458" t="s">
         <v>15</v>
       </c>
       <c r="D458">
-        <v>1994</v>
+        <v>1989</v>
       </c>
       <c r="F458">
-        <v>353</v>
+        <v>398</v>
       </c>
       <c r="G458" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>742</v>
+        <v>29</v>
       </c>
       <c r="I458">
-        <v>5786</v>
+        <v>1408</v>
       </c>
       <c r="K458">
         <v>1</v>
       </c>
       <c r="L458">
-        <v>509970</v>
+        <v>44130</v>
       </c>
       <c r="M458">
         <v>2026</v>
       </c>
       <c r="N458" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="459" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A459" s="1" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="B459">
         <v>1</v>
       </c>
       <c r="C459" t="s">
         <v>15</v>
       </c>
       <c r="D459">
-        <v>1960</v>
+        <v>1994</v>
       </c>
       <c r="F459">
-        <v>101</v>
+        <v>353</v>
       </c>
       <c r="G459" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="H459" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="I459">
-        <v>2032</v>
+        <v>5786</v>
       </c>
       <c r="K459">
         <v>1</v>
       </c>
       <c r="L459">
-        <v>212440</v>
+        <v>509970</v>
       </c>
       <c r="M459">
         <v>2026</v>
       </c>
       <c r="N459" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="460" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A460" s="1" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="B460">
         <v>1</v>
       </c>
       <c r="C460" t="s">
         <v>15</v>
       </c>
       <c r="D460">
-        <v>1970</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>1960</v>
       </c>
       <c r="F460">
-        <v>373</v>
+        <v>101</v>
       </c>
       <c r="G460" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="H460" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="I460">
-        <v>845</v>
+        <v>2032</v>
       </c>
       <c r="K460">
         <v>1</v>
       </c>
       <c r="L460">
-        <v>72630</v>
+        <v>212440</v>
       </c>
       <c r="M460">
         <v>2026</v>
       </c>
       <c r="N460" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="461" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A461" s="1" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="B461">
         <v>1</v>
       </c>
       <c r="C461" t="s">
         <v>15</v>
       </c>
       <c r="D461">
-        <v>1989</v>
+        <v>1970</v>
+      </c>
+      <c r="E461">
+        <v>2000</v>
       </c>
       <c r="F461">
-        <v>611</v>
+        <v>373</v>
       </c>
       <c r="G461" t="s">
-        <v>151</v>
+        <v>19</v>
       </c>
       <c r="H461" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="I461">
-        <v>10304</v>
-[...1 lines deleted...]
-      <c r="J461">
+        <v>845</v>
+      </c>
+      <c r="K461">
         <v>1</v>
       </c>
       <c r="L461">
-        <v>890820</v>
+        <v>72630</v>
       </c>
       <c r="M461">
         <v>2026</v>
       </c>
       <c r="N461" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="462" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A462" s="1" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="B462">
         <v>1</v>
       </c>
       <c r="C462" t="s">
         <v>15</v>
       </c>
       <c r="D462">
-        <v>2014</v>
+        <v>1989</v>
       </c>
       <c r="F462">
-        <v>105</v>
+        <v>611</v>
       </c>
       <c r="G462" t="s">
-        <v>187</v>
+        <v>150</v>
       </c>
       <c r="H462" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="I462">
-        <v>0</v>
+        <v>10304</v>
       </c>
       <c r="J462">
         <v>1</v>
       </c>
-      <c r="K462">
-[...1 lines deleted...]
-      </c>
       <c r="L462">
-        <v>151900</v>
+        <v>890820</v>
       </c>
       <c r="M462">
         <v>2026</v>
       </c>
       <c r="N462" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="463" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A463" s="1" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="B463">
         <v>1</v>
       </c>
       <c r="C463" t="s">
         <v>15</v>
       </c>
       <c r="D463">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="F463">
-        <v>315</v>
+        <v>105</v>
       </c>
       <c r="G463" t="s">
-        <v>458</v>
+        <v>187</v>
       </c>
       <c r="H463" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="I463">
-        <v>7936</v>
+        <v>0</v>
       </c>
       <c r="J463">
         <v>1</v>
       </c>
       <c r="K463">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L463">
-        <v>2852310</v>
+        <v>151900</v>
       </c>
       <c r="M463">
         <v>2026</v>
       </c>
       <c r="N463" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="464" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A464" s="1" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="B464">
         <v>1</v>
       </c>
       <c r="C464" t="s">
         <v>15</v>
       </c>
       <c r="D464">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="F464">
-        <v>353</v>
+        <v>315</v>
       </c>
       <c r="G464" t="s">
-        <v>57</v>
+        <v>456</v>
       </c>
       <c r="H464" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="I464">
-        <v>5727</v>
+        <v>7936</v>
+      </c>
+      <c r="J464">
+        <v>1</v>
       </c>
       <c r="K464">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L464">
-        <v>916500</v>
+        <v>2852310</v>
       </c>
       <c r="M464">
         <v>2026</v>
       </c>
       <c r="N464" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="465" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A465" s="1" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="B465">
         <v>1</v>
       </c>
       <c r="C465" t="s">
         <v>15</v>
       </c>
       <c r="D465">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="F465">
-        <v>373</v>
+        <v>353</v>
       </c>
       <c r="G465" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="H465" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="I465">
-        <v>1420</v>
+        <v>5727</v>
       </c>
       <c r="K465">
         <v>1</v>
       </c>
       <c r="L465">
-        <v>208340</v>
+        <v>916500</v>
       </c>
       <c r="M465">
         <v>2026</v>
       </c>
       <c r="N465" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="466" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A466" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B466">
+        <v>1</v>
+      </c>
+      <c r="C466" t="s">
+        <v>15</v>
+      </c>
+      <c r="D466">
+        <v>2009</v>
+      </c>
+      <c r="F466">
+        <v>373</v>
+      </c>
+      <c r="G466" t="s">
+        <v>19</v>
+      </c>
+      <c r="H466" t="s">
         <v>755</v>
       </c>
-      <c r="B466">
-[...13 lines deleted...]
-      </c>
       <c r="I466">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1420</v>
       </c>
       <c r="K466">
         <v>1</v>
       </c>
       <c r="L466">
-        <v>206620</v>
+        <v>208340</v>
       </c>
       <c r="M466">
         <v>2026</v>
       </c>
       <c r="N466" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="467" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A467" s="1" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="B467">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C467" t="s">
         <v>15</v>
       </c>
       <c r="D467">
-        <v>1987</v>
+        <v>2017</v>
       </c>
       <c r="F467">
-        <v>373</v>
+        <v>101</v>
       </c>
       <c r="G467" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>758</v>
+        <v>43</v>
       </c>
       <c r="I467">
-        <v>504</v>
+        <v>748</v>
+      </c>
+      <c r="J467">
+        <v>1</v>
       </c>
       <c r="K467">
         <v>1</v>
       </c>
       <c r="L467">
-        <v>27330</v>
+        <v>206620</v>
       </c>
       <c r="M467">
         <v>2026</v>
       </c>
       <c r="N467" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="468" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A468" s="1" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="B468">
         <v>1</v>
       </c>
       <c r="C468" t="s">
         <v>15</v>
       </c>
       <c r="D468">
-        <v>1970</v>
+        <v>1987</v>
       </c>
       <c r="F468">
-        <v>353</v>
+        <v>373</v>
       </c>
       <c r="G468" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="H468" t="s">
-        <v>166</v>
+        <v>757</v>
       </c>
       <c r="I468">
-        <v>1579</v>
+        <v>504</v>
       </c>
       <c r="K468">
         <v>1</v>
       </c>
       <c r="L468">
-        <v>170350</v>
+        <v>27330</v>
       </c>
       <c r="M468">
         <v>2026</v>
       </c>
       <c r="N468" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="469" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A469" s="1" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="B469">
         <v>1</v>
       </c>
       <c r="C469" t="s">
         <v>15</v>
       </c>
       <c r="D469">
-        <v>1995</v>
+        <v>1970</v>
       </c>
       <c r="F469">
         <v>353</v>
       </c>
       <c r="G469" t="s">
         <v>57</v>
       </c>
       <c r="H469" t="s">
-        <v>761</v>
+        <v>165</v>
       </c>
       <c r="I469">
-        <v>7868</v>
+        <v>1579</v>
       </c>
       <c r="K469">
         <v>1</v>
       </c>
       <c r="L469">
-        <v>1019250</v>
+        <v>170350</v>
       </c>
       <c r="M469">
         <v>2026</v>
       </c>
       <c r="N469" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="470" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A470" s="1" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="B470">
         <v>1</v>
       </c>
       <c r="C470" t="s">
         <v>15</v>
       </c>
       <c r="D470">
-        <v>1875</v>
+        <v>1995</v>
       </c>
       <c r="F470">
-        <v>101</v>
+        <v>353</v>
       </c>
       <c r="G470" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="H470" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="I470">
-        <v>1054</v>
+        <v>7868</v>
       </c>
       <c r="K470">
         <v>1</v>
       </c>
       <c r="L470">
-        <v>46700</v>
+        <v>1019250</v>
       </c>
       <c r="M470">
         <v>2026</v>
       </c>
       <c r="N470" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="471" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A471" s="1" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="B471">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C471" t="s">
         <v>15</v>
       </c>
       <c r="D471">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="F471">
         <v>101</v>
       </c>
       <c r="G471" t="s">
         <v>43</v>
       </c>
+      <c r="H471" t="s">
+        <v>762</v>
+      </c>
       <c r="I471">
-        <v>4620</v>
+        <v>1054</v>
       </c>
       <c r="K471">
         <v>1</v>
       </c>
       <c r="L471">
-        <v>203870</v>
+        <v>46700</v>
       </c>
       <c r="M471">
         <v>2026</v>
       </c>
       <c r="N471" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="472" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A472" s="1" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="B472">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C472" t="s">
         <v>15</v>
       </c>
       <c r="D472">
         <v>1873</v>
       </c>
       <c r="F472">
-        <v>680</v>
+        <v>101</v>
       </c>
       <c r="G472" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>765</v>
+        <v>43</v>
       </c>
       <c r="I472">
-        <v>535</v>
+        <v>4620</v>
       </c>
       <c r="K472">
         <v>1</v>
       </c>
       <c r="L472">
-        <v>51310</v>
+        <v>203870</v>
       </c>
       <c r="M472">
         <v>2026</v>
       </c>
       <c r="N472" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="473" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A473" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="B473">
+        <v>1</v>
+      </c>
+      <c r="C473" t="s">
+        <v>15</v>
+      </c>
+      <c r="D473">
+        <v>1873</v>
+      </c>
+      <c r="F473">
+        <v>680</v>
+      </c>
+      <c r="G473" t="s">
+        <v>298</v>
+      </c>
+      <c r="H473" t="s">
         <v>764</v>
       </c>
-      <c r="B473">
-[...13 lines deleted...]
-      </c>
       <c r="I473">
-        <v>279</v>
+        <v>535</v>
       </c>
       <c r="K473">
         <v>1</v>
       </c>
       <c r="L473">
-        <v>17420</v>
+        <v>51310</v>
       </c>
       <c r="M473">
         <v>2026</v>
       </c>
       <c r="N473" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="474" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A474" s="1" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="B474">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C474" t="s">
         <v>15</v>
       </c>
       <c r="D474">
-        <v>1925</v>
+        <v>1875</v>
       </c>
       <c r="F474">
-        <v>367</v>
+        <v>353</v>
       </c>
       <c r="G474" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>767</v>
+        <v>57</v>
       </c>
       <c r="I474">
-        <v>12600</v>
+        <v>279</v>
       </c>
       <c r="K474">
         <v>1</v>
       </c>
       <c r="L474">
-        <v>823530</v>
+        <v>17420</v>
       </c>
       <c r="M474">
         <v>2026</v>
       </c>
       <c r="N474" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="475" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A475" s="1" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="B475">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C475" t="s">
         <v>15</v>
       </c>
       <c r="D475">
-        <v>1941</v>
+        <v>1925</v>
       </c>
       <c r="F475">
         <v>367</v>
       </c>
       <c r="G475" t="s">
         <v>210</v>
       </c>
+      <c r="H475" t="s">
+        <v>766</v>
+      </c>
       <c r="I475">
-        <v>2140</v>
+        <v>12600</v>
       </c>
       <c r="K475">
         <v>1</v>
       </c>
       <c r="L475">
-        <v>153570</v>
+        <v>823530</v>
       </c>
       <c r="M475">
         <v>2026</v>
       </c>
       <c r="N475" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="476" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A476" s="1" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="B476">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C476" t="s">
         <v>15</v>
       </c>
       <c r="D476">
-        <v>2006</v>
+        <v>1941</v>
       </c>
       <c r="F476">
-        <v>680</v>
+        <v>367</v>
       </c>
       <c r="G476" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>768</v>
+        <v>210</v>
       </c>
       <c r="I476">
-        <v>15627</v>
+        <v>2140</v>
       </c>
       <c r="K476">
         <v>1</v>
       </c>
       <c r="L476">
-        <v>2121640</v>
+        <v>153570</v>
       </c>
       <c r="M476">
         <v>2026</v>
       </c>
       <c r="N476" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="477" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A477" s="1" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="B477">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C477" t="s">
         <v>15</v>
       </c>
       <c r="D477">
-        <v>2020</v>
+        <v>2006</v>
       </c>
       <c r="F477">
-        <v>630</v>
+        <v>680</v>
       </c>
       <c r="G477" t="s">
-        <v>249</v>
+        <v>298</v>
+      </c>
+      <c r="H477" t="s">
+        <v>767</v>
       </c>
       <c r="I477">
-        <v>8536</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>15627</v>
       </c>
       <c r="K477">
         <v>1</v>
       </c>
       <c r="L477">
-        <v>2336240</v>
+        <v>2121640</v>
       </c>
       <c r="M477">
         <v>2026</v>
       </c>
       <c r="N477" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="478" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A478" s="1" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="B478">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C478" t="s">
         <v>15</v>
       </c>
       <c r="D478">
         <v>2020</v>
       </c>
       <c r="F478">
-        <v>373</v>
+        <v>630</v>
       </c>
       <c r="G478" t="s">
-        <v>19</v>
+        <v>247</v>
       </c>
       <c r="I478">
-        <v>7056</v>
+        <v>8536</v>
       </c>
       <c r="J478">
         <v>1</v>
       </c>
       <c r="K478">
         <v>1</v>
       </c>
       <c r="L478">
-        <v>0</v>
+        <v>2336240</v>
       </c>
       <c r="M478">
         <v>2026</v>
       </c>
       <c r="N478" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="479" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A479" s="1" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="B479">
         <v>1</v>
       </c>
       <c r="C479" t="s">
         <v>15</v>
       </c>
       <c r="D479">
-        <v>2005</v>
+        <v>2020</v>
       </c>
       <c r="F479">
-        <v>401</v>
+        <v>373</v>
       </c>
       <c r="G479" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>771</v>
+        <v>19</v>
       </c>
       <c r="I479">
-        <v>13208</v>
+        <v>7056</v>
+      </c>
+      <c r="J479">
+        <v>1</v>
       </c>
       <c r="K479">
         <v>1</v>
       </c>
       <c r="L479">
-        <v>756680</v>
+        <v>0</v>
       </c>
       <c r="M479">
         <v>2026</v>
       </c>
       <c r="N479" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="480" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A480" s="1" t="s">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="B480">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C480" t="s">
         <v>15</v>
       </c>
       <c r="D480">
-        <v>2014</v>
+        <v>2005</v>
       </c>
       <c r="F480">
         <v>401</v>
       </c>
       <c r="G480" t="s">
-        <v>322</v>
+        <v>320</v>
+      </c>
+      <c r="H480" t="s">
+        <v>770</v>
       </c>
       <c r="I480">
-        <v>4428</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>13208</v>
       </c>
       <c r="K480">
         <v>1</v>
       </c>
       <c r="L480">
-        <v>297960</v>
+        <v>756680</v>
       </c>
       <c r="M480">
         <v>2026</v>
       </c>
       <c r="N480" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="481" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A481" s="1" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="B481">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C481" t="s">
         <v>15</v>
       </c>
       <c r="D481">
-        <v>1988</v>
+        <v>2014</v>
       </c>
       <c r="F481">
-        <v>353</v>
+        <v>401</v>
       </c>
       <c r="G481" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>773</v>
+        <v>320</v>
       </c>
       <c r="I481">
-        <v>1720</v>
+        <v>4428</v>
+      </c>
+      <c r="J481">
+        <v>1</v>
       </c>
       <c r="K481">
         <v>1</v>
       </c>
       <c r="L481">
-        <v>187240</v>
+        <v>297960</v>
       </c>
       <c r="M481">
         <v>2026</v>
       </c>
       <c r="N481" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="482" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A482" s="1" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="B482">
         <v>1</v>
       </c>
       <c r="C482" t="s">
         <v>15</v>
       </c>
       <c r="D482">
-        <v>2019</v>
+        <v>1988</v>
       </c>
       <c r="F482">
-        <v>321</v>
+        <v>353</v>
       </c>
       <c r="G482" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="H482" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="I482">
-        <v>3512</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1720</v>
       </c>
       <c r="K482">
         <v>1</v>
       </c>
       <c r="L482">
-        <v>702290</v>
+        <v>187240</v>
       </c>
       <c r="M482">
         <v>2026</v>
       </c>
       <c r="N482" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="483" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A483" s="1" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="B483">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C483" t="s">
         <v>15</v>
       </c>
       <c r="D483">
         <v>2019</v>
       </c>
       <c r="F483">
         <v>321</v>
       </c>
       <c r="G483" t="s">
         <v>39</v>
       </c>
+      <c r="H483" t="s">
+        <v>774</v>
+      </c>
       <c r="I483">
-        <v>1092</v>
+        <v>3512</v>
       </c>
       <c r="J483">
         <v>1</v>
       </c>
       <c r="K483">
         <v>1</v>
       </c>
       <c r="L483">
-        <v>264760</v>
+        <v>702290</v>
       </c>
       <c r="M483">
         <v>2026</v>
       </c>
       <c r="N483" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="484" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A484" s="1" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="B484">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C484" t="s">
         <v>15</v>
       </c>
       <c r="D484">
-        <v>1993</v>
+        <v>2019</v>
       </c>
       <c r="F484">
-        <v>353</v>
+        <v>321</v>
       </c>
       <c r="G484" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>777</v>
+        <v>39</v>
       </c>
       <c r="I484">
-        <v>9206</v>
+        <v>1092</v>
+      </c>
+      <c r="J484">
+        <v>1</v>
       </c>
       <c r="K484">
         <v>1</v>
       </c>
       <c r="L484">
-        <v>1255760</v>
+        <v>264760</v>
       </c>
       <c r="M484">
         <v>2026</v>
       </c>
       <c r="N484" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="485" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A485" s="1" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="B485">
         <v>1</v>
       </c>
       <c r="C485" t="s">
         <v>15</v>
       </c>
       <c r="D485">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="F485">
-        <v>373</v>
+        <v>353</v>
       </c>
       <c r="G485" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="H485" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="I485">
-        <v>9120</v>
+        <v>9206</v>
       </c>
       <c r="K485">
         <v>1</v>
       </c>
       <c r="L485">
-        <v>605070</v>
+        <v>1255760</v>
       </c>
       <c r="M485">
         <v>2026</v>
       </c>
       <c r="N485" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="486" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A486" s="1" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="B486">
         <v>1</v>
       </c>
       <c r="C486" t="s">
         <v>15</v>
       </c>
       <c r="D486">
-        <v>1994</v>
+        <v>1991</v>
       </c>
       <c r="F486">
         <v>373</v>
       </c>
       <c r="G486" t="s">
         <v>19</v>
       </c>
       <c r="H486" t="s">
-        <v>651</v>
+        <v>778</v>
       </c>
       <c r="I486">
-        <v>9856</v>
+        <v>9120</v>
       </c>
       <c r="K486">
         <v>1</v>
       </c>
       <c r="L486">
-        <v>688980</v>
+        <v>605070</v>
       </c>
       <c r="M486">
         <v>2026</v>
       </c>
       <c r="N486" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="487" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A487" s="1" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="B487">
         <v>1</v>
       </c>
       <c r="C487" t="s">
         <v>15</v>
       </c>
       <c r="D487">
-        <v>2001</v>
+        <v>1994</v>
       </c>
       <c r="F487">
         <v>373</v>
       </c>
       <c r="G487" t="s">
         <v>19</v>
       </c>
       <c r="H487" t="s">
-        <v>782</v>
+        <v>650</v>
       </c>
       <c r="I487">
-        <v>2268</v>
+        <v>9856</v>
       </c>
       <c r="K487">
         <v>1</v>
       </c>
       <c r="L487">
-        <v>103260</v>
+        <v>688980</v>
       </c>
       <c r="M487">
         <v>2026</v>
       </c>
       <c r="N487" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="488" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A488" s="1" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="B488">
         <v>1</v>
       </c>
       <c r="C488" t="s">
         <v>15</v>
       </c>
       <c r="D488">
         <v>2001</v>
       </c>
       <c r="F488">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="G488" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="H488" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="I488">
-        <v>14382</v>
+        <v>2268</v>
       </c>
       <c r="K488">
         <v>1</v>
       </c>
       <c r="L488">
-        <v>1487070</v>
+        <v>103260</v>
       </c>
       <c r="M488">
         <v>2026</v>
       </c>
       <c r="N488" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="489" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A489" s="1" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="B489">
         <v>1</v>
       </c>
       <c r="C489" t="s">
         <v>15</v>
       </c>
       <c r="D489">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="F489">
         <v>374</v>
       </c>
       <c r="G489" t="s">
         <v>62</v>
       </c>
       <c r="H489" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="I489">
-        <v>5299</v>
+        <v>14382</v>
       </c>
       <c r="K489">
         <v>1</v>
       </c>
       <c r="L489">
-        <v>625220</v>
+        <v>1487070</v>
       </c>
       <c r="M489">
         <v>2026</v>
       </c>
       <c r="N489" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="490" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A490" s="1" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="B490">
         <v>1</v>
       </c>
       <c r="C490" t="s">
         <v>15</v>
       </c>
       <c r="D490">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="F490">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G490" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="H490" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="I490">
-        <v>2780</v>
+        <v>5299</v>
       </c>
       <c r="K490">
         <v>1</v>
       </c>
       <c r="L490">
-        <v>370920</v>
+        <v>625220</v>
       </c>
       <c r="M490">
         <v>2026</v>
       </c>
       <c r="N490" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="491" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A491" s="1" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="B491">
         <v>1</v>
       </c>
       <c r="C491" t="s">
         <v>15</v>
       </c>
       <c r="D491">
-        <v>1947</v>
+        <v>2010</v>
       </c>
       <c r="F491">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="G491" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="H491" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="I491">
-        <v>8220</v>
+        <v>2780</v>
       </c>
       <c r="K491">
         <v>1</v>
       </c>
       <c r="L491">
-        <v>46630</v>
+        <v>370920</v>
       </c>
       <c r="M491">
         <v>2026</v>
       </c>
       <c r="N491" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="492" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A492" s="1" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="B492">
         <v>1</v>
       </c>
       <c r="C492" t="s">
         <v>15</v>
       </c>
       <c r="D492">
-        <v>1970</v>
+        <v>1947</v>
       </c>
       <c r="F492">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="G492" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="H492" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="I492">
-        <v>1848</v>
+        <v>8220</v>
       </c>
       <c r="K492">
         <v>1</v>
       </c>
       <c r="L492">
-        <v>41710</v>
+        <v>46630</v>
       </c>
       <c r="M492">
         <v>2026</v>
       </c>
       <c r="N492" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="493" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A493" s="1" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="B493">
         <v>1</v>
       </c>
       <c r="C493" t="s">
         <v>15</v>
       </c>
       <c r="D493">
-        <v>1987</v>
+        <v>1970</v>
       </c>
       <c r="F493">
-        <v>353</v>
+        <v>388</v>
       </c>
       <c r="G493" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H493" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="I493">
-        <v>512</v>
+        <v>1848</v>
       </c>
       <c r="K493">
         <v>1</v>
       </c>
       <c r="L493">
-        <v>22330</v>
+        <v>41710</v>
       </c>
       <c r="M493">
         <v>2026</v>
       </c>
       <c r="N493" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="494" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A494" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="B494">
+        <v>1</v>
+      </c>
+      <c r="C494" t="s">
+        <v>15</v>
+      </c>
+      <c r="D494">
+        <v>1987</v>
+      </c>
+      <c r="F494">
+        <v>353</v>
+      </c>
+      <c r="G494" t="s">
+        <v>57</v>
+      </c>
+      <c r="H494" t="s">
         <v>793</v>
       </c>
-      <c r="B494">
-[...16 lines deleted...]
-      </c>
       <c r="I494">
-        <v>768</v>
+        <v>512</v>
       </c>
       <c r="K494">
         <v>1</v>
       </c>
       <c r="L494">
-        <v>28520</v>
+        <v>22330</v>
       </c>
       <c r="M494">
         <v>2026</v>
       </c>
       <c r="N494" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="495" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A495" s="1" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="B495">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C495" t="s">
         <v>15</v>
       </c>
       <c r="D495">
-        <v>1890</v>
+        <v>1930</v>
       </c>
       <c r="F495">
-        <v>620</v>
+        <v>101</v>
       </c>
       <c r="G495" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="H495" t="s">
-        <v>796</v>
+        <v>233</v>
       </c>
       <c r="I495">
-        <v>4140</v>
+        <v>768</v>
       </c>
       <c r="K495">
         <v>1</v>
       </c>
       <c r="L495">
-        <v>227880</v>
+        <v>28520</v>
       </c>
       <c r="M495">
         <v>2026</v>
       </c>
       <c r="N495" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="496" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A496" s="1" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="B496">
         <v>1</v>
       </c>
       <c r="C496" t="s">
         <v>15</v>
       </c>
       <c r="D496">
-        <v>1979</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>1890</v>
       </c>
       <c r="F496">
-        <v>398</v>
+        <v>620</v>
       </c>
       <c r="G496" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="H496" t="s">
-        <v>668</v>
+        <v>795</v>
       </c>
       <c r="I496">
-        <v>1600</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4140</v>
       </c>
       <c r="K496">
         <v>1</v>
       </c>
       <c r="L496">
-        <v>39320</v>
+        <v>227880</v>
       </c>
       <c r="M496">
         <v>2026</v>
       </c>
       <c r="N496" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="497" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A497" s="1" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="B497">
         <v>1</v>
       </c>
       <c r="C497" t="s">
         <v>15</v>
       </c>
       <c r="D497">
-        <v>2006</v>
+        <v>1979</v>
+      </c>
+      <c r="E497">
+        <v>2012</v>
       </c>
       <c r="F497">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="G497" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="H497" t="s">
-        <v>799</v>
+        <v>667</v>
       </c>
       <c r="I497">
-        <v>5280</v>
+        <v>1600</v>
+      </c>
+      <c r="J497">
+        <v>1</v>
       </c>
       <c r="K497">
         <v>1</v>
       </c>
       <c r="L497">
-        <v>126340</v>
+        <v>39320</v>
       </c>
       <c r="M497">
         <v>2026</v>
       </c>
       <c r="N497" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="498" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A498" s="1" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="B498">
         <v>1</v>
       </c>
       <c r="C498" t="s">
         <v>15</v>
       </c>
       <c r="D498">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="F498">
         <v>399</v>
       </c>
       <c r="G498" t="s">
         <v>54</v>
       </c>
       <c r="H498" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="I498">
-        <v>12500</v>
+        <v>5280</v>
       </c>
       <c r="K498">
         <v>1</v>
       </c>
       <c r="L498">
-        <v>292430</v>
+        <v>129710</v>
       </c>
       <c r="M498">
         <v>2026</v>
       </c>
       <c r="N498" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="499" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A499" s="1" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="B499">
         <v>1</v>
       </c>
       <c r="C499" t="s">
         <v>15</v>
       </c>
       <c r="D499">
-        <v>1996</v>
+        <v>2006</v>
       </c>
       <c r="F499">
-        <v>211</v>
+        <v>399</v>
       </c>
       <c r="G499" t="s">
-        <v>101</v>
+        <v>54</v>
       </c>
       <c r="H499" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="I499">
-        <v>6688</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>12500</v>
       </c>
       <c r="K499">
         <v>1</v>
       </c>
       <c r="L499">
-        <v>272080</v>
+        <v>292430</v>
       </c>
       <c r="M499">
         <v>2026</v>
       </c>
       <c r="N499" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="500" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A500" s="1" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="B500">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C500" t="s">
         <v>15</v>
       </c>
       <c r="D500">
         <v>1996</v>
       </c>
       <c r="F500">
         <v>211</v>
       </c>
       <c r="G500" t="s">
         <v>101</v>
       </c>
+      <c r="H500" t="s">
+        <v>802</v>
+      </c>
       <c r="I500">
-        <v>5824</v>
+        <v>6688</v>
       </c>
       <c r="J500">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K500">
         <v>1</v>
       </c>
       <c r="L500">
-        <v>252460</v>
+        <v>272080</v>
       </c>
       <c r="M500">
         <v>2026</v>
       </c>
       <c r="N500" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="501" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A501" s="1" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="B501">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C501" t="s">
         <v>15</v>
       </c>
       <c r="D501">
         <v>1996</v>
       </c>
       <c r="F501">
         <v>211</v>
       </c>
       <c r="G501" t="s">
         <v>101</v>
       </c>
       <c r="I501">
-        <v>32256</v>
+        <v>5824</v>
       </c>
       <c r="J501">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="K501">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L501">
-        <v>1386680</v>
+        <v>252460</v>
       </c>
       <c r="M501">
         <v>2026</v>
       </c>
       <c r="N501" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="502" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A502" s="1" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="B502">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C502" t="s">
         <v>15</v>
       </c>
       <c r="D502">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="F502">
-        <v>399</v>
+        <v>211</v>
       </c>
       <c r="G502" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>805</v>
+        <v>101</v>
       </c>
       <c r="I502">
-        <v>10000</v>
+        <v>32256</v>
+      </c>
+      <c r="J502">
+        <v>8</v>
       </c>
       <c r="K502">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L502">
-        <v>255370</v>
+        <v>1386680</v>
       </c>
       <c r="M502">
         <v>2026</v>
       </c>
       <c r="N502" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="503" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A503" s="1" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="B503">
         <v>1</v>
       </c>
       <c r="C503" t="s">
         <v>15</v>
       </c>
       <c r="D503">
         <v>2006</v>
       </c>
       <c r="F503">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="G503" t="s">
-        <v>807</v>
+        <v>54</v>
       </c>
       <c r="H503" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="I503">
-        <v>7700</v>
+        <v>10000</v>
       </c>
       <c r="K503">
         <v>1</v>
       </c>
       <c r="L503">
-        <v>225280</v>
+        <v>255370</v>
       </c>
       <c r="M503">
         <v>2026</v>
       </c>
       <c r="N503" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="504" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A504" s="1" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="B504">
         <v>1</v>
       </c>
       <c r="C504" t="s">
         <v>15</v>
       </c>
       <c r="D504">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="F504">
-        <v>353</v>
+        <v>395</v>
       </c>
       <c r="G504" t="s">
-        <v>57</v>
+        <v>806</v>
       </c>
       <c r="H504" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="I504">
-        <v>625</v>
+        <v>7700</v>
       </c>
       <c r="K504">
         <v>1</v>
       </c>
       <c r="L504">
-        <v>37550</v>
+        <v>225280</v>
       </c>
       <c r="M504">
         <v>2026</v>
       </c>
       <c r="N504" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="505" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A505" s="1" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="B505">
         <v>1</v>
       </c>
       <c r="C505" t="s">
         <v>15</v>
       </c>
       <c r="D505">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="F505">
         <v>353</v>
       </c>
       <c r="G505" t="s">
         <v>57</v>
       </c>
       <c r="H505" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="I505">
-        <v>1056</v>
+        <v>625</v>
       </c>
       <c r="K505">
         <v>1</v>
       </c>
       <c r="L505">
-        <v>70960</v>
+        <v>37550</v>
       </c>
       <c r="M505">
         <v>2026</v>
       </c>
       <c r="N505" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="506" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A506" s="1" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="B506">
         <v>1</v>
       </c>
       <c r="C506" t="s">
         <v>15</v>
       </c>
       <c r="D506">
-        <v>1801</v>
+        <v>2010</v>
       </c>
       <c r="F506">
-        <v>620</v>
+        <v>353</v>
       </c>
       <c r="G506" t="s">
-        <v>90</v>
+        <v>57</v>
       </c>
       <c r="H506" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="I506">
-        <v>8490</v>
+        <v>1056</v>
       </c>
       <c r="K506">
         <v>1</v>
       </c>
       <c r="L506">
-        <v>400670</v>
+        <v>70960</v>
       </c>
       <c r="M506">
         <v>2026</v>
       </c>
       <c r="N506" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="507" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A507" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="B507">
+        <v>1</v>
+      </c>
+      <c r="C507" t="s">
+        <v>15</v>
+      </c>
+      <c r="D507">
+        <v>1801</v>
+      </c>
+      <c r="F507">
+        <v>620</v>
+      </c>
+      <c r="G507" t="s">
+        <v>90</v>
+      </c>
+      <c r="H507" t="s">
         <v>813</v>
       </c>
-      <c r="B507">
-[...16 lines deleted...]
-      </c>
       <c r="I507">
-        <v>1704</v>
+        <v>8490</v>
       </c>
       <c r="K507">
         <v>1</v>
       </c>
       <c r="L507">
-        <v>133440</v>
+        <v>400670</v>
       </c>
       <c r="M507">
         <v>2026</v>
       </c>
       <c r="N507" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="508" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A508" s="1" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="B508">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C508" t="s">
         <v>15</v>
       </c>
       <c r="D508">
-        <v>1963</v>
+        <v>1988</v>
       </c>
       <c r="F508">
-        <v>321</v>
+        <v>101</v>
       </c>
       <c r="G508" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H508" t="s">
-        <v>816</v>
+        <v>233</v>
       </c>
       <c r="I508">
-        <v>4648</v>
+        <v>1704</v>
       </c>
       <c r="K508">
         <v>1</v>
       </c>
       <c r="L508">
-        <v>111030</v>
+        <v>133440</v>
       </c>
       <c r="M508">
         <v>2026</v>
       </c>
       <c r="N508" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="509" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A509" s="1" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="B509">
         <v>1</v>
       </c>
       <c r="C509" t="s">
         <v>15</v>
       </c>
       <c r="D509">
-        <v>1994</v>
+        <v>1963</v>
       </c>
       <c r="F509">
-        <v>399</v>
+        <v>321</v>
       </c>
       <c r="G509" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="H509" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="I509">
-        <v>3750</v>
+        <v>4648</v>
       </c>
       <c r="K509">
         <v>1</v>
       </c>
       <c r="L509">
-        <v>46880</v>
+        <v>111030</v>
       </c>
       <c r="M509">
         <v>2026</v>
       </c>
       <c r="N509" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="510" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A510" s="1" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="B510">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C510" t="s">
         <v>15</v>
       </c>
       <c r="D510">
-        <v>2000</v>
+        <v>1994</v>
       </c>
       <c r="F510">
         <v>399</v>
       </c>
       <c r="G510" t="s">
         <v>54</v>
       </c>
+      <c r="H510" t="s">
+        <v>817</v>
+      </c>
       <c r="I510">
         <v>3750</v>
       </c>
-      <c r="J510">
+      <c r="K510">
         <v>1</v>
       </c>
       <c r="L510">
-        <v>42080</v>
+        <v>46880</v>
       </c>
       <c r="M510">
         <v>2026</v>
       </c>
       <c r="N510" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="511" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A511" s="1" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="B511">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C511" t="s">
         <v>15</v>
       </c>
       <c r="D511">
-        <v>1985</v>
+        <v>2000</v>
       </c>
       <c r="F511">
-        <v>720</v>
+        <v>399</v>
       </c>
       <c r="G511" t="s">
-        <v>710</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="I511">
-        <v>2054</v>
+        <v>3750</v>
       </c>
       <c r="J511">
         <v>1</v>
       </c>
       <c r="L511">
-        <v>58620</v>
+        <v>42080</v>
       </c>
       <c r="M511">
         <v>2026</v>
       </c>
       <c r="N511" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="512" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A512" s="1" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="B512">
         <v>1</v>
       </c>
       <c r="C512" t="s">
         <v>15</v>
       </c>
       <c r="D512">
-        <v>1995</v>
+        <v>1985</v>
       </c>
       <c r="F512">
-        <v>389</v>
+        <v>720</v>
       </c>
       <c r="G512" t="s">
-        <v>145</v>
+        <v>709</v>
       </c>
       <c r="H512" t="s">
-        <v>821</v>
+        <v>30</v>
       </c>
       <c r="I512">
-        <v>9683</v>
-[...1 lines deleted...]
-      <c r="K512">
+        <v>2054</v>
+      </c>
+      <c r="J512">
         <v>1</v>
       </c>
       <c r="L512">
-        <v>711270</v>
+        <v>58620</v>
       </c>
       <c r="M512">
         <v>2026</v>
       </c>
       <c r="N512" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="513" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A513" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="B513">
+        <v>1</v>
+      </c>
+      <c r="C513" t="s">
+        <v>15</v>
+      </c>
+      <c r="D513">
+        <v>1995</v>
+      </c>
+      <c r="F513">
+        <v>389</v>
+      </c>
+      <c r="G513" t="s">
+        <v>144</v>
+      </c>
+      <c r="H513" t="s">
         <v>820</v>
       </c>
-      <c r="B513">
-[...13 lines deleted...]
-      </c>
       <c r="I513">
-        <v>4800</v>
+        <v>9683</v>
       </c>
       <c r="K513">
         <v>1</v>
       </c>
       <c r="L513">
-        <v>72500</v>
+        <v>711270</v>
       </c>
       <c r="M513">
         <v>2026</v>
       </c>
       <c r="N513" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="514" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A514" s="1" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="B514">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C514" t="s">
         <v>15</v>
       </c>
       <c r="D514">
-        <v>1989</v>
+        <v>1987</v>
       </c>
       <c r="F514">
         <v>398</v>
       </c>
       <c r="G514" t="s">
         <v>29</v>
       </c>
       <c r="I514">
-        <v>4000</v>
+        <v>4800</v>
       </c>
       <c r="K514">
         <v>1</v>
       </c>
       <c r="L514">
-        <v>60460</v>
+        <v>72500</v>
       </c>
       <c r="M514">
         <v>2026</v>
       </c>
       <c r="N514" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="515" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A515" s="1" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="B515">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C515" t="s">
         <v>15</v>
       </c>
       <c r="D515">
-        <v>1985</v>
+        <v>1989</v>
       </c>
       <c r="F515">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="G515" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>823</v>
+        <v>29</v>
       </c>
       <c r="I515">
-        <v>4480</v>
+        <v>4000</v>
       </c>
       <c r="K515">
         <v>1</v>
       </c>
       <c r="L515">
-        <v>71210</v>
+        <v>60460</v>
       </c>
       <c r="M515">
         <v>2026</v>
       </c>
       <c r="N515" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="516" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A516" s="1" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="B516">
         <v>1</v>
       </c>
       <c r="C516" t="s">
         <v>15</v>
       </c>
       <c r="D516">
-        <v>2003</v>
+        <v>1985</v>
       </c>
       <c r="F516">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="G516" t="s">
-        <v>321</v>
+        <v>54</v>
       </c>
       <c r="H516" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="I516">
-        <v>6000</v>
+        <v>4480</v>
       </c>
       <c r="K516">
         <v>1</v>
       </c>
       <c r="L516">
-        <v>162250</v>
+        <v>71210</v>
       </c>
       <c r="M516">
         <v>2026</v>
       </c>
       <c r="N516" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="517" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A517" s="1" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="B517">
         <v>1</v>
       </c>
       <c r="C517" t="s">
         <v>15</v>
       </c>
       <c r="D517">
-        <v>1940</v>
+        <v>2003</v>
       </c>
       <c r="F517">
-        <v>620</v>
+        <v>397</v>
       </c>
       <c r="G517" t="s">
-        <v>90</v>
+        <v>319</v>
       </c>
       <c r="H517" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="I517">
-        <v>2680</v>
+        <v>6000</v>
       </c>
       <c r="K517">
         <v>1</v>
       </c>
       <c r="L517">
-        <v>110390</v>
+        <v>162250</v>
       </c>
       <c r="M517">
         <v>2026</v>
       </c>
       <c r="N517" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="518" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A518" s="1" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="B518">
         <v>1</v>
       </c>
       <c r="C518" t="s">
         <v>15</v>
       </c>
       <c r="D518">
-        <v>1988</v>
+        <v>1940</v>
       </c>
       <c r="F518">
-        <v>399</v>
+        <v>620</v>
       </c>
       <c r="G518" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="H518" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="I518">
-        <v>4800</v>
+        <v>2680</v>
       </c>
       <c r="K518">
         <v>1</v>
       </c>
       <c r="L518">
-        <v>137350</v>
+        <v>110390</v>
       </c>
       <c r="M518">
         <v>2026</v>
       </c>
       <c r="N518" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="519" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A519" s="1" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="B519">
         <v>1</v>
       </c>
       <c r="C519" t="s">
         <v>15</v>
       </c>
       <c r="D519">
-        <v>2003</v>
+        <v>1988</v>
       </c>
       <c r="F519">
         <v>399</v>
       </c>
       <c r="G519" t="s">
         <v>54</v>
       </c>
       <c r="H519" t="s">
-        <v>251</v>
+        <v>828</v>
       </c>
       <c r="I519">
-        <v>6000</v>
+        <v>4800</v>
       </c>
       <c r="K519">
         <v>1</v>
       </c>
       <c r="L519">
-        <v>90410</v>
+        <v>137350</v>
       </c>
       <c r="M519">
         <v>2026</v>
       </c>
       <c r="N519" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="520" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A520" s="1" t="s">
-        <v>831</v>
+        <v>829</v>
       </c>
       <c r="B520">
         <v>1</v>
       </c>
       <c r="C520" t="s">
         <v>15</v>
       </c>
       <c r="D520">
-        <v>2018</v>
+        <v>2003</v>
       </c>
       <c r="F520">
-        <v>331</v>
+        <v>399</v>
       </c>
       <c r="G520" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H520" t="s">
-        <v>832</v>
+        <v>249</v>
       </c>
       <c r="I520">
-        <v>5000</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6000</v>
       </c>
       <c r="K520">
         <v>1</v>
       </c>
       <c r="L520">
-        <v>493050</v>
+        <v>90410</v>
       </c>
       <c r="M520">
         <v>2026</v>
       </c>
       <c r="N520" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="521" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A521" s="1" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="B521">
         <v>1</v>
       </c>
       <c r="C521" t="s">
         <v>15</v>
       </c>
       <c r="D521">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="F521">
-        <v>396</v>
+        <v>331</v>
       </c>
       <c r="G521" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="H521" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="I521">
-        <v>24000</v>
+        <v>5000</v>
       </c>
       <c r="J521">
         <v>1</v>
       </c>
       <c r="K521">
         <v>1</v>
       </c>
       <c r="L521">
-        <v>657070</v>
+        <v>493050</v>
       </c>
       <c r="M521">
         <v>2026</v>
       </c>
       <c r="N521" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="522" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A522" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B522">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C522" t="s">
         <v>15</v>
       </c>
       <c r="D522">
         <v>2013</v>
       </c>
       <c r="F522">
         <v>396</v>
       </c>
       <c r="G522" t="s">
         <v>114</v>
       </c>
       <c r="H522" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="I522">
-        <v>20000</v>
+        <v>24000</v>
       </c>
       <c r="J522">
         <v>1</v>
       </c>
       <c r="K522">
         <v>1</v>
       </c>
       <c r="L522">
-        <v>461450</v>
+        <v>657070</v>
       </c>
       <c r="M522">
         <v>2026</v>
       </c>
       <c r="N522" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="523" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A523" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B523">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C523" t="s">
         <v>15</v>
       </c>
       <c r="D523">
         <v>2013</v>
       </c>
       <c r="F523">
         <v>396</v>
       </c>
       <c r="G523" t="s">
         <v>114</v>
       </c>
       <c r="H523" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="I523">
-        <v>12000</v>
+        <v>20000</v>
       </c>
       <c r="J523">
         <v>1</v>
       </c>
       <c r="K523">
         <v>1</v>
       </c>
       <c r="L523">
-        <v>273220</v>
+        <v>461450</v>
       </c>
       <c r="M523">
         <v>2026</v>
       </c>
       <c r="N523" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="524" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A524" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B524">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C524" t="s">
         <v>15</v>
       </c>
       <c r="D524">
         <v>2013</v>
       </c>
       <c r="F524">
         <v>396</v>
       </c>
       <c r="G524" t="s">
         <v>114</v>
       </c>
       <c r="H524" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
       <c r="I524">
-        <v>15750</v>
+        <v>12000</v>
       </c>
       <c r="J524">
         <v>1</v>
       </c>
       <c r="K524">
         <v>1</v>
       </c>
       <c r="L524">
-        <v>300740</v>
+        <v>273220</v>
       </c>
       <c r="M524">
         <v>2026</v>
       </c>
       <c r="N524" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="525" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A525" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B525">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C525" t="s">
         <v>15</v>
       </c>
       <c r="D525">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="F525">
         <v>396</v>
       </c>
       <c r="G525" t="s">
         <v>114</v>
       </c>
       <c r="H525" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="I525">
-        <v>6600</v>
+        <v>15750</v>
       </c>
       <c r="J525">
         <v>1</v>
       </c>
       <c r="K525">
         <v>1</v>
       </c>
       <c r="L525">
-        <v>134210</v>
+        <v>300740</v>
       </c>
       <c r="M525">
         <v>2026</v>
       </c>
       <c r="N525" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="526" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A526" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B526">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C526" t="s">
         <v>15</v>
       </c>
       <c r="D526">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="F526">
         <v>396</v>
       </c>
       <c r="G526" t="s">
         <v>114</v>
       </c>
+      <c r="H526" t="s">
+        <v>837</v>
+      </c>
       <c r="I526">
-        <v>1750</v>
+        <v>6600</v>
       </c>
       <c r="J526">
         <v>1</v>
       </c>
       <c r="K526">
         <v>1</v>
       </c>
       <c r="L526">
-        <v>49470</v>
+        <v>134210</v>
       </c>
       <c r="M526">
         <v>2026</v>
       </c>
       <c r="N526" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="527" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A527" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B527">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C527" t="s">
         <v>15</v>
       </c>
       <c r="D527">
         <v>2013</v>
       </c>
       <c r="F527">
         <v>396</v>
       </c>
       <c r="G527" t="s">
         <v>114</v>
       </c>
-      <c r="H527" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I527">
-        <v>5500</v>
+        <v>1750</v>
       </c>
       <c r="J527">
         <v>1</v>
       </c>
       <c r="K527">
         <v>1</v>
       </c>
       <c r="L527">
-        <v>118500</v>
+        <v>49470</v>
       </c>
       <c r="M527">
         <v>2026</v>
       </c>
       <c r="N527" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="528" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A528" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B528">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C528" t="s">
         <v>15</v>
       </c>
       <c r="D528">
         <v>2013</v>
       </c>
       <c r="F528">
         <v>396</v>
       </c>
       <c r="G528" t="s">
         <v>114</v>
       </c>
       <c r="H528" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="I528">
-        <v>1800</v>
+        <v>5500</v>
       </c>
       <c r="J528">
         <v>1</v>
       </c>
       <c r="K528">
         <v>1</v>
       </c>
       <c r="L528">
-        <v>39840</v>
+        <v>118500</v>
       </c>
       <c r="M528">
         <v>2026</v>
       </c>
       <c r="N528" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="529" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A529" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B529">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C529" t="s">
         <v>15</v>
       </c>
       <c r="D529">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F529">
         <v>396</v>
       </c>
       <c r="G529" t="s">
         <v>114</v>
       </c>
       <c r="H529" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="I529">
-        <v>20000</v>
+        <v>1800</v>
       </c>
       <c r="J529">
         <v>1</v>
       </c>
       <c r="K529">
         <v>1</v>
       </c>
       <c r="L529">
-        <v>485110</v>
+        <v>39840</v>
       </c>
       <c r="M529">
         <v>2026</v>
       </c>
       <c r="N529" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="530" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A530" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B530">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C530" t="s">
         <v>15</v>
       </c>
       <c r="D530">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="F530">
-        <v>101</v>
+        <v>396</v>
       </c>
       <c r="G530" t="s">
-        <v>43</v>
+        <v>114</v>
       </c>
       <c r="H530" t="s">
-        <v>842</v>
+        <v>840</v>
       </c>
       <c r="I530">
-        <v>1200</v>
+        <v>20000</v>
+      </c>
+      <c r="J530">
+        <v>1</v>
       </c>
       <c r="K530">
         <v>1</v>
       </c>
       <c r="L530">
-        <v>104470</v>
+        <v>485110</v>
       </c>
       <c r="M530">
         <v>2026</v>
       </c>
       <c r="N530" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="531" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A531" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B531">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C531" t="s">
         <v>15</v>
       </c>
       <c r="D531">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="F531">
-        <v>396</v>
+        <v>101</v>
       </c>
       <c r="G531" t="s">
-        <v>114</v>
+        <v>43</v>
       </c>
       <c r="H531" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="I531">
-        <v>22500</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1200</v>
       </c>
       <c r="K531">
         <v>1</v>
       </c>
       <c r="L531">
-        <v>537570</v>
+        <v>104470</v>
       </c>
       <c r="M531">
         <v>2026</v>
       </c>
       <c r="N531" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="532" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A532" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B532">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C532" t="s">
         <v>15</v>
       </c>
       <c r="D532">
         <v>2020</v>
       </c>
       <c r="F532">
         <v>396</v>
       </c>
       <c r="G532" t="s">
         <v>114</v>
       </c>
       <c r="H532" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="I532">
-        <v>3750</v>
+        <v>22500</v>
       </c>
       <c r="J532">
         <v>1</v>
       </c>
       <c r="K532">
         <v>1</v>
       </c>
       <c r="L532">
-        <v>97720</v>
+        <v>537570</v>
       </c>
       <c r="M532">
         <v>2026</v>
       </c>
       <c r="N532" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="533" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A533" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B533">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C533" t="s">
         <v>15</v>
       </c>
       <c r="D533">
         <v>2020</v>
       </c>
       <c r="F533">
         <v>396</v>
       </c>
       <c r="G533" t="s">
         <v>114</v>
       </c>
       <c r="H533" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
       <c r="I533">
         <v>3750</v>
       </c>
       <c r="J533">
         <v>1</v>
       </c>
       <c r="K533">
         <v>1</v>
       </c>
       <c r="L533">
-        <v>34020</v>
+        <v>97720</v>
       </c>
       <c r="M533">
         <v>2026</v>
       </c>
       <c r="N533" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="534" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A534" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B534">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C534" t="s">
         <v>15</v>
       </c>
       <c r="D534">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="F534">
         <v>396</v>
       </c>
       <c r="G534" t="s">
         <v>114</v>
       </c>
       <c r="H534" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="I534">
-        <v>17500</v>
+        <v>3750</v>
       </c>
       <c r="J534">
         <v>1</v>
       </c>
       <c r="K534">
         <v>1</v>
       </c>
       <c r="L534">
-        <v>0</v>
+        <v>34020</v>
       </c>
       <c r="M534">
         <v>2026</v>
       </c>
       <c r="N534" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="535" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A535" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B535">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C535" t="s">
         <v>15</v>
       </c>
       <c r="D535">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="F535">
         <v>396</v>
       </c>
       <c r="G535" t="s">
         <v>114</v>
       </c>
       <c r="H535" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="I535">
-        <v>22625</v>
+        <v>17500</v>
       </c>
       <c r="J535">
         <v>1</v>
       </c>
+      <c r="K535">
+        <v>1</v>
+      </c>
       <c r="L535">
-        <v>692780</v>
+        <v>0</v>
       </c>
       <c r="M535">
         <v>2026</v>
       </c>
       <c r="N535" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="536" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A536" s="1" t="s">
-        <v>848</v>
+        <v>832</v>
       </c>
       <c r="B536">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="C536" t="s">
         <v>15</v>
       </c>
       <c r="D536">
-        <v>2006</v>
+        <v>2022</v>
       </c>
       <c r="F536">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="G536" t="s">
-        <v>54</v>
+        <v>114</v>
       </c>
       <c r="H536" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="I536">
-        <v>4000</v>
-[...1 lines deleted...]
-      <c r="K536">
+        <v>22625</v>
+      </c>
+      <c r="J536">
         <v>1</v>
       </c>
       <c r="L536">
-        <v>124700</v>
+        <v>692780</v>
       </c>
       <c r="M536">
         <v>2026</v>
       </c>
       <c r="N536" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="537" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A537" s="1" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="B537">
         <v>1</v>
       </c>
       <c r="C537" t="s">
         <v>15</v>
       </c>
       <c r="D537">
-        <v>1995</v>
+        <v>2006</v>
       </c>
       <c r="F537">
-        <v>353</v>
+        <v>399</v>
       </c>
       <c r="G537" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="H537" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="I537">
-        <v>576</v>
+        <v>4000</v>
       </c>
       <c r="K537">
         <v>1</v>
       </c>
       <c r="L537">
-        <v>29110</v>
+        <v>124700</v>
       </c>
       <c r="M537">
         <v>2026</v>
       </c>
       <c r="N537" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="538" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A538" s="1" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="B538">
         <v>1</v>
       </c>
       <c r="C538" t="s">
         <v>15</v>
       </c>
       <c r="D538">
-        <v>2002</v>
+        <v>1995</v>
       </c>
       <c r="F538">
-        <v>399</v>
+        <v>353</v>
       </c>
       <c r="G538" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="H538" t="s">
-        <v>808</v>
+        <v>850</v>
       </c>
       <c r="I538">
-        <v>27000</v>
+        <v>576</v>
       </c>
       <c r="K538">
         <v>1</v>
       </c>
       <c r="L538">
-        <v>512170</v>
+        <v>29110</v>
       </c>
       <c r="M538">
         <v>2026</v>
       </c>
       <c r="N538" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="539" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A539" s="1" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="B539">
         <v>1</v>
       </c>
       <c r="C539" t="s">
         <v>15</v>
       </c>
       <c r="D539">
-        <v>1987</v>
+        <v>2002</v>
       </c>
       <c r="F539">
-        <v>353</v>
+        <v>399</v>
       </c>
       <c r="G539" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="H539" t="s">
-        <v>854</v>
+        <v>807</v>
       </c>
       <c r="I539">
-        <v>1200</v>
+        <v>27000</v>
       </c>
       <c r="K539">
         <v>1</v>
       </c>
       <c r="L539">
-        <v>57920</v>
+        <v>512170</v>
       </c>
       <c r="M539">
         <v>2026</v>
       </c>
       <c r="N539" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="540" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A540" s="1" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="B540">
         <v>1</v>
       </c>
       <c r="C540" t="s">
         <v>15</v>
       </c>
       <c r="D540">
-        <v>1997</v>
+        <v>1987</v>
       </c>
       <c r="F540">
-        <v>399</v>
+        <v>353</v>
       </c>
       <c r="G540" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="H540" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="I540">
-        <v>2500</v>
+        <v>1200</v>
       </c>
       <c r="K540">
         <v>1</v>
       </c>
       <c r="L540">
-        <v>31030</v>
+        <v>57920</v>
       </c>
       <c r="M540">
         <v>2026</v>
       </c>
       <c r="N540" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="541" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A541" s="1" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="B541">
         <v>1</v>
       </c>
       <c r="C541" t="s">
         <v>15</v>
       </c>
       <c r="D541">
-        <v>2021</v>
+        <v>1997</v>
       </c>
       <c r="F541">
-        <v>353</v>
+        <v>399</v>
       </c>
       <c r="G541" t="s">
-        <v>57</v>
+        <v>54</v>
+      </c>
+      <c r="H541" t="s">
+        <v>855</v>
       </c>
       <c r="I541">
-        <v>1680</v>
-[...1 lines deleted...]
-      <c r="J541">
+        <v>2500</v>
+      </c>
+      <c r="K541">
         <v>1</v>
       </c>
       <c r="L541">
-        <v>166770</v>
+        <v>31030</v>
       </c>
       <c r="M541">
         <v>2026</v>
       </c>
       <c r="N541" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="542" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A542" s="1" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="B542">
         <v>1</v>
       </c>
       <c r="C542" t="s">
         <v>15</v>
       </c>
       <c r="D542">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="F542">
         <v>353</v>
       </c>
       <c r="G542" t="s">
         <v>57</v>
       </c>
-      <c r="H542" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I542">
-        <v>2352</v>
+        <v>1680</v>
       </c>
       <c r="J542">
         <v>1</v>
       </c>
-      <c r="K542">
-[...1 lines deleted...]
-      </c>
       <c r="L542">
-        <v>470360</v>
+        <v>166770</v>
       </c>
       <c r="M542">
         <v>2026</v>
       </c>
       <c r="N542" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="543" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A543" s="1" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="B543">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C543" t="s">
         <v>15</v>
       </c>
       <c r="D543">
         <v>2017</v>
       </c>
       <c r="F543">
-        <v>321</v>
+        <v>353</v>
       </c>
       <c r="G543" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="H543" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="I543">
-        <v>3691</v>
+        <v>2352</v>
       </c>
       <c r="J543">
         <v>1</v>
       </c>
       <c r="K543">
         <v>1</v>
       </c>
       <c r="L543">
-        <v>987210</v>
+        <v>470360</v>
       </c>
       <c r="M543">
         <v>2026</v>
       </c>
       <c r="N543" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="544" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A544" s="1" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="B544">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C544" t="s">
         <v>15</v>
       </c>
       <c r="D544">
         <v>2017</v>
       </c>
       <c r="F544">
         <v>321</v>
       </c>
       <c r="G544" t="s">
         <v>39</v>
       </c>
       <c r="H544" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
       <c r="I544">
-        <v>651</v>
+        <v>3691</v>
       </c>
       <c r="J544">
         <v>1</v>
       </c>
+      <c r="K544">
+        <v>1</v>
+      </c>
       <c r="L544">
-        <v>216800</v>
+        <v>987210</v>
       </c>
       <c r="M544">
         <v>2026</v>
       </c>
       <c r="N544" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="545" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A545" s="1" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="B545">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C545" t="s">
         <v>15</v>
       </c>
       <c r="D545">
         <v>2017</v>
       </c>
       <c r="F545">
         <v>321</v>
       </c>
       <c r="G545" t="s">
         <v>39</v>
       </c>
       <c r="H545" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
       <c r="I545">
-        <v>377</v>
+        <v>651</v>
       </c>
       <c r="J545">
         <v>1</v>
       </c>
-      <c r="K545">
-[...1 lines deleted...]
-      </c>
       <c r="L545">
-        <v>75840</v>
+        <v>216800</v>
       </c>
       <c r="M545">
         <v>2026</v>
       </c>
       <c r="N545" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="546" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A546" s="1" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="B546">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C546" t="s">
         <v>15</v>
       </c>
       <c r="D546">
         <v>2017</v>
       </c>
       <c r="F546">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="G546" t="s">
-        <v>863</v>
+        <v>39</v>
       </c>
       <c r="H546" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="I546">
-        <v>414</v>
+        <v>377</v>
       </c>
       <c r="J546">
         <v>1</v>
       </c>
       <c r="K546">
         <v>1</v>
       </c>
       <c r="L546">
-        <v>82220</v>
+        <v>75840</v>
       </c>
       <c r="M546">
         <v>2026</v>
       </c>
       <c r="N546" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="547" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A547" s="1" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="B547">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C547" t="s">
         <v>15</v>
       </c>
       <c r="D547">
         <v>2017</v>
       </c>
       <c r="F547">
-        <v>373</v>
+        <v>323</v>
       </c>
       <c r="G547" t="s">
-        <v>19</v>
+        <v>862</v>
       </c>
       <c r="H547" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="I547">
-        <v>1242</v>
+        <v>414</v>
       </c>
       <c r="J547">
         <v>1</v>
       </c>
       <c r="K547">
         <v>1</v>
       </c>
       <c r="L547">
-        <v>296990</v>
+        <v>82220</v>
       </c>
       <c r="M547">
         <v>2026</v>
       </c>
       <c r="N547" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="548" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A548" s="1" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="B548">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C548" t="s">
         <v>15</v>
       </c>
       <c r="D548">
         <v>2017</v>
       </c>
       <c r="F548">
         <v>373</v>
       </c>
       <c r="G548" t="s">
         <v>19</v>
       </c>
       <c r="H548" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="I548">
-        <v>448</v>
+        <v>1242</v>
       </c>
       <c r="J548">
         <v>1</v>
       </c>
       <c r="K548">
         <v>1</v>
       </c>
       <c r="L548">
-        <v>129880</v>
+        <v>296990</v>
       </c>
       <c r="M548">
         <v>2026</v>
       </c>
       <c r="N548" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="549" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A549" s="1" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="B549">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C549" t="s">
         <v>15</v>
       </c>
       <c r="D549">
         <v>2017</v>
       </c>
       <c r="F549">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="G549" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="H549" t="s">
-        <v>867</v>
+        <v>865</v>
       </c>
       <c r="I549">
-        <v>953</v>
+        <v>448</v>
       </c>
       <c r="J549">
         <v>1</v>
       </c>
       <c r="K549">
         <v>1</v>
       </c>
       <c r="L549">
-        <v>76340</v>
+        <v>129880</v>
       </c>
       <c r="M549">
         <v>2026</v>
       </c>
       <c r="N549" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="550" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A550" s="1" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="B550">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C550" t="s">
         <v>15</v>
       </c>
       <c r="D550">
         <v>2017</v>
       </c>
       <c r="F550">
         <v>398</v>
       </c>
       <c r="G550" t="s">
         <v>29</v>
       </c>
       <c r="H550" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
       <c r="I550">
-        <v>2622</v>
+        <v>953</v>
       </c>
       <c r="J550">
         <v>1</v>
       </c>
       <c r="K550">
         <v>1</v>
       </c>
       <c r="L550">
-        <v>165960</v>
+        <v>76340</v>
       </c>
       <c r="M550">
         <v>2026</v>
       </c>
       <c r="N550" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="551" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A551" s="1" t="s">
-        <v>869</v>
+        <v>857</v>
       </c>
       <c r="B551">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="C551" t="s">
         <v>15</v>
       </c>
       <c r="D551">
-        <v>1993</v>
+        <v>2017</v>
       </c>
       <c r="F551">
-        <v>332</v>
+        <v>398</v>
       </c>
       <c r="G551" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="H551" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="I551">
-        <v>3782</v>
+        <v>2622</v>
+      </c>
+      <c r="J551">
+        <v>1</v>
       </c>
       <c r="K551">
         <v>1</v>
       </c>
       <c r="L551">
-        <v>95220</v>
+        <v>165960</v>
       </c>
       <c r="M551">
         <v>2026</v>
       </c>
       <c r="N551" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="552" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A552" s="1" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="B552">
         <v>1</v>
       </c>
       <c r="C552" t="s">
         <v>15</v>
       </c>
       <c r="D552">
-        <v>2003</v>
+        <v>1993</v>
       </c>
       <c r="F552">
-        <v>399</v>
+        <v>332</v>
       </c>
       <c r="G552" t="s">
-        <v>54</v>
+        <v>174</v>
       </c>
       <c r="H552" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="I552">
-        <v>6000</v>
+        <v>3782</v>
       </c>
       <c r="K552">
         <v>1</v>
       </c>
       <c r="L552">
-        <v>136250</v>
+        <v>95220</v>
       </c>
       <c r="M552">
         <v>2026</v>
       </c>
       <c r="N552" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="553" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A553" s="1" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="B553">
         <v>1</v>
       </c>
       <c r="C553" t="s">
         <v>15</v>
       </c>
       <c r="D553">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="F553">
-        <v>388</v>
+        <v>399</v>
       </c>
       <c r="G553" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="H553" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="I553">
-        <v>5788</v>
+        <v>6000</v>
       </c>
       <c r="K553">
         <v>1</v>
       </c>
       <c r="L553">
-        <v>232930</v>
+        <v>136250</v>
       </c>
       <c r="M553">
         <v>2026</v>
       </c>
       <c r="N553" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="554" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A554" s="1" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="B554">
         <v>1</v>
       </c>
       <c r="C554" t="s">
         <v>15</v>
       </c>
       <c r="D554">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="F554">
         <v>388</v>
       </c>
       <c r="G554" t="s">
         <v>16</v>
       </c>
       <c r="H554" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="I554">
-        <v>580</v>
+        <v>5788</v>
       </c>
       <c r="K554">
         <v>1</v>
       </c>
       <c r="L554">
-        <v>67700</v>
+        <v>232930</v>
       </c>
       <c r="M554">
         <v>2026</v>
       </c>
       <c r="N554" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="555" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A555" s="1" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="B555">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C555" t="s">
         <v>15</v>
       </c>
       <c r="D555">
         <v>1999</v>
       </c>
       <c r="F555">
         <v>388</v>
       </c>
       <c r="G555" t="s">
         <v>16</v>
       </c>
+      <c r="H555" t="s">
+        <v>875</v>
+      </c>
       <c r="I555">
-        <v>3292</v>
+        <v>580</v>
       </c>
       <c r="K555">
         <v>1</v>
       </c>
       <c r="L555">
-        <v>258900</v>
+        <v>67700</v>
       </c>
       <c r="M555">
         <v>2026</v>
       </c>
       <c r="N555" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="556" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A556" s="1" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="B556">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C556" t="s">
         <v>15</v>
       </c>
       <c r="D556">
         <v>1999</v>
       </c>
       <c r="F556">
         <v>388</v>
       </c>
       <c r="G556" t="s">
         <v>16</v>
       </c>
-      <c r="H556" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I556">
-        <v>16064</v>
+        <v>3292</v>
       </c>
       <c r="K556">
         <v>1</v>
       </c>
       <c r="L556">
-        <v>1897400</v>
+        <v>258900</v>
       </c>
       <c r="M556">
         <v>2026</v>
       </c>
       <c r="N556" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="557" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A557" s="1" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="B557">
         <v>1</v>
       </c>
       <c r="C557" t="s">
         <v>15</v>
       </c>
       <c r="D557">
-        <v>2006</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>1999</v>
       </c>
       <c r="F557">
-        <v>344</v>
+        <v>388</v>
       </c>
       <c r="G557" t="s">
-        <v>137</v>
+        <v>16</v>
       </c>
       <c r="H557" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="I557">
-        <v>8509</v>
+        <v>16064</v>
       </c>
       <c r="K557">
         <v>1</v>
       </c>
       <c r="L557">
-        <v>869950</v>
+        <v>1897400</v>
       </c>
       <c r="M557">
         <v>2026</v>
       </c>
       <c r="N557" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="558" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A558" s="1" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="B558">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C558" t="s">
         <v>15</v>
       </c>
       <c r="D558">
         <v>2006</v>
       </c>
       <c r="E558">
         <v>2008</v>
       </c>
       <c r="F558">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="G558" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="H558" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="I558">
-        <v>48399</v>
+        <v>8509</v>
       </c>
       <c r="K558">
         <v>1</v>
       </c>
       <c r="L558">
-        <v>5070130</v>
+        <v>869950</v>
       </c>
       <c r="M558">
         <v>2026</v>
       </c>
       <c r="N558" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="559" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A559" s="1" t="s">
-        <v>881</v>
+        <v>877</v>
       </c>
       <c r="B559">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C559" t="s">
         <v>15</v>
       </c>
       <c r="D559">
         <v>2006</v>
       </c>
+      <c r="E559">
+        <v>2008</v>
+      </c>
       <c r="F559">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="G559" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="H559" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="I559">
-        <v>9602</v>
+        <v>48399</v>
       </c>
       <c r="K559">
         <v>1</v>
       </c>
       <c r="L559">
-        <v>1220550</v>
+        <v>5070130</v>
       </c>
       <c r="M559">
         <v>2026</v>
       </c>
       <c r="N559" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="560" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A560" s="1" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="B560">
         <v>1</v>
       </c>
       <c r="C560" t="s">
         <v>15</v>
       </c>
       <c r="D560">
-        <v>1996</v>
+        <v>2006</v>
       </c>
       <c r="F560">
-        <v>397</v>
+        <v>344</v>
       </c>
       <c r="G560" t="s">
-        <v>321</v>
+        <v>136</v>
       </c>
       <c r="H560" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="I560">
-        <v>5480</v>
+        <v>9602</v>
       </c>
       <c r="K560">
         <v>1</v>
       </c>
       <c r="L560">
-        <v>154650</v>
+        <v>1220550</v>
       </c>
       <c r="M560">
         <v>2026</v>
       </c>
       <c r="N560" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="561" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A561" s="1" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="B561">
         <v>1</v>
       </c>
       <c r="C561" t="s">
         <v>15</v>
       </c>
       <c r="D561">
         <v>1996</v>
       </c>
       <c r="F561">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="G561" t="s">
-        <v>29</v>
+        <v>319</v>
       </c>
       <c r="H561" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="I561">
-        <v>3696</v>
+        <v>5480</v>
       </c>
       <c r="K561">
         <v>1</v>
       </c>
       <c r="L561">
-        <v>116030</v>
+        <v>154650</v>
       </c>
       <c r="M561">
         <v>2026</v>
       </c>
       <c r="N561" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="562" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A562" s="1" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="B562">
         <v>1</v>
       </c>
       <c r="C562" t="s">
         <v>15</v>
       </c>
       <c r="D562">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="F562">
-        <v>353</v>
+        <v>398</v>
       </c>
       <c r="G562" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="H562" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="I562">
-        <v>5240</v>
+        <v>3696</v>
       </c>
       <c r="K562">
         <v>1</v>
       </c>
       <c r="L562">
-        <v>643780</v>
+        <v>116030</v>
       </c>
       <c r="M562">
         <v>2026</v>
       </c>
       <c r="N562" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="563" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A563" s="1" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="B563">
         <v>1</v>
       </c>
       <c r="C563" t="s">
         <v>15</v>
       </c>
       <c r="D563">
         <v>2000</v>
       </c>
       <c r="F563">
         <v>353</v>
       </c>
       <c r="G563" t="s">
         <v>57</v>
       </c>
       <c r="H563" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="I563">
-        <v>3874</v>
+        <v>5240</v>
       </c>
       <c r="K563">
         <v>1</v>
       </c>
       <c r="L563">
-        <v>636240</v>
+        <v>643780</v>
       </c>
       <c r="M563">
         <v>2026</v>
       </c>
       <c r="N563" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="564" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A564" s="1" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="B564">
         <v>1</v>
       </c>
       <c r="C564" t="s">
         <v>15</v>
       </c>
       <c r="D564">
-        <v>2002</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="F564">
         <v>353</v>
       </c>
       <c r="G564" t="s">
         <v>57</v>
       </c>
       <c r="H564" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="I564">
-        <v>8348</v>
+        <v>3874</v>
       </c>
       <c r="K564">
         <v>1</v>
       </c>
       <c r="L564">
-        <v>671000</v>
+        <v>636240</v>
       </c>
       <c r="M564">
         <v>2026</v>
       </c>
       <c r="N564" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="565" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A565" s="1" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="B565">
         <v>1</v>
       </c>
       <c r="C565" t="s">
         <v>15</v>
       </c>
       <c r="D565">
-        <v>2003</v>
+        <v>2002</v>
+      </c>
+      <c r="E565">
+        <v>2015</v>
       </c>
       <c r="F565">
-        <v>660</v>
+        <v>353</v>
       </c>
       <c r="G565" t="s">
-        <v>195</v>
+        <v>57</v>
       </c>
       <c r="H565" t="s">
-        <v>196</v>
+        <v>891</v>
       </c>
       <c r="I565">
-        <v>6536</v>
+        <v>8348</v>
       </c>
       <c r="K565">
         <v>1</v>
       </c>
       <c r="L565">
-        <v>614080</v>
+        <v>671000</v>
       </c>
       <c r="M565">
         <v>2026</v>
       </c>
       <c r="N565" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="566" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A566" s="1" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="B566">
         <v>1</v>
       </c>
       <c r="C566" t="s">
         <v>15</v>
       </c>
       <c r="D566">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="F566">
-        <v>356</v>
+        <v>660</v>
       </c>
       <c r="G566" t="s">
-        <v>895</v>
+        <v>195</v>
       </c>
       <c r="H566" t="s">
-        <v>896</v>
+        <v>196</v>
       </c>
       <c r="I566">
-        <v>1301</v>
+        <v>6536</v>
       </c>
       <c r="K566">
         <v>1</v>
       </c>
       <c r="L566">
-        <v>197900</v>
+        <v>614080</v>
       </c>
       <c r="M566">
         <v>2026</v>
       </c>
       <c r="N566" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="567" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A567" s="1" t="s">
-        <v>897</v>
+        <v>893</v>
       </c>
       <c r="B567">
         <v>1</v>
       </c>
       <c r="C567" t="s">
         <v>15</v>
       </c>
       <c r="D567">
         <v>2001</v>
       </c>
       <c r="F567">
         <v>356</v>
       </c>
       <c r="G567" t="s">
+        <v>894</v>
+      </c>
+      <c r="H567" t="s">
         <v>895</v>
       </c>
-      <c r="H567" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I567">
-        <v>1608</v>
+        <v>1301</v>
       </c>
       <c r="K567">
         <v>1</v>
       </c>
       <c r="L567">
-        <v>185100</v>
+        <v>197900</v>
       </c>
       <c r="M567">
         <v>2026</v>
       </c>
       <c r="N567" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="568" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A568" s="1" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="B568">
         <v>1</v>
       </c>
       <c r="C568" t="s">
         <v>15</v>
       </c>
       <c r="D568">
         <v>2001</v>
       </c>
       <c r="F568">
         <v>356</v>
       </c>
       <c r="G568" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H568" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="I568">
-        <v>1612</v>
+        <v>1608</v>
       </c>
       <c r="K568">
         <v>1</v>
       </c>
       <c r="L568">
-        <v>209650</v>
+        <v>185100</v>
       </c>
       <c r="M568">
         <v>2026</v>
       </c>
       <c r="N568" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="569" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A569" s="1" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="B569">
         <v>1</v>
       </c>
       <c r="C569" t="s">
         <v>15</v>
       </c>
       <c r="D569">
         <v>2001</v>
       </c>
       <c r="F569">
         <v>356</v>
       </c>
       <c r="G569" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H569" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="I569">
         <v>1612</v>
       </c>
       <c r="K569">
         <v>1</v>
       </c>
       <c r="L569">
-        <v>182250</v>
+        <v>209650</v>
       </c>
       <c r="M569">
         <v>2026</v>
       </c>
       <c r="N569" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="570" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A570" s="1" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="B570">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C570" t="s">
         <v>15</v>
       </c>
       <c r="D570">
-        <v>1968</v>
+        <v>2001</v>
       </c>
       <c r="F570">
-        <v>101</v>
+        <v>356</v>
       </c>
       <c r="G570" t="s">
-        <v>43</v>
+        <v>894</v>
       </c>
       <c r="H570" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="I570">
-        <v>4646</v>
+        <v>1612</v>
       </c>
       <c r="K570">
         <v>1</v>
       </c>
       <c r="L570">
-        <v>341740</v>
+        <v>182250</v>
       </c>
       <c r="M570">
         <v>2026</v>
       </c>
       <c r="N570" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="571" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A571" s="1" t="s">
-        <v>903</v>
+        <v>902</v>
       </c>
       <c r="B571">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C571" t="s">
         <v>15</v>
       </c>
       <c r="D571">
-        <v>1949</v>
+        <v>1968</v>
       </c>
       <c r="F571">
         <v>101</v>
       </c>
       <c r="G571" t="s">
         <v>43</v>
       </c>
+      <c r="H571" t="s">
+        <v>903</v>
+      </c>
       <c r="I571">
-        <v>1848</v>
+        <v>4646</v>
       </c>
       <c r="K571">
         <v>1</v>
       </c>
       <c r="L571">
-        <v>173570</v>
+        <v>341740</v>
       </c>
       <c r="M571">
         <v>2026</v>
       </c>
       <c r="N571" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="572" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A572" s="1" t="s">
-        <v>903</v>
+        <v>902</v>
       </c>
       <c r="B572">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C572" t="s">
         <v>15</v>
       </c>
       <c r="D572">
-        <v>1968</v>
+        <v>1949</v>
       </c>
       <c r="F572">
         <v>101</v>
       </c>
       <c r="G572" t="s">
         <v>43</v>
       </c>
       <c r="I572">
-        <v>1200</v>
+        <v>1848</v>
       </c>
       <c r="K572">
         <v>1</v>
       </c>
       <c r="L572">
-        <v>83580</v>
+        <v>173570</v>
       </c>
       <c r="M572">
         <v>2026</v>
       </c>
       <c r="N572" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="573" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A573" s="1" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="B573">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C573" t="s">
         <v>15</v>
       </c>
       <c r="D573">
-        <v>2002</v>
+        <v>1968</v>
       </c>
       <c r="F573">
-        <v>315</v>
+        <v>101</v>
       </c>
       <c r="G573" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-        <v>906</v>
+        <v>43</v>
       </c>
       <c r="I573">
-        <v>90256</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>1200</v>
       </c>
       <c r="K573">
         <v>1</v>
       </c>
       <c r="L573">
-        <v>13329150</v>
+        <v>83580</v>
       </c>
       <c r="M573">
         <v>2026</v>
       </c>
       <c r="N573" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="574" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A574" s="1" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="B574">
         <v>1</v>
       </c>
       <c r="C574" t="s">
         <v>15</v>
       </c>
       <c r="D574">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="F574">
-        <v>386</v>
+        <v>315</v>
       </c>
       <c r="G574" t="s">
-        <v>908</v>
+        <v>456</v>
       </c>
       <c r="H574" t="s">
-        <v>909</v>
+        <v>905</v>
       </c>
       <c r="I574">
-        <v>24000</v>
+        <v>90256</v>
+      </c>
+      <c r="J574">
+        <v>123</v>
       </c>
       <c r="K574">
         <v>1</v>
       </c>
       <c r="L574">
-        <v>1633160</v>
+        <v>13329150</v>
       </c>
       <c r="M574">
         <v>2026</v>
       </c>
       <c r="N574" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="575" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A575" s="1" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
       <c r="B575">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C575" t="s">
         <v>15</v>
       </c>
       <c r="D575">
-        <v>1954</v>
+        <v>1989</v>
       </c>
       <c r="F575">
-        <v>620</v>
+        <v>386</v>
       </c>
       <c r="G575" t="s">
-        <v>90</v>
+        <v>907</v>
       </c>
       <c r="H575" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="I575">
-        <v>6516</v>
+        <v>24000</v>
       </c>
       <c r="K575">
         <v>1</v>
       </c>
       <c r="L575">
-        <v>335190</v>
+        <v>1633160</v>
       </c>
       <c r="M575">
         <v>2026</v>
       </c>
       <c r="N575" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="576" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A576" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="B576">
+        <v>2</v>
+      </c>
+      <c r="C576" t="s">
+        <v>15</v>
+      </c>
+      <c r="D576">
+        <v>1954</v>
+      </c>
+      <c r="F576">
+        <v>620</v>
+      </c>
+      <c r="G576" t="s">
+        <v>90</v>
+      </c>
+      <c r="H576" t="s">
         <v>910</v>
       </c>
-      <c r="B576">
-[...13 lines deleted...]
-      </c>
       <c r="I576">
-        <v>1740</v>
+        <v>6516</v>
       </c>
       <c r="K576">
         <v>1</v>
       </c>
       <c r="L576">
-        <v>107060</v>
+        <v>335190</v>
       </c>
       <c r="M576">
         <v>2026</v>
       </c>
       <c r="N576" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="577" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A577" s="1" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="B577">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C577" t="s">
         <v>15</v>
       </c>
       <c r="D577">
-        <v>2006</v>
+        <v>1985</v>
       </c>
       <c r="F577">
-        <v>397</v>
+        <v>101</v>
       </c>
       <c r="G577" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>913</v>
+        <v>43</v>
       </c>
       <c r="I577">
-        <v>16135</v>
+        <v>1740</v>
       </c>
       <c r="K577">
         <v>1</v>
       </c>
       <c r="L577">
-        <v>728510</v>
+        <v>107060</v>
       </c>
       <c r="M577">
         <v>2026</v>
       </c>
       <c r="N577" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="578" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A578" s="1" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="B578">
         <v>1</v>
       </c>
       <c r="C578" t="s">
         <v>15</v>
       </c>
       <c r="D578">
-        <v>2021</v>
+        <v>2006</v>
       </c>
       <c r="F578">
-        <v>353</v>
+        <v>397</v>
       </c>
       <c r="G578" t="s">
-        <v>57</v>
+        <v>319</v>
       </c>
       <c r="H578" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="I578">
-        <v>1584</v>
+        <v>16135</v>
       </c>
       <c r="K578">
         <v>1</v>
       </c>
       <c r="L578">
-        <v>224050</v>
+        <v>728510</v>
       </c>
       <c r="M578">
         <v>2026</v>
       </c>
       <c r="N578" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="579" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A579" s="1" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="B579">
         <v>1</v>
       </c>
       <c r="C579" t="s">
         <v>15</v>
       </c>
       <c r="D579">
-        <v>1969</v>
+        <v>2021</v>
       </c>
       <c r="F579">
         <v>353</v>
       </c>
       <c r="G579" t="s">
         <v>57</v>
       </c>
       <c r="H579" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="I579">
-        <v>5510</v>
+        <v>1584</v>
       </c>
       <c r="K579">
         <v>1</v>
       </c>
       <c r="L579">
-        <v>232850</v>
+        <v>224050</v>
       </c>
       <c r="M579">
         <v>2026</v>
       </c>
       <c r="N579" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="580" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A580" s="1" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="B580">
         <v>1</v>
       </c>
       <c r="C580" t="s">
         <v>15</v>
       </c>
       <c r="D580">
-        <v>1991</v>
+        <v>1969</v>
       </c>
       <c r="F580">
-        <v>373</v>
+        <v>353</v>
       </c>
       <c r="G580" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="H580" t="s">
-        <v>217</v>
+        <v>916</v>
       </c>
       <c r="I580">
-        <v>2457</v>
+        <v>5510</v>
       </c>
       <c r="K580">
         <v>1</v>
       </c>
       <c r="L580">
-        <v>105970</v>
+        <v>232850</v>
       </c>
       <c r="M580">
         <v>2026</v>
       </c>
       <c r="N580" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="581" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A581" s="1" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="B581">
         <v>1</v>
       </c>
       <c r="C581" t="s">
         <v>15</v>
       </c>
       <c r="D581">
-        <v>2004</v>
+        <v>1991</v>
       </c>
       <c r="F581">
-        <v>353</v>
+        <v>373</v>
       </c>
       <c r="G581" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="H581" t="s">
-        <v>920</v>
+        <v>215</v>
       </c>
       <c r="I581">
-        <v>900</v>
+        <v>2457</v>
       </c>
       <c r="K581">
         <v>1</v>
       </c>
       <c r="L581">
-        <v>67250</v>
+        <v>105970</v>
       </c>
       <c r="M581">
         <v>2026</v>
       </c>
       <c r="N581" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="582" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A582" s="1" t="s">
-        <v>919</v>
+        <v>918</v>
       </c>
       <c r="B582">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C582" t="s">
         <v>15</v>
       </c>
       <c r="D582">
         <v>2004</v>
       </c>
       <c r="F582">
-        <v>396</v>
+        <v>353</v>
       </c>
       <c r="G582" t="s">
-        <v>114</v>
+        <v>57</v>
+      </c>
+      <c r="H582" t="s">
+        <v>919</v>
       </c>
       <c r="I582">
-        <v>16500</v>
+        <v>900</v>
       </c>
       <c r="K582">
         <v>1</v>
       </c>
       <c r="L582">
-        <v>318580</v>
+        <v>67250</v>
       </c>
       <c r="M582">
         <v>2026</v>
       </c>
       <c r="N582" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="583" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A583" s="1" t="s">
-        <v>919</v>
+        <v>918</v>
       </c>
       <c r="B583">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C583" t="s">
         <v>15</v>
       </c>
       <c r="D583">
         <v>2004</v>
       </c>
       <c r="F583">
         <v>396</v>
       </c>
       <c r="G583" t="s">
         <v>114</v>
       </c>
       <c r="I583">
-        <v>18000</v>
+        <v>16500</v>
       </c>
       <c r="K583">
         <v>1</v>
       </c>
       <c r="L583">
-        <v>345550</v>
+        <v>318580</v>
       </c>
       <c r="M583">
         <v>2026</v>
       </c>
       <c r="N583" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="584" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A584" s="1" t="s">
-        <v>919</v>
+        <v>918</v>
       </c>
       <c r="B584">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C584" t="s">
         <v>15</v>
       </c>
       <c r="D584">
         <v>2004</v>
       </c>
       <c r="F584">
         <v>396</v>
       </c>
       <c r="G584" t="s">
         <v>114</v>
       </c>
       <c r="I584">
         <v>18000</v>
       </c>
       <c r="K584">
         <v>1</v>
       </c>
       <c r="L584">
-        <v>346680</v>
+        <v>345550</v>
       </c>
       <c r="M584">
         <v>2026</v>
       </c>
       <c r="N584" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="585" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A585" s="1" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B585">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C585" t="s">
         <v>15</v>
       </c>
       <c r="D585">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="F585">
-        <v>353</v>
+        <v>396</v>
       </c>
       <c r="G585" t="s">
-        <v>57</v>
+        <v>114</v>
       </c>
       <c r="I585">
-        <v>3000</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>18000</v>
       </c>
       <c r="K585">
         <v>1</v>
       </c>
       <c r="L585">
-        <v>415580</v>
+        <v>346680</v>
       </c>
       <c r="M585">
         <v>2026</v>
       </c>
       <c r="N585" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="586" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A586" s="1" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
       <c r="B586">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C586" t="s">
         <v>15</v>
       </c>
       <c r="D586">
         <v>2014</v>
       </c>
       <c r="F586">
-        <v>398</v>
+        <v>353</v>
       </c>
       <c r="G586" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="I586">
-        <v>9750</v>
+        <v>3000</v>
       </c>
       <c r="J586">
         <v>1</v>
       </c>
       <c r="K586">
         <v>1</v>
       </c>
       <c r="L586">
-        <v>463800</v>
+        <v>415580</v>
       </c>
       <c r="M586">
         <v>2026</v>
       </c>
       <c r="N586" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="587" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A587" s="1" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="B587">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C587" t="s">
         <v>15</v>
       </c>
       <c r="D587">
-        <v>1988</v>
+        <v>2014</v>
       </c>
       <c r="F587">
         <v>398</v>
       </c>
       <c r="G587" t="s">
         <v>29</v>
       </c>
-      <c r="H587" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I587">
-        <v>5298</v>
+        <v>9750</v>
+      </c>
+      <c r="J587">
+        <v>1</v>
       </c>
       <c r="K587">
         <v>1</v>
       </c>
       <c r="L587">
-        <v>79530</v>
+        <v>463800</v>
       </c>
       <c r="M587">
         <v>2026</v>
       </c>
       <c r="N587" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="588" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A588" s="1" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="B588">
         <v>1</v>
       </c>
       <c r="C588" t="s">
         <v>15</v>
       </c>
       <c r="D588">
-        <v>1960</v>
+        <v>1988</v>
       </c>
       <c r="F588">
-        <v>101</v>
+        <v>398</v>
       </c>
       <c r="G588" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="H588" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="I588">
-        <v>748</v>
+        <v>5298</v>
       </c>
       <c r="K588">
         <v>1</v>
       </c>
       <c r="L588">
-        <v>26640</v>
+        <v>79530</v>
       </c>
       <c r="M588">
         <v>2026</v>
       </c>
       <c r="N588" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="589" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A589" s="1" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="B589">
         <v>1</v>
       </c>
       <c r="C589" t="s">
         <v>15</v>
       </c>
       <c r="D589">
-        <v>1979</v>
+        <v>1960</v>
       </c>
       <c r="F589">
-        <v>321</v>
+        <v>101</v>
       </c>
       <c r="G589" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H589" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="I589">
-        <v>2224</v>
+        <v>748</v>
       </c>
       <c r="K589">
         <v>1</v>
       </c>
       <c r="L589">
-        <v>65180</v>
+        <v>26640</v>
       </c>
       <c r="M589">
         <v>2026</v>
       </c>
       <c r="N589" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="590" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A590" s="1" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="B590">
         <v>1</v>
       </c>
       <c r="C590" t="s">
         <v>15</v>
       </c>
       <c r="D590">
-        <v>1984</v>
+        <v>1979</v>
       </c>
       <c r="F590">
-        <v>397</v>
+        <v>321</v>
       </c>
       <c r="G590" t="s">
-        <v>321</v>
+        <v>39</v>
       </c>
       <c r="H590" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="I590">
-        <v>12000</v>
+        <v>2224</v>
       </c>
       <c r="K590">
         <v>1</v>
       </c>
       <c r="L590">
-        <v>320220</v>
+        <v>65180</v>
       </c>
       <c r="M590">
         <v>2026</v>
       </c>
       <c r="N590" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="591" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A591" s="1" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="B591">
         <v>1</v>
       </c>
       <c r="C591" t="s">
         <v>15</v>
       </c>
       <c r="D591">
-        <v>1988</v>
+        <v>2025</v>
       </c>
       <c r="F591">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G591" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>29</v>
       </c>
       <c r="I591">
-        <v>6000</v>
+        <v>2400</v>
+      </c>
+      <c r="J591">
+        <v>1</v>
       </c>
       <c r="K591">
         <v>1</v>
       </c>
       <c r="L591">
-        <v>208390</v>
+        <v>34560</v>
       </c>
       <c r="M591">
         <v>2026</v>
       </c>
       <c r="N591" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="592" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A592" s="1" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="B592">
         <v>1</v>
       </c>
       <c r="C592" t="s">
         <v>15</v>
       </c>
       <c r="D592">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="F592">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="G592" t="s">
-        <v>29</v>
+        <v>319</v>
       </c>
       <c r="H592" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="I592">
-        <v>5051</v>
+        <v>12000</v>
       </c>
       <c r="K592">
         <v>1</v>
       </c>
       <c r="L592">
-        <v>67060</v>
+        <v>320220</v>
       </c>
       <c r="M592">
         <v>2026</v>
       </c>
       <c r="N592" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="593" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A593" s="1" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="B593">
         <v>1</v>
       </c>
       <c r="C593" t="s">
         <v>15</v>
       </c>
       <c r="D593">
-        <v>2003</v>
+        <v>1988</v>
       </c>
       <c r="F593">
-        <v>353</v>
+        <v>397</v>
       </c>
       <c r="G593" t="s">
-        <v>57</v>
+        <v>319</v>
       </c>
       <c r="H593" t="s">
-        <v>742</v>
+        <v>329</v>
       </c>
       <c r="I593">
-        <v>15168</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6000</v>
       </c>
       <c r="K593">
         <v>1</v>
       </c>
       <c r="L593">
-        <v>1029750</v>
+        <v>208390</v>
       </c>
       <c r="M593">
         <v>2026</v>
       </c>
       <c r="N593" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="594" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A594" s="1" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="B594">
         <v>1</v>
       </c>
       <c r="C594" t="s">
         <v>15</v>
       </c>
       <c r="D594">
-        <v>1990</v>
+        <v>1987</v>
       </c>
       <c r="F594">
-        <v>344</v>
+        <v>398</v>
       </c>
       <c r="G594" t="s">
-        <v>137</v>
+        <v>29</v>
       </c>
       <c r="H594" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="I594">
-        <v>8631</v>
+        <v>5051</v>
       </c>
       <c r="K594">
         <v>1</v>
       </c>
       <c r="L594">
-        <v>403210</v>
+        <v>67060</v>
       </c>
       <c r="M594">
         <v>2026</v>
       </c>
       <c r="N594" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="595" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A595" s="1" t="s">
-        <v>934</v>
+        <v>933</v>
       </c>
       <c r="B595">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C595" t="s">
         <v>15</v>
       </c>
       <c r="D595">
-        <v>1990</v>
+        <v>2003</v>
       </c>
       <c r="F595">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="G595" t="s">
-        <v>137</v>
+        <v>57</v>
+      </c>
+      <c r="H595" t="s">
+        <v>741</v>
       </c>
       <c r="I595">
-        <v>3047</v>
+        <v>15168</v>
+      </c>
+      <c r="J595">
+        <v>1</v>
       </c>
       <c r="K595">
         <v>1</v>
       </c>
       <c r="L595">
-        <v>145600</v>
+        <v>1029750</v>
       </c>
       <c r="M595">
         <v>2026</v>
       </c>
       <c r="N595" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="596" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A596" s="1" t="s">
         <v>934</v>
       </c>
       <c r="B596">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C596" t="s">
         <v>15</v>
       </c>
       <c r="D596">
         <v>1990</v>
       </c>
       <c r="F596">
-        <v>396</v>
+        <v>344</v>
       </c>
       <c r="G596" t="s">
-        <v>114</v>
+        <v>136</v>
+      </c>
+      <c r="H596" t="s">
+        <v>935</v>
       </c>
       <c r="I596">
-        <v>6690</v>
+        <v>8631</v>
       </c>
       <c r="K596">
         <v>1</v>
       </c>
       <c r="L596">
-        <v>136380</v>
+        <v>403210</v>
       </c>
       <c r="M596">
         <v>2026</v>
       </c>
       <c r="N596" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="597" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A597" s="1" t="s">
         <v>934</v>
       </c>
       <c r="B597">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C597" t="s">
         <v>15</v>
       </c>
       <c r="D597">
         <v>1990</v>
       </c>
       <c r="F597">
-        <v>396</v>
+        <v>344</v>
       </c>
       <c r="G597" t="s">
-        <v>114</v>
+        <v>136</v>
       </c>
       <c r="I597">
-        <v>14100</v>
+        <v>3047</v>
       </c>
       <c r="K597">
         <v>1</v>
       </c>
       <c r="L597">
-        <v>199450</v>
+        <v>145600</v>
       </c>
       <c r="M597">
         <v>2026</v>
       </c>
       <c r="N597" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="598" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A598" s="1" t="s">
         <v>934</v>
       </c>
       <c r="B598">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C598" t="s">
         <v>15</v>
       </c>
       <c r="D598">
         <v>1990</v>
       </c>
       <c r="F598">
         <v>396</v>
       </c>
       <c r="G598" t="s">
         <v>114</v>
       </c>
       <c r="I598">
-        <v>11640</v>
+        <v>6690</v>
       </c>
       <c r="K598">
         <v>1</v>
       </c>
       <c r="L598">
-        <v>166400</v>
+        <v>136380</v>
       </c>
       <c r="M598">
         <v>2026</v>
       </c>
       <c r="N598" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="599" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A599" s="1" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="B599">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C599" t="s">
         <v>15</v>
       </c>
       <c r="D599">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="F599">
         <v>396</v>
       </c>
       <c r="G599" t="s">
         <v>114</v>
       </c>
-      <c r="H599" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I599">
-        <v>2277</v>
+        <v>14100</v>
       </c>
       <c r="K599">
         <v>1</v>
       </c>
       <c r="L599">
-        <v>46940</v>
+        <v>199450</v>
       </c>
       <c r="M599">
         <v>2026</v>
       </c>
       <c r="N599" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="600" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A600" s="1" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="B600">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="C600" t="s">
         <v>15</v>
       </c>
       <c r="D600">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="F600">
         <v>396</v>
       </c>
       <c r="G600" t="s">
         <v>114</v>
       </c>
       <c r="I600">
-        <v>6486</v>
+        <v>11640</v>
       </c>
       <c r="K600">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L600">
-        <v>105620</v>
+        <v>166400</v>
       </c>
       <c r="M600">
         <v>2026</v>
       </c>
       <c r="N600" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="601" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A601" s="1" t="s">
         <v>936</v>
       </c>
       <c r="B601">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C601" t="s">
         <v>15</v>
       </c>
       <c r="D601">
         <v>1984</v>
       </c>
       <c r="F601">
         <v>396</v>
       </c>
       <c r="G601" t="s">
         <v>114</v>
       </c>
+      <c r="H601" t="s">
+        <v>937</v>
+      </c>
       <c r="I601">
-        <v>3703</v>
+        <v>2277</v>
       </c>
       <c r="K601">
         <v>1</v>
       </c>
       <c r="L601">
-        <v>59970</v>
+        <v>46940</v>
       </c>
       <c r="M601">
         <v>2026</v>
       </c>
       <c r="N601" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="602" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A602" s="1" t="s">
         <v>936</v>
       </c>
       <c r="B602">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C602" t="s">
         <v>15</v>
       </c>
       <c r="D602">
         <v>1984</v>
       </c>
       <c r="F602">
         <v>396</v>
       </c>
       <c r="G602" t="s">
         <v>114</v>
       </c>
       <c r="I602">
-        <v>2024</v>
+        <v>6486</v>
       </c>
       <c r="K602">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L602">
-        <v>36180</v>
+        <v>105620</v>
       </c>
       <c r="M602">
         <v>2026</v>
       </c>
       <c r="N602" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="603" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A603" s="1" t="s">
         <v>936</v>
       </c>
       <c r="B603">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C603" t="s">
         <v>15</v>
       </c>
       <c r="D603">
         <v>1984</v>
       </c>
       <c r="F603">
         <v>396</v>
       </c>
       <c r="G603" t="s">
         <v>114</v>
       </c>
       <c r="I603">
-        <v>2867</v>
+        <v>3703</v>
       </c>
       <c r="K603">
         <v>1</v>
       </c>
       <c r="L603">
-        <v>46790</v>
+        <v>59970</v>
       </c>
       <c r="M603">
         <v>2026</v>
       </c>
       <c r="N603" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="604" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A604" s="1" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="B604">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C604" t="s">
         <v>15</v>
       </c>
       <c r="D604">
-        <v>1985</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>1984</v>
       </c>
       <c r="F604">
-        <v>620</v>
+        <v>396</v>
       </c>
       <c r="G604" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="I604">
-        <v>1012</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2024</v>
       </c>
       <c r="K604">
         <v>1</v>
       </c>
       <c r="L604">
-        <v>76500</v>
+        <v>36180</v>
       </c>
       <c r="M604">
         <v>2026</v>
       </c>
       <c r="N604" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="605" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A605" s="1" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="B605">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C605" t="s">
         <v>15</v>
       </c>
       <c r="D605">
-        <v>1951</v>
+        <v>1984</v>
       </c>
       <c r="F605">
-        <v>101</v>
+        <v>396</v>
       </c>
       <c r="G605" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>940</v>
+        <v>114</v>
       </c>
       <c r="I605">
-        <v>952</v>
+        <v>2867</v>
       </c>
       <c r="K605">
         <v>1</v>
       </c>
       <c r="L605">
-        <v>36150</v>
+        <v>46790</v>
       </c>
       <c r="M605">
         <v>2026</v>
       </c>
       <c r="N605" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="606" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A606" s="1" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="B606">
         <v>1</v>
       </c>
       <c r="C606" t="s">
         <v>15</v>
       </c>
       <c r="D606">
-        <v>1980</v>
+        <v>1985</v>
+      </c>
+      <c r="E606">
+        <v>2011</v>
       </c>
       <c r="F606">
-        <v>373</v>
+        <v>620</v>
       </c>
       <c r="G606" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="I606">
-        <v>912</v>
+        <v>1012</v>
+      </c>
+      <c r="J606">
+        <v>1</v>
       </c>
       <c r="K606">
         <v>1</v>
       </c>
       <c r="L606">
-        <v>16430</v>
+        <v>76500</v>
       </c>
       <c r="M606">
         <v>2026</v>
       </c>
       <c r="N606" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="607" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A607" s="1" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
       <c r="B607">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C607" t="s">
         <v>15</v>
       </c>
       <c r="D607">
-        <v>1980</v>
+        <v>1951</v>
       </c>
       <c r="F607">
         <v>101</v>
       </c>
       <c r="G607" t="s">
         <v>43</v>
       </c>
       <c r="H607" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="I607">
-        <v>2504</v>
+        <v>952</v>
       </c>
       <c r="K607">
         <v>1</v>
       </c>
       <c r="L607">
-        <v>87380</v>
+        <v>36150</v>
       </c>
       <c r="M607">
         <v>2026</v>
       </c>
       <c r="N607" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="608" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A608" s="1" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="B608">
         <v>1</v>
       </c>
       <c r="C608" t="s">
         <v>15</v>
       </c>
       <c r="D608">
-        <v>2000</v>
+        <v>1980</v>
       </c>
       <c r="F608">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="G608" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="H608" t="s">
-        <v>944</v>
+        <v>25</v>
       </c>
       <c r="I608">
-        <v>2220</v>
+        <v>912</v>
       </c>
       <c r="K608">
         <v>1</v>
       </c>
       <c r="L608">
-        <v>66730</v>
+        <v>16430</v>
       </c>
       <c r="M608">
         <v>2026</v>
       </c>
       <c r="N608" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="609" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A609" s="1" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="B609">
         <v>2</v>
       </c>
       <c r="C609" t="s">
         <v>15</v>
       </c>
       <c r="D609">
-        <v>1941</v>
+        <v>1980</v>
       </c>
       <c r="F609">
         <v>101</v>
       </c>
       <c r="G609" t="s">
         <v>43</v>
       </c>
+      <c r="H609" t="s">
+        <v>942</v>
+      </c>
       <c r="I609">
-        <v>1192</v>
+        <v>2504</v>
       </c>
       <c r="K609">
         <v>1</v>
       </c>
       <c r="L609">
-        <v>45320</v>
+        <v>87380</v>
       </c>
       <c r="M609">
         <v>2026</v>
       </c>
       <c r="N609" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="610" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A610" s="1" t="s">
-        <v>945</v>
+        <v>943</v>
       </c>
       <c r="B610">
         <v>1</v>
       </c>
       <c r="C610" t="s">
         <v>15</v>
       </c>
       <c r="D610">
         <v>2000</v>
       </c>
       <c r="F610">
-        <v>321</v>
+        <v>398</v>
       </c>
       <c r="G610" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="H610" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
       <c r="I610">
-        <v>2940</v>
+        <v>2220</v>
       </c>
       <c r="K610">
         <v>1</v>
       </c>
       <c r="L610">
-        <v>174570</v>
+        <v>66730</v>
       </c>
       <c r="M610">
         <v>2026</v>
       </c>
       <c r="N610" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="611" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A611" s="1" t="s">
-        <v>947</v>
+        <v>943</v>
       </c>
       <c r="B611">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C611" t="s">
         <v>15</v>
       </c>
       <c r="D611">
-        <v>1956</v>
+        <v>1941</v>
       </c>
       <c r="F611">
         <v>101</v>
       </c>
       <c r="G611" t="s">
         <v>43</v>
       </c>
-      <c r="H611" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I611">
-        <v>7875</v>
+        <v>1192</v>
       </c>
       <c r="K611">
         <v>1</v>
       </c>
       <c r="L611">
-        <v>171540</v>
+        <v>45320</v>
       </c>
       <c r="M611">
         <v>2026</v>
       </c>
       <c r="N611" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="612" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A612" s="1" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
       <c r="B612">
         <v>1</v>
       </c>
       <c r="C612" t="s">
         <v>15</v>
       </c>
       <c r="D612">
-        <v>1952</v>
+        <v>2000</v>
       </c>
       <c r="F612">
-        <v>344</v>
+        <v>321</v>
       </c>
       <c r="G612" t="s">
-        <v>137</v>
+        <v>39</v>
       </c>
       <c r="H612" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c r="I612">
-        <v>3344</v>
+        <v>2940</v>
       </c>
       <c r="K612">
         <v>1</v>
       </c>
       <c r="L612">
-        <v>78240</v>
+        <v>174570</v>
       </c>
       <c r="M612">
         <v>2026</v>
       </c>
       <c r="N612" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="613" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A613" s="1" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="B613">
         <v>1</v>
       </c>
       <c r="C613" t="s">
         <v>15</v>
       </c>
       <c r="D613">
-        <v>2022</v>
+        <v>1956</v>
       </c>
       <c r="F613">
-        <v>398</v>
+        <v>101</v>
       </c>
       <c r="G613" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="H613" t="s">
+        <v>948</v>
       </c>
       <c r="I613">
-        <v>9000</v>
-[...1 lines deleted...]
-      <c r="J613">
+        <v>7875</v>
+      </c>
+      <c r="K613">
         <v>1</v>
       </c>
       <c r="L613">
-        <v>418690</v>
+        <v>171540</v>
       </c>
       <c r="M613">
         <v>2026</v>
       </c>
       <c r="N613" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="614" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A614" s="1" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="B614">
         <v>1</v>
       </c>
       <c r="C614" t="s">
         <v>15</v>
       </c>
       <c r="D614">
-        <v>2004</v>
+        <v>1952</v>
       </c>
       <c r="F614">
-        <v>397</v>
+        <v>344</v>
       </c>
       <c r="G614" t="s">
-        <v>321</v>
+        <v>136</v>
       </c>
       <c r="H614" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="I614">
-        <v>16177</v>
+        <v>3344</v>
       </c>
       <c r="K614">
         <v>1</v>
       </c>
       <c r="L614">
-        <v>581490</v>
+        <v>78240</v>
       </c>
       <c r="M614">
         <v>2026</v>
       </c>
       <c r="N614" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="615" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A615" s="1" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="B615">
         <v>1</v>
       </c>
       <c r="C615" t="s">
         <v>15</v>
       </c>
       <c r="D615">
-        <v>1998</v>
+        <v>2022</v>
       </c>
       <c r="F615">
-        <v>353</v>
+        <v>398</v>
       </c>
       <c r="G615" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>29</v>
       </c>
       <c r="I615">
-        <v>675</v>
-[...1 lines deleted...]
-      <c r="K615">
+        <v>9000</v>
+      </c>
+      <c r="J615">
         <v>1</v>
       </c>
       <c r="L615">
-        <v>38970</v>
+        <v>418690</v>
       </c>
       <c r="M615">
         <v>2026</v>
       </c>
       <c r="N615" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="616" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A616" s="1" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="B616">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C616" t="s">
         <v>15</v>
       </c>
       <c r="D616">
-        <v>1998</v>
+        <v>2004</v>
       </c>
       <c r="F616">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="G616" t="s">
-        <v>114</v>
+        <v>319</v>
+      </c>
+      <c r="H616" t="s">
+        <v>953</v>
       </c>
       <c r="I616">
-        <v>5790</v>
+        <v>16177</v>
       </c>
       <c r="K616">
         <v>1</v>
       </c>
       <c r="L616">
-        <v>104170</v>
+        <v>581490</v>
       </c>
       <c r="M616">
         <v>2026</v>
       </c>
       <c r="N616" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="617" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A617" s="1" t="s">
         <v>954</v>
       </c>
       <c r="B617">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C617" t="s">
         <v>15</v>
       </c>
       <c r="D617">
         <v>1998</v>
       </c>
       <c r="F617">
-        <v>396</v>
+        <v>353</v>
       </c>
       <c r="G617" t="s">
-        <v>114</v>
+        <v>57</v>
+      </c>
+      <c r="H617" t="s">
+        <v>115</v>
       </c>
       <c r="I617">
-        <v>1515</v>
+        <v>675</v>
       </c>
       <c r="K617">
         <v>1</v>
       </c>
       <c r="L617">
-        <v>30430</v>
+        <v>38970</v>
       </c>
       <c r="M617">
         <v>2026</v>
       </c>
       <c r="N617" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="618" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A618" s="1" t="s">
         <v>954</v>
       </c>
       <c r="B618">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C618" t="s">
         <v>15</v>
       </c>
       <c r="D618">
         <v>1998</v>
       </c>
       <c r="F618">
         <v>396</v>
       </c>
       <c r="G618" t="s">
         <v>114</v>
       </c>
       <c r="I618">
-        <v>9700</v>
+        <v>5790</v>
       </c>
       <c r="K618">
         <v>1</v>
       </c>
       <c r="L618">
-        <v>175410</v>
+        <v>104170</v>
       </c>
       <c r="M618">
         <v>2026</v>
       </c>
       <c r="N618" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="619" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A619" s="1" t="s">
         <v>954</v>
       </c>
       <c r="B619">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C619" t="s">
         <v>15</v>
       </c>
       <c r="D619">
         <v>1998</v>
       </c>
       <c r="F619">
         <v>396</v>
       </c>
       <c r="G619" t="s">
         <v>114</v>
       </c>
       <c r="I619">
-        <v>7420</v>
+        <v>1515</v>
       </c>
       <c r="K619">
         <v>1</v>
       </c>
       <c r="L619">
-        <v>140190</v>
+        <v>30430</v>
       </c>
       <c r="M619">
         <v>2026</v>
       </c>
       <c r="N619" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="620" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A620" s="1" t="s">
-        <v>955</v>
+        <v>954</v>
       </c>
       <c r="B620">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C620" t="s">
         <v>15</v>
       </c>
       <c r="D620">
-        <v>1984</v>
+        <v>1998</v>
       </c>
       <c r="F620">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="G620" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>956</v>
+        <v>114</v>
       </c>
       <c r="I620">
-        <v>6689</v>
+        <v>9700</v>
       </c>
       <c r="K620">
         <v>1</v>
       </c>
       <c r="L620">
-        <v>138280</v>
+        <v>175410</v>
       </c>
       <c r="M620">
         <v>2026</v>
       </c>
       <c r="N620" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="621" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A621" s="1" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="B621">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C621" t="s">
         <v>15</v>
       </c>
       <c r="D621">
-        <v>1974</v>
+        <v>1998</v>
       </c>
       <c r="F621">
-        <v>373</v>
+        <v>396</v>
       </c>
       <c r="G621" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>958</v>
+        <v>114</v>
       </c>
       <c r="I621">
-        <v>3872</v>
+        <v>7420</v>
       </c>
       <c r="K621">
         <v>1</v>
       </c>
       <c r="L621">
-        <v>98930</v>
+        <v>140190</v>
       </c>
       <c r="M621">
         <v>2026</v>
       </c>
       <c r="N621" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="622" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A622" s="1" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="B622">
         <v>1</v>
       </c>
       <c r="C622" t="s">
         <v>15</v>
       </c>
       <c r="D622">
-        <v>1977</v>
+        <v>1984</v>
       </c>
       <c r="F622">
-        <v>373</v>
+        <v>397</v>
       </c>
       <c r="G622" t="s">
-        <v>19</v>
+        <v>319</v>
       </c>
       <c r="H622" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="I622">
-        <v>3892</v>
+        <v>6689</v>
       </c>
       <c r="K622">
         <v>1</v>
       </c>
       <c r="L622">
-        <v>86640</v>
+        <v>138280</v>
       </c>
       <c r="M622">
         <v>2026</v>
       </c>
       <c r="N622" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="623" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A623" s="1" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="B623">
         <v>1</v>
       </c>
       <c r="C623" t="s">
         <v>15</v>
       </c>
       <c r="D623">
-        <v>1999</v>
+        <v>1974</v>
       </c>
       <c r="F623">
-        <v>353</v>
+        <v>373</v>
       </c>
       <c r="G623" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="H623" t="s">
-        <v>920</v>
+        <v>958</v>
       </c>
       <c r="I623">
-        <v>1408</v>
+        <v>3872</v>
       </c>
       <c r="K623">
         <v>1</v>
       </c>
       <c r="L623">
-        <v>90020</v>
+        <v>98930</v>
       </c>
       <c r="M623">
         <v>2026</v>
       </c>
       <c r="N623" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="624" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A624" s="1" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
       <c r="B624">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C624" t="s">
         <v>15</v>
       </c>
       <c r="D624">
-        <v>1999</v>
+        <v>1977</v>
       </c>
       <c r="F624">
-        <v>396</v>
+        <v>373</v>
       </c>
       <c r="G624" t="s">
-        <v>114</v>
+        <v>19</v>
+      </c>
+      <c r="H624" t="s">
+        <v>960</v>
       </c>
       <c r="I624">
-        <v>5700</v>
+        <v>3892</v>
       </c>
       <c r="K624">
         <v>1</v>
       </c>
       <c r="L624">
-        <v>138880</v>
+        <v>86640</v>
       </c>
       <c r="M624">
         <v>2026</v>
       </c>
       <c r="N624" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="625" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A625" s="1" t="s">
         <v>961</v>
       </c>
       <c r="B625">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C625" t="s">
         <v>15</v>
       </c>
       <c r="D625">
         <v>1999</v>
       </c>
       <c r="F625">
-        <v>396</v>
+        <v>353</v>
       </c>
       <c r="G625" t="s">
-        <v>114</v>
+        <v>57</v>
+      </c>
+      <c r="H625" t="s">
+        <v>919</v>
       </c>
       <c r="I625">
-        <v>5370</v>
+        <v>1408</v>
       </c>
       <c r="K625">
         <v>1</v>
       </c>
       <c r="L625">
-        <v>130950</v>
+        <v>72520</v>
       </c>
       <c r="M625">
         <v>2026</v>
       </c>
       <c r="N625" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="626" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A626" s="1" t="s">
         <v>961</v>
       </c>
       <c r="B626">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C626" t="s">
         <v>15</v>
       </c>
       <c r="D626">
         <v>1999</v>
       </c>
       <c r="F626">
         <v>396</v>
       </c>
       <c r="G626" t="s">
         <v>114</v>
       </c>
       <c r="I626">
-        <v>2430</v>
+        <v>5700</v>
       </c>
       <c r="K626">
         <v>1</v>
       </c>
       <c r="L626">
-        <v>60240</v>
+        <v>138880</v>
       </c>
       <c r="M626">
         <v>2026</v>
       </c>
       <c r="N626" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="627" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A627" s="1" t="s">
         <v>961</v>
       </c>
       <c r="B627">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C627" t="s">
         <v>15</v>
       </c>
       <c r="D627">
         <v>1999</v>
       </c>
       <c r="F627">
         <v>396</v>
       </c>
       <c r="G627" t="s">
         <v>114</v>
       </c>
       <c r="I627">
-        <v>4590</v>
+        <v>5370</v>
       </c>
       <c r="K627">
         <v>1</v>
       </c>
       <c r="L627">
-        <v>112200</v>
+        <v>130950</v>
       </c>
       <c r="M627">
         <v>2026</v>
       </c>
       <c r="N627" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="628" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A628" s="1" t="s">
         <v>961</v>
       </c>
       <c r="B628">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C628" t="s">
         <v>15</v>
       </c>
       <c r="D628">
         <v>1999</v>
       </c>
       <c r="F628">
         <v>396</v>
       </c>
       <c r="G628" t="s">
         <v>114</v>
       </c>
       <c r="I628">
-        <v>5400</v>
+        <v>2430</v>
       </c>
       <c r="K628">
         <v>1</v>
       </c>
       <c r="L628">
-        <v>128380</v>
+        <v>60240</v>
       </c>
       <c r="M628">
         <v>2026</v>
       </c>
       <c r="N628" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="629" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A629" s="1" t="s">
         <v>961</v>
       </c>
       <c r="B629">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C629" t="s">
         <v>15</v>
       </c>
       <c r="D629">
         <v>1999</v>
       </c>
       <c r="F629">
         <v>396</v>
       </c>
       <c r="G629" t="s">
         <v>114</v>
       </c>
       <c r="I629">
-        <v>12000</v>
+        <v>4590</v>
       </c>
       <c r="K629">
         <v>1</v>
       </c>
       <c r="L629">
-        <v>279590</v>
+        <v>112200</v>
       </c>
       <c r="M629">
         <v>2026</v>
       </c>
       <c r="N629" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="630" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A630" s="1" t="s">
         <v>961</v>
       </c>
       <c r="B630">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C630" t="s">
         <v>15</v>
       </c>
       <c r="D630">
         <v>1999</v>
       </c>
       <c r="F630">
         <v>396</v>
       </c>
       <c r="G630" t="s">
         <v>114</v>
       </c>
       <c r="I630">
-        <v>4200</v>
+        <v>5400</v>
       </c>
       <c r="K630">
         <v>1</v>
       </c>
       <c r="L630">
-        <v>102570</v>
+        <v>128380</v>
       </c>
       <c r="M630">
         <v>2026</v>
       </c>
       <c r="N630" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="631" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A631" s="1" t="s">
         <v>961</v>
       </c>
       <c r="B631">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C631" t="s">
         <v>15</v>
       </c>
       <c r="D631">
         <v>1999</v>
       </c>
       <c r="F631">
         <v>396</v>
       </c>
       <c r="G631" t="s">
         <v>114</v>
       </c>
       <c r="I631">
-        <v>19200</v>
+        <v>12000</v>
       </c>
       <c r="K631">
         <v>1</v>
       </c>
       <c r="L631">
-        <v>448590</v>
+        <v>279590</v>
       </c>
       <c r="M631">
         <v>2026</v>
       </c>
       <c r="N631" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="632" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A632" s="1" t="s">
-        <v>962</v>
+        <v>961</v>
       </c>
       <c r="B632">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="C632" t="s">
         <v>15</v>
       </c>
       <c r="D632">
-        <v>1961</v>
+        <v>1999</v>
       </c>
       <c r="F632">
-        <v>373</v>
+        <v>396</v>
       </c>
       <c r="G632" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>963</v>
+        <v>114</v>
       </c>
       <c r="I632">
-        <v>1067</v>
+        <v>4200</v>
       </c>
       <c r="K632">
         <v>1</v>
       </c>
       <c r="L632">
-        <v>42520</v>
+        <v>102570</v>
       </c>
       <c r="M632">
         <v>2026</v>
       </c>
       <c r="N632" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="633" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A633" s="1" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="B633">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="C633" t="s">
         <v>15</v>
       </c>
       <c r="D633">
-        <v>1986</v>
+        <v>1999</v>
       </c>
       <c r="F633">
-        <v>344</v>
+        <v>396</v>
       </c>
       <c r="G633" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>965</v>
+        <v>114</v>
       </c>
       <c r="I633">
-        <v>3240</v>
+        <v>19200</v>
       </c>
       <c r="K633">
         <v>1</v>
       </c>
       <c r="L633">
-        <v>86640</v>
+        <v>448590</v>
       </c>
       <c r="M633">
         <v>2026</v>
       </c>
       <c r="N633" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="634" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A634" s="1" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="B634">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="C634" t="s">
         <v>15</v>
       </c>
       <c r="D634">
-        <v>1999</v>
+        <v>2024</v>
       </c>
       <c r="F634">
-        <v>331</v>
+        <v>396</v>
       </c>
       <c r="G634" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>966</v>
+        <v>114</v>
       </c>
       <c r="I634">
-        <v>3802</v>
+        <v>9750</v>
       </c>
       <c r="K634">
         <v>1</v>
       </c>
       <c r="L634">
-        <v>170070</v>
+        <v>347870</v>
       </c>
       <c r="M634">
         <v>2026</v>
       </c>
       <c r="N634" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="635" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A635" s="1" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
       <c r="B635">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C635" t="s">
         <v>15</v>
       </c>
       <c r="D635">
-        <v>1986</v>
+        <v>1961</v>
       </c>
       <c r="F635">
-        <v>332</v>
+        <v>373</v>
       </c>
       <c r="G635" t="s">
-        <v>122</v>
+        <v>19</v>
+      </c>
+      <c r="H635" t="s">
+        <v>963</v>
       </c>
       <c r="I635">
-        <v>3240</v>
+        <v>1067</v>
       </c>
       <c r="K635">
         <v>1</v>
       </c>
       <c r="L635">
-        <v>96920</v>
+        <v>42520</v>
       </c>
       <c r="M635">
         <v>2026</v>
       </c>
       <c r="N635" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="636" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A636" s="1" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="B636">
         <v>1</v>
       </c>
       <c r="C636" t="s">
         <v>15</v>
       </c>
       <c r="D636">
-        <v>1974</v>
+        <v>1986</v>
       </c>
       <c r="F636">
-        <v>373</v>
+        <v>344</v>
       </c>
       <c r="G636" t="s">
-        <v>19</v>
+        <v>136</v>
       </c>
       <c r="H636" t="s">
-        <v>169</v>
+        <v>965</v>
       </c>
       <c r="I636">
-        <v>440</v>
+        <v>3240</v>
       </c>
       <c r="K636">
         <v>1</v>
       </c>
       <c r="L636">
-        <v>18360</v>
+        <v>86640</v>
       </c>
       <c r="M636">
         <v>2026</v>
       </c>
       <c r="N636" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="637" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A637" s="1" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="B637">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C637" t="s">
         <v>15</v>
       </c>
       <c r="D637">
-        <v>1974</v>
+        <v>1999</v>
       </c>
       <c r="F637">
-        <v>373</v>
+        <v>331</v>
       </c>
       <c r="G637" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="H637" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="I637">
-        <v>876</v>
+        <v>3802</v>
       </c>
       <c r="K637">
         <v>1</v>
       </c>
       <c r="L637">
-        <v>20070</v>
+        <v>170070</v>
       </c>
       <c r="M637">
         <v>2026</v>
       </c>
       <c r="N637" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="638" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A638" s="1" t="s">
-        <v>970</v>
+        <v>964</v>
       </c>
       <c r="B638">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C638" t="s">
         <v>15</v>
       </c>
       <c r="D638">
-        <v>1989</v>
+        <v>1986</v>
       </c>
       <c r="F638">
-        <v>348</v>
+        <v>332</v>
       </c>
       <c r="G638" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>602</v>
+        <v>174</v>
       </c>
       <c r="I638">
-        <v>2191</v>
+        <v>3240</v>
       </c>
       <c r="K638">
         <v>1</v>
       </c>
       <c r="L638">
-        <v>75190</v>
+        <v>96920</v>
       </c>
       <c r="M638">
         <v>2026</v>
       </c>
       <c r="N638" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="639" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A639" s="1" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="B639">
         <v>1</v>
       </c>
       <c r="C639" t="s">
         <v>15</v>
       </c>
       <c r="D639">
-        <v>2001</v>
+        <v>1974</v>
       </c>
       <c r="F639">
-        <v>362</v>
+        <v>373</v>
       </c>
       <c r="G639" t="s">
-        <v>71</v>
+        <v>19</v>
+      </c>
+      <c r="H639" t="s">
+        <v>168</v>
       </c>
       <c r="I639">
-        <v>3000</v>
+        <v>440</v>
       </c>
       <c r="K639">
         <v>1</v>
       </c>
       <c r="L639">
-        <v>355760</v>
+        <v>18360</v>
       </c>
       <c r="M639">
         <v>2026</v>
       </c>
       <c r="N639" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="640" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A640" s="1" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="B640">
         <v>1</v>
       </c>
       <c r="C640" t="s">
         <v>15</v>
       </c>
       <c r="D640">
-        <v>2003</v>
+        <v>1974</v>
       </c>
       <c r="F640">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="G640" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="H640" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
       <c r="I640">
-        <v>9600</v>
+        <v>876</v>
       </c>
       <c r="K640">
         <v>1</v>
       </c>
       <c r="L640">
-        <v>234150</v>
+        <v>20070</v>
       </c>
       <c r="M640">
         <v>2026</v>
       </c>
       <c r="N640" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="641" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A641" s="1" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="B641">
         <v>1</v>
       </c>
       <c r="C641" t="s">
         <v>15</v>
       </c>
       <c r="D641">
-        <v>2022</v>
+        <v>1989</v>
       </c>
       <c r="F641">
-        <v>373</v>
+        <v>348</v>
       </c>
       <c r="G641" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="H641" t="s">
-        <v>975</v>
+        <v>600</v>
       </c>
       <c r="I641">
-        <v>3640</v>
-[...1 lines deleted...]
-      <c r="J641">
+        <v>2191</v>
+      </c>
+      <c r="K641">
         <v>1</v>
       </c>
       <c r="L641">
-        <v>726290</v>
+        <v>75190</v>
       </c>
       <c r="M641">
         <v>2026</v>
       </c>
       <c r="N641" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="642" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A642" s="1" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="B642">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C642" t="s">
         <v>15</v>
       </c>
       <c r="D642">
-        <v>2021</v>
+        <v>2001</v>
       </c>
       <c r="F642">
-        <v>398</v>
+        <v>362</v>
       </c>
       <c r="G642" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="I642">
-        <v>986</v>
-[...1 lines deleted...]
-      <c r="J642">
+        <v>3000</v>
+      </c>
+      <c r="K642">
         <v>1</v>
       </c>
       <c r="L642">
-        <v>63810</v>
+        <v>355760</v>
       </c>
       <c r="M642">
         <v>2026</v>
       </c>
       <c r="N642" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="643" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A643" s="1" t="s">
-        <v>976</v>
+        <v>972</v>
       </c>
       <c r="B643">
         <v>1</v>
       </c>
       <c r="C643" t="s">
         <v>15</v>
       </c>
       <c r="D643">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="F643">
         <v>398</v>
       </c>
       <c r="G643" t="s">
         <v>29</v>
       </c>
       <c r="H643" t="s">
-        <v>977</v>
+        <v>973</v>
       </c>
       <c r="I643">
-        <v>6240</v>
+        <v>9600</v>
       </c>
       <c r="K643">
         <v>1</v>
       </c>
       <c r="L643">
-        <v>190480</v>
+        <v>234150</v>
       </c>
       <c r="M643">
         <v>2026</v>
       </c>
       <c r="N643" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="644" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A644" s="1" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="B644">
         <v>1</v>
       </c>
       <c r="C644" t="s">
         <v>15</v>
       </c>
       <c r="D644">
-        <v>2002</v>
+        <v>2022</v>
       </c>
       <c r="F644">
         <v>373</v>
       </c>
       <c r="G644" t="s">
         <v>19</v>
       </c>
       <c r="H644" t="s">
-        <v>979</v>
+        <v>975</v>
       </c>
       <c r="I644">
-        <v>2355</v>
-[...1 lines deleted...]
-      <c r="K644">
+        <v>3640</v>
+      </c>
+      <c r="J644">
         <v>1</v>
       </c>
       <c r="L644">
-        <v>91440</v>
+        <v>726290</v>
       </c>
       <c r="M644">
         <v>2026</v>
       </c>
       <c r="N644" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="645" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A645" s="1" t="s">
-        <v>980</v>
+        <v>974</v>
       </c>
       <c r="B645">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C645" t="s">
         <v>15</v>
       </c>
       <c r="D645">
-        <v>2002</v>
+        <v>2021</v>
       </c>
       <c r="F645">
         <v>398</v>
       </c>
       <c r="G645" t="s">
         <v>29</v>
       </c>
-      <c r="H645" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I645">
-        <v>6000</v>
-[...1 lines deleted...]
-      <c r="K645">
+        <v>986</v>
+      </c>
+      <c r="J645">
         <v>1</v>
       </c>
       <c r="L645">
-        <v>139780</v>
+        <v>63810</v>
       </c>
       <c r="M645">
         <v>2026</v>
       </c>
       <c r="N645" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="646" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A646" s="1" t="s">
-        <v>982</v>
+        <v>976</v>
       </c>
       <c r="B646">
         <v>1</v>
       </c>
       <c r="C646" t="s">
         <v>15</v>
       </c>
       <c r="D646">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="F646">
         <v>398</v>
       </c>
       <c r="G646" t="s">
         <v>29</v>
       </c>
       <c r="H646" t="s">
-        <v>983</v>
+        <v>977</v>
       </c>
       <c r="I646">
-        <v>10200</v>
+        <v>6240</v>
       </c>
       <c r="K646">
         <v>1</v>
       </c>
       <c r="L646">
-        <v>286320</v>
+        <v>190480</v>
       </c>
       <c r="M646">
         <v>2026</v>
       </c>
       <c r="N646" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="647" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A647" s="1" t="s">
-        <v>984</v>
+        <v>978</v>
       </c>
       <c r="B647">
         <v>1</v>
       </c>
       <c r="C647" t="s">
         <v>15</v>
       </c>
       <c r="D647">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="F647">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="G647" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="H647" t="s">
-        <v>985</v>
+        <v>979</v>
       </c>
       <c r="I647">
-        <v>9600</v>
+        <v>2355</v>
       </c>
       <c r="K647">
         <v>1</v>
       </c>
       <c r="L647">
-        <v>257010</v>
+        <v>91440</v>
       </c>
       <c r="M647">
         <v>2026</v>
       </c>
       <c r="N647" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="648" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A648" s="1" t="s">
-        <v>986</v>
+        <v>980</v>
       </c>
       <c r="B648">
         <v>1</v>
       </c>
       <c r="C648" t="s">
         <v>15</v>
       </c>
       <c r="D648">
-        <v>2018</v>
+        <v>2002</v>
       </c>
       <c r="F648">
-        <v>373</v>
+        <v>398</v>
       </c>
       <c r="G648" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="H648" t="s">
-        <v>290</v>
+        <v>981</v>
       </c>
       <c r="I648">
-        <v>9046</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6000</v>
       </c>
       <c r="K648">
         <v>1</v>
       </c>
       <c r="L648">
-        <v>609800</v>
+        <v>139780</v>
       </c>
       <c r="M648">
         <v>2026</v>
       </c>
       <c r="N648" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="649" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A649" s="1" t="s">
-        <v>987</v>
+        <v>982</v>
       </c>
       <c r="B649">
         <v>1</v>
       </c>
       <c r="C649" t="s">
         <v>15</v>
       </c>
       <c r="D649">
-        <v>1988</v>
+        <v>2002</v>
       </c>
       <c r="F649">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G649" t="s">
-        <v>321</v>
+        <v>29</v>
       </c>
       <c r="H649" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="I649">
-        <v>6000</v>
+        <v>10200</v>
       </c>
       <c r="K649">
         <v>1</v>
       </c>
       <c r="L649">
-        <v>278400</v>
+        <v>286320</v>
       </c>
       <c r="M649">
         <v>2026</v>
       </c>
       <c r="N649" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="650" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A650" s="1" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="B650">
         <v>1</v>
       </c>
       <c r="C650" t="s">
         <v>15</v>
       </c>
       <c r="D650">
-        <v>1988</v>
+        <v>2004</v>
       </c>
       <c r="F650">
-        <v>373</v>
+        <v>398</v>
       </c>
       <c r="G650" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="H650" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="I650">
-        <v>2688</v>
+        <v>9600</v>
       </c>
       <c r="K650">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L650">
-        <v>48680</v>
+        <v>257010</v>
       </c>
       <c r="M650">
         <v>2026</v>
       </c>
       <c r="N650" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="651" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A651" s="1" t="s">
-        <v>991</v>
+        <v>986</v>
       </c>
       <c r="B651">
         <v>1</v>
       </c>
       <c r="C651" t="s">
         <v>15</v>
       </c>
       <c r="D651">
-        <v>1980</v>
+        <v>2018</v>
       </c>
       <c r="F651">
         <v>373</v>
       </c>
       <c r="G651" t="s">
         <v>19</v>
       </c>
+      <c r="H651" t="s">
+        <v>288</v>
+      </c>
       <c r="I651">
-        <v>1276</v>
+        <v>9046</v>
+      </c>
+      <c r="J651">
+        <v>1</v>
       </c>
       <c r="K651">
         <v>1</v>
       </c>
       <c r="L651">
-        <v>32910</v>
+        <v>609800</v>
       </c>
       <c r="M651">
         <v>2026</v>
       </c>
       <c r="N651" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="652" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A652" s="1" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="B652">
         <v>1</v>
       </c>
       <c r="C652" t="s">
         <v>15</v>
       </c>
       <c r="D652">
-        <v>1965</v>
+        <v>1988</v>
       </c>
       <c r="F652">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="G652" t="s">
-        <v>29</v>
+        <v>319</v>
       </c>
       <c r="H652" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
       <c r="I652">
-        <v>5808</v>
+        <v>6000</v>
       </c>
       <c r="K652">
         <v>1</v>
       </c>
       <c r="L652">
-        <v>98320</v>
+        <v>278400</v>
       </c>
       <c r="M652">
         <v>2026</v>
       </c>
       <c r="N652" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="653" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A653" s="1" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="B653">
         <v>1</v>
       </c>
       <c r="C653" t="s">
         <v>15</v>
       </c>
       <c r="D653">
-        <v>2007</v>
+        <v>1988</v>
       </c>
       <c r="F653">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="G653" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="H653" t="s">
-        <v>995</v>
+        <v>990</v>
       </c>
       <c r="I653">
-        <v>15600</v>
+        <v>2688</v>
       </c>
       <c r="K653">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L653">
-        <v>324290</v>
+        <v>48680</v>
       </c>
       <c r="M653">
         <v>2026</v>
       </c>
       <c r="N653" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="654" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A654" s="1" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="B654">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C654" t="s">
         <v>15</v>
       </c>
       <c r="D654">
-        <v>2007</v>
+        <v>1980</v>
       </c>
       <c r="F654">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="G654" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="I654">
-        <v>22400</v>
+        <v>1276</v>
       </c>
       <c r="K654">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L654">
-        <v>478920</v>
+        <v>32910</v>
       </c>
       <c r="M654">
         <v>2026</v>
       </c>
       <c r="N654" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="655" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A655" s="1" t="s">
-        <v>994</v>
+        <v>992</v>
       </c>
       <c r="B655">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C655" t="s">
         <v>15</v>
       </c>
       <c r="D655">
-        <v>1978</v>
+        <v>1965</v>
       </c>
       <c r="F655">
         <v>398</v>
       </c>
       <c r="G655" t="s">
         <v>29</v>
       </c>
+      <c r="H655" t="s">
+        <v>993</v>
+      </c>
       <c r="I655">
-        <v>3000</v>
+        <v>5808</v>
       </c>
       <c r="K655">
         <v>1</v>
       </c>
       <c r="L655">
-        <v>42010</v>
+        <v>98320</v>
       </c>
       <c r="M655">
         <v>2026</v>
       </c>
       <c r="N655" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="656" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A656" s="1" t="s">
         <v>994</v>
       </c>
       <c r="B656">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C656" t="s">
         <v>15</v>
       </c>
       <c r="D656">
-        <v>1959</v>
+        <v>2007</v>
       </c>
       <c r="F656">
         <v>398</v>
       </c>
       <c r="G656" t="s">
         <v>29</v>
       </c>
+      <c r="H656" t="s">
+        <v>995</v>
+      </c>
       <c r="I656">
-        <v>5400</v>
+        <v>15600</v>
       </c>
       <c r="K656">
         <v>1</v>
       </c>
       <c r="L656">
-        <v>98940</v>
+        <v>324290</v>
       </c>
       <c r="M656">
         <v>2026</v>
       </c>
       <c r="N656" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="657" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A657" s="1" t="s">
         <v>994</v>
       </c>
       <c r="B657">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C657" t="s">
         <v>15</v>
       </c>
       <c r="D657">
-        <v>1989</v>
+        <v>2007</v>
       </c>
       <c r="F657">
         <v>398</v>
       </c>
       <c r="G657" t="s">
         <v>29</v>
       </c>
       <c r="I657">
-        <v>9348</v>
+        <v>22400</v>
       </c>
       <c r="K657">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L657">
-        <v>176300</v>
+        <v>478920</v>
       </c>
       <c r="M657">
         <v>2026</v>
       </c>
       <c r="N657" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="658" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A658" s="1" t="s">
         <v>994</v>
       </c>
       <c r="B658">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C658" t="s">
         <v>15</v>
       </c>
       <c r="D658">
-        <v>1989</v>
+        <v>1978</v>
       </c>
       <c r="F658">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G658" t="s">
-        <v>321</v>
+        <v>29</v>
       </c>
       <c r="I658">
-        <v>25460</v>
+        <v>3000</v>
       </c>
       <c r="K658">
         <v>1</v>
       </c>
       <c r="L658">
-        <v>730120</v>
+        <v>42010</v>
       </c>
       <c r="M658">
         <v>2026</v>
       </c>
       <c r="N658" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="659" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A659" s="1" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
       <c r="B659">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C659" t="s">
         <v>15</v>
       </c>
       <c r="D659">
-        <v>1987</v>
+        <v>1959</v>
       </c>
       <c r="F659">
-        <v>101</v>
+        <v>398</v>
       </c>
       <c r="G659" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>997</v>
+        <v>29</v>
       </c>
       <c r="I659">
-        <v>4832</v>
+        <v>5400</v>
       </c>
       <c r="K659">
         <v>1</v>
       </c>
       <c r="L659">
-        <v>204700</v>
+        <v>98940</v>
       </c>
       <c r="M659">
         <v>2026</v>
       </c>
       <c r="N659" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="660" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A660" s="1" t="s">
-        <v>998</v>
+        <v>994</v>
       </c>
       <c r="B660">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C660" t="s">
         <v>15</v>
       </c>
       <c r="D660">
-        <v>2000</v>
+        <v>1989</v>
       </c>
       <c r="F660">
         <v>398</v>
       </c>
       <c r="G660" t="s">
         <v>29</v>
       </c>
-      <c r="H660" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I660">
-        <v>2800</v>
+        <v>9348</v>
       </c>
       <c r="K660">
         <v>1</v>
       </c>
       <c r="L660">
-        <v>92850</v>
+        <v>176300</v>
       </c>
       <c r="M660">
         <v>2026</v>
       </c>
       <c r="N660" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="661" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A661" s="1" t="s">
-        <v>998</v>
+        <v>994</v>
       </c>
       <c r="B661">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="C661" t="s">
         <v>15</v>
       </c>
       <c r="D661">
-        <v>1983</v>
+        <v>1989</v>
       </c>
       <c r="F661">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="G661" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>319</v>
       </c>
       <c r="I661">
-        <v>4805</v>
+        <v>25460</v>
       </c>
       <c r="K661">
         <v>1</v>
       </c>
       <c r="L661">
-        <v>102270</v>
+        <v>730120</v>
       </c>
       <c r="M661">
         <v>2026</v>
       </c>
       <c r="N661" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="662" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A662" s="1" t="s">
-        <v>998</v>
+        <v>996</v>
       </c>
       <c r="B662">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C662" t="s">
         <v>15</v>
       </c>
       <c r="D662">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="F662">
         <v>101</v>
       </c>
       <c r="G662" t="s">
         <v>43</v>
       </c>
+      <c r="H662" t="s">
+        <v>997</v>
+      </c>
       <c r="I662">
-        <v>4136</v>
+        <v>4832</v>
       </c>
       <c r="K662">
         <v>1</v>
       </c>
       <c r="L662">
-        <v>96950</v>
+        <v>204700</v>
       </c>
       <c r="M662">
         <v>2026</v>
       </c>
       <c r="N662" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="663" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A663" s="1" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="B663">
         <v>1</v>
       </c>
       <c r="C663" t="s">
         <v>15</v>
       </c>
       <c r="D663">
-        <v>1994</v>
+        <v>2000</v>
       </c>
       <c r="F663">
-        <v>710</v>
+        <v>398</v>
       </c>
       <c r="G663" t="s">
-        <v>192</v>
+        <v>29</v>
       </c>
       <c r="H663" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
       <c r="I663">
-        <v>800</v>
+        <v>2800</v>
       </c>
       <c r="K663">
         <v>1</v>
       </c>
       <c r="L663">
-        <v>25240</v>
+        <v>92850</v>
       </c>
       <c r="M663">
         <v>2026</v>
       </c>
       <c r="N663" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="664" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A664" s="1" t="s">
-        <v>1003</v>
+        <v>998</v>
       </c>
       <c r="B664">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C664" t="s">
         <v>15</v>
       </c>
       <c r="D664">
-        <v>1995</v>
+        <v>1983</v>
       </c>
       <c r="F664">
-        <v>620</v>
+        <v>398</v>
       </c>
       <c r="G664" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="H664" t="s">
-        <v>1004</v>
+        <v>1000</v>
       </c>
       <c r="I664">
-        <v>6723</v>
+        <v>4805</v>
       </c>
       <c r="K664">
         <v>1</v>
       </c>
       <c r="L664">
-        <v>455400</v>
+        <v>102270</v>
       </c>
       <c r="M664">
         <v>2026</v>
       </c>
       <c r="N664" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="665" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A665" s="1" t="s">
-        <v>1005</v>
+        <v>998</v>
       </c>
       <c r="B665">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C665" t="s">
         <v>15</v>
       </c>
       <c r="D665">
-        <v>1925</v>
+        <v>1986</v>
       </c>
       <c r="F665">
-        <v>620</v>
+        <v>101</v>
       </c>
       <c r="G665" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>1006</v>
+        <v>43</v>
       </c>
       <c r="I665">
-        <v>13430</v>
+        <v>4136</v>
       </c>
       <c r="K665">
         <v>1</v>
       </c>
       <c r="L665">
-        <v>680890</v>
+        <v>96950</v>
       </c>
       <c r="M665">
         <v>2026</v>
       </c>
       <c r="N665" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="666" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A666" s="1" t="s">
-        <v>1007</v>
+        <v>1001</v>
       </c>
       <c r="B666">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C666" t="s">
         <v>15</v>
       </c>
       <c r="D666">
-        <v>1983</v>
+        <v>1994</v>
       </c>
       <c r="F666">
-        <v>399</v>
+        <v>710</v>
       </c>
       <c r="G666" t="s">
-        <v>54</v>
+        <v>192</v>
       </c>
       <c r="H666" t="s">
-        <v>1008</v>
+        <v>1002</v>
       </c>
       <c r="I666">
-        <v>5680</v>
+        <v>800</v>
       </c>
       <c r="K666">
         <v>1</v>
       </c>
       <c r="L666">
-        <v>89930</v>
+        <v>25240</v>
       </c>
       <c r="M666">
         <v>2026</v>
       </c>
       <c r="N666" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="667" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A667" s="1" t="s">
-        <v>1007</v>
+        <v>1003</v>
       </c>
       <c r="B667">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C667" t="s">
         <v>15</v>
       </c>
       <c r="D667">
-        <v>1890</v>
+        <v>1995</v>
       </c>
       <c r="F667">
-        <v>101</v>
+        <v>620</v>
       </c>
       <c r="G667" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="H667" t="s">
-        <v>235</v>
+        <v>1004</v>
       </c>
       <c r="I667">
-        <v>2098</v>
+        <v>6723</v>
       </c>
       <c r="K667">
         <v>1</v>
       </c>
       <c r="L667">
-        <v>138170</v>
+        <v>455400</v>
       </c>
       <c r="M667">
         <v>2026</v>
       </c>
       <c r="N667" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="668" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A668" s="1" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="B668">
         <v>1</v>
       </c>
       <c r="C668" t="s">
         <v>15</v>
       </c>
       <c r="D668">
-        <v>2001</v>
+        <v>1925</v>
       </c>
       <c r="F668">
-        <v>660</v>
+        <v>620</v>
       </c>
       <c r="G668" t="s">
-        <v>195</v>
+        <v>90</v>
       </c>
       <c r="H668" t="s">
-        <v>196</v>
+        <v>1006</v>
       </c>
       <c r="I668">
-        <v>3400</v>
+        <v>13430</v>
       </c>
       <c r="K668">
         <v>1</v>
       </c>
       <c r="L668">
-        <v>105830</v>
+        <v>680890</v>
       </c>
       <c r="M668">
         <v>2026</v>
       </c>
       <c r="N668" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="669" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A669" s="1" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="B669">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C669" t="s">
         <v>15</v>
       </c>
       <c r="D669">
-        <v>1990</v>
+        <v>1983</v>
       </c>
       <c r="F669">
-        <v>660</v>
+        <v>399</v>
       </c>
       <c r="G669" t="s">
-        <v>195</v>
+        <v>54</v>
       </c>
       <c r="H669" t="s">
-        <v>196</v>
+        <v>1008</v>
       </c>
       <c r="I669">
-        <v>3945</v>
+        <v>5680</v>
       </c>
       <c r="K669">
         <v>1</v>
       </c>
       <c r="L669">
-        <v>171040</v>
+        <v>89930</v>
       </c>
       <c r="M669">
         <v>2026</v>
       </c>
       <c r="N669" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="670" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A670" s="1" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="B670">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C670" t="s">
         <v>15</v>
       </c>
       <c r="D670">
-        <v>1898</v>
+        <v>1890</v>
       </c>
       <c r="F670">
-        <v>373</v>
+        <v>101</v>
       </c>
       <c r="G670" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="H670" t="s">
-        <v>1012</v>
+        <v>233</v>
       </c>
       <c r="I670">
-        <v>3342</v>
+        <v>2098</v>
       </c>
       <c r="K670">
         <v>1</v>
       </c>
       <c r="L670">
-        <v>44870</v>
+        <v>138170</v>
       </c>
       <c r="M670">
         <v>2026</v>
       </c>
       <c r="N670" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="671" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A671" s="1" t="s">
-        <v>1013</v>
+        <v>1009</v>
       </c>
       <c r="B671">
         <v>1</v>
       </c>
       <c r="C671" t="s">
         <v>15</v>
       </c>
       <c r="D671">
-        <v>2020</v>
+        <v>2001</v>
       </c>
       <c r="F671">
-        <v>321</v>
+        <v>660</v>
       </c>
       <c r="G671" t="s">
-        <v>39</v>
+        <v>195</v>
       </c>
       <c r="H671" t="s">
-        <v>1014</v>
+        <v>196</v>
       </c>
       <c r="I671">
-        <v>1983</v>
-[...1 lines deleted...]
-      <c r="J671">
+        <v>3400</v>
+      </c>
+      <c r="K671">
         <v>1</v>
       </c>
       <c r="L671">
-        <v>513690</v>
+        <v>105830</v>
       </c>
       <c r="M671">
         <v>2026</v>
       </c>
       <c r="N671" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="672" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A672" s="1" t="s">
-        <v>1015</v>
+        <v>1010</v>
       </c>
       <c r="B672">
         <v>1</v>
       </c>
       <c r="C672" t="s">
         <v>15</v>
       </c>
       <c r="D672">
-        <v>2017</v>
+        <v>1990</v>
       </c>
       <c r="F672">
-        <v>373</v>
+        <v>660</v>
       </c>
       <c r="G672" t="s">
-        <v>19</v>
+        <v>195</v>
       </c>
       <c r="H672" t="s">
-        <v>545</v>
+        <v>196</v>
       </c>
       <c r="I672">
-        <v>10170</v>
+        <v>3945</v>
       </c>
       <c r="K672">
         <v>1</v>
       </c>
       <c r="L672">
-        <v>796990</v>
+        <v>171040</v>
       </c>
       <c r="M672">
         <v>2026</v>
       </c>
       <c r="N672" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="673" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A673" s="1" t="s">
-        <v>1016</v>
+        <v>1011</v>
       </c>
       <c r="B673">
         <v>1</v>
       </c>
       <c r="C673" t="s">
         <v>15</v>
       </c>
       <c r="D673">
-        <v>1940</v>
+        <v>1898</v>
       </c>
       <c r="F673">
         <v>373</v>
       </c>
       <c r="G673" t="s">
         <v>19</v>
       </c>
       <c r="H673" t="s">
-        <v>1017</v>
+        <v>1012</v>
       </c>
       <c r="I673">
-        <v>4800</v>
+        <v>3342</v>
       </c>
       <c r="K673">
         <v>1</v>
       </c>
       <c r="L673">
-        <v>77330</v>
+        <v>44870</v>
       </c>
       <c r="M673">
         <v>2026</v>
       </c>
       <c r="N673" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="674" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A674" s="1" t="s">
-        <v>1018</v>
+        <v>1013</v>
       </c>
       <c r="B674">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C674" t="s">
         <v>15</v>
       </c>
       <c r="D674">
-        <v>1946</v>
+        <v>2020</v>
       </c>
       <c r="F674">
-        <v>101</v>
+        <v>321</v>
       </c>
       <c r="G674" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="H674" t="s">
-        <v>1019</v>
+        <v>1014</v>
       </c>
       <c r="I674">
-        <v>1620</v>
-[...1 lines deleted...]
-      <c r="K674">
+        <v>1983</v>
+      </c>
+      <c r="J674">
         <v>1</v>
       </c>
       <c r="L674">
-        <v>55690</v>
+        <v>513690</v>
       </c>
       <c r="M674">
         <v>2026</v>
       </c>
       <c r="N674" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="675" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A675" s="1" t="s">
-        <v>1020</v>
+        <v>1015</v>
       </c>
       <c r="B675">
         <v>1</v>
       </c>
       <c r="C675" t="s">
         <v>15</v>
       </c>
       <c r="D675">
-        <v>1970</v>
+        <v>2017</v>
       </c>
       <c r="F675">
         <v>373</v>
       </c>
       <c r="G675" t="s">
         <v>19</v>
       </c>
       <c r="H675" t="s">
-        <v>1017</v>
+        <v>543</v>
       </c>
       <c r="I675">
-        <v>2647</v>
+        <v>10170</v>
       </c>
       <c r="K675">
         <v>1</v>
       </c>
       <c r="L675">
-        <v>46660</v>
+        <v>796990</v>
       </c>
       <c r="M675">
         <v>2026</v>
       </c>
       <c r="N675" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="676" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A676" s="1" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
       <c r="B676">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C676" t="s">
         <v>15</v>
       </c>
       <c r="D676">
-        <v>1996</v>
+        <v>1940</v>
       </c>
       <c r="F676">
-        <v>399</v>
+        <v>373</v>
       </c>
       <c r="G676" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="H676" t="s">
-        <v>493</v>
+        <v>1017</v>
       </c>
       <c r="I676">
-        <v>6000</v>
+        <v>4800</v>
       </c>
       <c r="K676">
         <v>1</v>
       </c>
       <c r="L676">
-        <v>148960</v>
+        <v>77330</v>
       </c>
       <c r="M676">
         <v>2026</v>
       </c>
       <c r="N676" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="677" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A677" s="1" t="s">
-        <v>1021</v>
+        <v>1018</v>
       </c>
       <c r="B677">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C677" t="s">
         <v>15</v>
       </c>
       <c r="D677">
-        <v>1960</v>
+        <v>1946</v>
       </c>
       <c r="F677">
-        <v>332</v>
+        <v>101</v>
       </c>
       <c r="G677" t="s">
-        <v>122</v>
+        <v>43</v>
       </c>
       <c r="H677" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="I677">
-        <v>2776</v>
+        <v>1620</v>
       </c>
       <c r="K677">
         <v>1</v>
       </c>
       <c r="L677">
-        <v>50410</v>
+        <v>55690</v>
       </c>
       <c r="M677">
         <v>2026</v>
       </c>
       <c r="N677" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="678" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A678" s="1" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="B678">
         <v>1</v>
       </c>
       <c r="C678" t="s">
         <v>15</v>
       </c>
       <c r="D678">
-        <v>1937</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>1970</v>
       </c>
       <c r="F678">
-        <v>351</v>
+        <v>373</v>
       </c>
       <c r="G678" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="H678" t="s">
-        <v>1024</v>
+        <v>1017</v>
       </c>
       <c r="I678">
-        <v>4581</v>
+        <v>2647</v>
       </c>
       <c r="K678">
         <v>1</v>
       </c>
       <c r="L678">
-        <v>618570</v>
+        <v>46660</v>
       </c>
       <c r="M678">
         <v>2026</v>
       </c>
       <c r="N678" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="679" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A679" s="1" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="B679">
         <v>2</v>
       </c>
       <c r="C679" t="s">
         <v>15</v>
       </c>
       <c r="D679">
-        <v>1970</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="F679">
-        <v>321</v>
+        <v>399</v>
       </c>
       <c r="G679" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="H679" t="s">
-        <v>1025</v>
+        <v>491</v>
       </c>
       <c r="I679">
-        <v>2135</v>
+        <v>6000</v>
       </c>
       <c r="K679">
         <v>1</v>
       </c>
       <c r="L679">
-        <v>116090</v>
+        <v>148960</v>
       </c>
       <c r="M679">
         <v>2026</v>
       </c>
       <c r="N679" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="680" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A680" s="1" t="s">
-        <v>1026</v>
+        <v>1021</v>
       </c>
       <c r="B680">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C680" t="s">
         <v>15</v>
       </c>
       <c r="D680">
-        <v>1970</v>
+        <v>1960</v>
       </c>
       <c r="F680">
-        <v>101</v>
+        <v>332</v>
       </c>
       <c r="G680" t="s">
-        <v>43</v>
+        <v>174</v>
       </c>
       <c r="H680" t="s">
-        <v>1027</v>
+        <v>1022</v>
       </c>
       <c r="I680">
-        <v>1862</v>
+        <v>2776</v>
       </c>
       <c r="K680">
         <v>1</v>
       </c>
       <c r="L680">
-        <v>119770</v>
+        <v>50410</v>
       </c>
       <c r="M680">
         <v>2026</v>
       </c>
       <c r="N680" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="681" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A681" s="1" t="s">
-        <v>1028</v>
+        <v>1023</v>
       </c>
       <c r="B681">
         <v>1</v>
       </c>
       <c r="C681" t="s">
         <v>15</v>
       </c>
       <c r="D681">
-        <v>1962</v>
+        <v>1937</v>
+      </c>
+      <c r="E681">
+        <v>1990</v>
       </c>
       <c r="F681">
-        <v>399</v>
+        <v>351</v>
       </c>
       <c r="G681" t="s">
-        <v>54</v>
+        <v>94</v>
       </c>
       <c r="H681" t="s">
-        <v>1029</v>
+        <v>1024</v>
       </c>
       <c r="I681">
-        <v>1728</v>
+        <v>4581</v>
       </c>
       <c r="K681">
         <v>1</v>
       </c>
       <c r="L681">
-        <v>22250</v>
+        <v>618570</v>
       </c>
       <c r="M681">
         <v>2026</v>
       </c>
       <c r="N681" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="682" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A682" s="1" t="s">
-        <v>1030</v>
+        <v>1023</v>
       </c>
       <c r="B682">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C682" t="s">
         <v>15</v>
       </c>
       <c r="D682">
-        <v>2002</v>
+        <v>1970</v>
+      </c>
+      <c r="E682">
+        <v>2000</v>
       </c>
       <c r="F682">
-        <v>355</v>
+        <v>321</v>
       </c>
       <c r="G682" t="s">
-        <v>1031</v>
+        <v>39</v>
       </c>
       <c r="H682" t="s">
-        <v>1032</v>
+        <v>1025</v>
       </c>
       <c r="I682">
-        <v>3100</v>
+        <v>2135</v>
       </c>
       <c r="K682">
         <v>1</v>
       </c>
       <c r="L682">
-        <v>290280</v>
+        <v>116090</v>
       </c>
       <c r="M682">
         <v>2026</v>
       </c>
       <c r="N682" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="683" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A683" s="1" t="s">
-        <v>1033</v>
+        <v>1026</v>
       </c>
       <c r="B683">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C683" t="s">
         <v>15</v>
       </c>
       <c r="D683">
-        <v>2002</v>
+        <v>1970</v>
       </c>
       <c r="F683">
-        <v>355</v>
+        <v>101</v>
       </c>
       <c r="G683" t="s">
-        <v>1031</v>
+        <v>43</v>
       </c>
       <c r="H683" t="s">
-        <v>1034</v>
+        <v>1027</v>
       </c>
       <c r="I683">
-        <v>2504</v>
+        <v>1862</v>
       </c>
       <c r="K683">
         <v>1</v>
       </c>
       <c r="L683">
-        <v>239620</v>
+        <v>119770</v>
       </c>
       <c r="M683">
         <v>2026</v>
       </c>
       <c r="N683" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="684" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A684" s="1" t="s">
-        <v>1035</v>
+        <v>1028</v>
       </c>
       <c r="B684">
         <v>1</v>
       </c>
       <c r="C684" t="s">
         <v>15</v>
       </c>
       <c r="D684">
-        <v>2002</v>
+        <v>1962</v>
       </c>
       <c r="F684">
-        <v>355</v>
+        <v>399</v>
       </c>
       <c r="G684" t="s">
-        <v>1031</v>
+        <v>54</v>
       </c>
       <c r="H684" t="s">
-        <v>1036</v>
+        <v>1029</v>
       </c>
       <c r="I684">
-        <v>2835</v>
+        <v>1728</v>
       </c>
       <c r="K684">
         <v>1</v>
       </c>
       <c r="L684">
-        <v>266400</v>
+        <v>22250</v>
       </c>
       <c r="M684">
         <v>2026</v>
       </c>
       <c r="N684" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="685" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A685" s="1" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="B685">
         <v>1</v>
       </c>
       <c r="C685" t="s">
         <v>15</v>
       </c>
       <c r="D685">
-        <v>1955</v>
-[...2 lines deleted...]
-        <v>1985</v>
+        <v>2002</v>
       </c>
       <c r="F685">
         <v>355</v>
       </c>
       <c r="G685" t="s">
         <v>1031</v>
       </c>
       <c r="H685" t="s">
-        <v>1036</v>
+        <v>1032</v>
       </c>
       <c r="I685">
-        <v>4659</v>
+        <v>3100</v>
       </c>
       <c r="K685">
         <v>1</v>
       </c>
       <c r="L685">
-        <v>419020</v>
+        <v>290280</v>
       </c>
       <c r="M685">
         <v>2026</v>
       </c>
       <c r="N685" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="686" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A686" s="1" t="s">
-        <v>1038</v>
+        <v>1033</v>
       </c>
       <c r="B686">
         <v>1</v>
       </c>
       <c r="C686" t="s">
         <v>15</v>
       </c>
       <c r="D686">
-        <v>1955</v>
+        <v>2002</v>
       </c>
       <c r="F686">
         <v>355</v>
       </c>
       <c r="G686" t="s">
         <v>1031</v>
       </c>
       <c r="H686" t="s">
-        <v>1039</v>
+        <v>1034</v>
       </c>
       <c r="I686">
-        <v>350</v>
+        <v>2504</v>
       </c>
       <c r="K686">
         <v>1</v>
       </c>
       <c r="L686">
-        <v>27260</v>
+        <v>239620</v>
       </c>
       <c r="M686">
         <v>2026</v>
       </c>
       <c r="N686" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="687" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A687" s="1" t="s">
-        <v>1040</v>
+        <v>1035</v>
       </c>
       <c r="B687">
         <v>1</v>
       </c>
       <c r="C687" t="s">
         <v>15</v>
       </c>
       <c r="D687">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="F687">
-        <v>325</v>
+        <v>355</v>
       </c>
       <c r="G687" t="s">
-        <v>549</v>
+        <v>1031</v>
       </c>
       <c r="H687" t="s">
-        <v>1041</v>
+        <v>1036</v>
       </c>
       <c r="I687">
-        <v>2900</v>
+        <v>2835</v>
       </c>
       <c r="K687">
         <v>1</v>
       </c>
       <c r="L687">
-        <v>362300</v>
+        <v>266400</v>
       </c>
       <c r="M687">
         <v>2026</v>
       </c>
       <c r="N687" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="688" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A688" s="1" t="s">
-        <v>1042</v>
+        <v>1037</v>
       </c>
       <c r="B688">
         <v>1</v>
       </c>
       <c r="C688" t="s">
         <v>15</v>
       </c>
       <c r="D688">
-        <v>2005</v>
+        <v>1955</v>
+      </c>
+      <c r="E688">
+        <v>1985</v>
       </c>
       <c r="F688">
-        <v>325</v>
+        <v>355</v>
       </c>
       <c r="G688" t="s">
-        <v>549</v>
+        <v>1031</v>
       </c>
       <c r="H688" t="s">
-        <v>550</v>
+        <v>1036</v>
       </c>
       <c r="I688">
-        <v>1537</v>
+        <v>4659</v>
       </c>
       <c r="K688">
         <v>1</v>
       </c>
       <c r="L688">
-        <v>261320</v>
+        <v>419020</v>
       </c>
       <c r="M688">
         <v>2026</v>
       </c>
       <c r="N688" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="689" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A689" s="1" t="s">
-        <v>1043</v>
+        <v>1038</v>
       </c>
       <c r="B689">
         <v>1</v>
       </c>
       <c r="C689" t="s">
         <v>15</v>
       </c>
       <c r="D689">
-        <v>2007</v>
+        <v>1955</v>
       </c>
       <c r="F689">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="G689" t="s">
-        <v>137</v>
+        <v>1031</v>
       </c>
       <c r="H689" t="s">
-        <v>879</v>
+        <v>1039</v>
       </c>
       <c r="I689">
-        <v>7200</v>
+        <v>350</v>
       </c>
       <c r="K689">
         <v>1</v>
       </c>
       <c r="L689">
-        <v>473370</v>
+        <v>27260</v>
       </c>
       <c r="M689">
         <v>2026</v>
       </c>
       <c r="N689" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="690" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A690" s="1" t="s">
-        <v>1044</v>
+        <v>1040</v>
       </c>
       <c r="B690">
         <v>1</v>
       </c>
       <c r="C690" t="s">
         <v>15</v>
       </c>
       <c r="D690">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="F690">
-        <v>373</v>
+        <v>325</v>
       </c>
       <c r="G690" t="s">
-        <v>19</v>
+        <v>547</v>
       </c>
       <c r="H690" t="s">
-        <v>1045</v>
+        <v>1041</v>
       </c>
       <c r="I690">
-        <v>6958</v>
+        <v>2900</v>
       </c>
       <c r="K690">
         <v>1</v>
       </c>
       <c r="L690">
-        <v>393390</v>
+        <v>362300</v>
       </c>
       <c r="M690">
         <v>2026</v>
       </c>
       <c r="N690" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="691" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A691" s="1" t="s">
-        <v>1046</v>
+        <v>1042</v>
       </c>
       <c r="B691">
         <v>1</v>
       </c>
       <c r="C691" t="s">
         <v>15</v>
       </c>
       <c r="D691">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="F691">
-        <v>353</v>
+        <v>325</v>
       </c>
       <c r="G691" t="s">
-        <v>57</v>
+        <v>547</v>
       </c>
       <c r="H691" t="s">
-        <v>1047</v>
+        <v>548</v>
       </c>
       <c r="I691">
-        <v>12850</v>
+        <v>1537</v>
       </c>
       <c r="K691">
         <v>1</v>
       </c>
       <c r="L691">
-        <v>1198930</v>
+        <v>261320</v>
       </c>
       <c r="M691">
         <v>2026</v>
       </c>
       <c r="N691" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="692" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A692" s="1" t="s">
-        <v>1048</v>
+        <v>1043</v>
       </c>
       <c r="B692">
         <v>1</v>
       </c>
       <c r="C692" t="s">
         <v>15</v>
       </c>
       <c r="D692">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="F692">
-        <v>353</v>
+        <v>344</v>
       </c>
       <c r="G692" t="s">
-        <v>57</v>
+        <v>136</v>
       </c>
       <c r="H692" t="s">
-        <v>1049</v>
+        <v>878</v>
       </c>
       <c r="I692">
-        <v>10800</v>
+        <v>7200</v>
       </c>
       <c r="K692">
         <v>1</v>
       </c>
       <c r="L692">
-        <v>696730</v>
+        <v>473370</v>
       </c>
       <c r="M692">
         <v>2026</v>
       </c>
       <c r="N692" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="693" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A693" s="1" t="s">
-        <v>1050</v>
+        <v>1044</v>
       </c>
       <c r="B693">
         <v>1</v>
       </c>
       <c r="C693" t="s">
         <v>15</v>
       </c>
       <c r="D693">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="F693">
-        <v>353</v>
+        <v>373</v>
       </c>
       <c r="G693" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="H693" t="s">
-        <v>1051</v>
+        <v>1045</v>
       </c>
       <c r="I693">
-        <v>5186</v>
+        <v>6958</v>
       </c>
       <c r="K693">
         <v>1</v>
       </c>
       <c r="L693">
-        <v>495430</v>
+        <v>393390</v>
       </c>
       <c r="M693">
         <v>2026</v>
       </c>
       <c r="N693" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="694" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A694" s="1" t="s">
-        <v>1052</v>
+        <v>1046</v>
       </c>
       <c r="B694">
         <v>1</v>
       </c>
       <c r="C694" t="s">
         <v>15</v>
       </c>
       <c r="D694">
-        <v>2019</v>
+        <v>2004</v>
       </c>
       <c r="F694">
-        <v>332</v>
+        <v>353</v>
       </c>
       <c r="G694" t="s">
-        <v>122</v>
+        <v>57</v>
       </c>
       <c r="H694" t="s">
-        <v>1053</v>
+        <v>1047</v>
       </c>
       <c r="I694">
-        <v>7500</v>
+        <v>12850</v>
+      </c>
+      <c r="K694">
+        <v>1</v>
       </c>
       <c r="L694">
-        <v>651450</v>
+        <v>1198930</v>
       </c>
       <c r="M694">
         <v>2026</v>
       </c>
       <c r="N694" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="695" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A695" s="1" t="s">
-        <v>1054</v>
+        <v>1048</v>
       </c>
       <c r="B695">
         <v>1</v>
       </c>
       <c r="C695" t="s">
         <v>15</v>
       </c>
       <c r="D695">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="F695">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="G695" t="s">
-        <v>137</v>
+        <v>57</v>
       </c>
       <c r="H695" t="s">
-        <v>879</v>
+        <v>1049</v>
       </c>
       <c r="I695">
-        <v>6480</v>
+        <v>10800</v>
       </c>
       <c r="K695">
         <v>1</v>
       </c>
       <c r="L695">
-        <v>268300</v>
+        <v>696730</v>
       </c>
       <c r="M695">
         <v>2026</v>
       </c>
       <c r="N695" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="696" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A696" s="1" t="s">
-        <v>1055</v>
+        <v>1050</v>
       </c>
       <c r="B696">
         <v>1</v>
       </c>
       <c r="C696" t="s">
         <v>15</v>
       </c>
       <c r="D696">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="F696">
-        <v>373</v>
+        <v>353</v>
       </c>
       <c r="G696" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="H696" t="s">
-        <v>1056</v>
+        <v>1051</v>
       </c>
       <c r="I696">
-        <v>5000</v>
+        <v>5186</v>
       </c>
       <c r="K696">
         <v>1</v>
       </c>
       <c r="L696">
-        <v>309980</v>
+        <v>495430</v>
       </c>
       <c r="M696">
         <v>2026</v>
       </c>
       <c r="N696" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="697" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A697" s="1" t="s">
-        <v>1057</v>
+        <v>1052</v>
       </c>
       <c r="B697">
         <v>1</v>
       </c>
       <c r="C697" t="s">
         <v>15</v>
       </c>
       <c r="D697">
-        <v>2003</v>
+        <v>2019</v>
       </c>
       <c r="F697">
-        <v>373</v>
+        <v>332</v>
       </c>
       <c r="G697" t="s">
-        <v>19</v>
+        <v>174</v>
       </c>
       <c r="H697" t="s">
-        <v>1058</v>
+        <v>1053</v>
       </c>
       <c r="I697">
-        <v>9064</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7500</v>
       </c>
       <c r="L697">
-        <v>416670</v>
+        <v>651450</v>
       </c>
       <c r="M697">
         <v>2026</v>
       </c>
       <c r="N697" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="698" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A698" s="1" t="s">
-        <v>1059</v>
+        <v>1054</v>
       </c>
       <c r="B698">
         <v>1</v>
       </c>
       <c r="C698" t="s">
         <v>15</v>
       </c>
       <c r="D698">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="F698">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="G698" t="s">
-        <v>616</v>
+        <v>136</v>
       </c>
       <c r="H698" t="s">
-        <v>1060</v>
+        <v>878</v>
       </c>
       <c r="I698">
-        <v>3270</v>
+        <v>6480</v>
       </c>
       <c r="K698">
         <v>1</v>
       </c>
       <c r="L698">
-        <v>67270</v>
+        <v>268300</v>
       </c>
       <c r="M698">
         <v>2026</v>
       </c>
       <c r="N698" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="699" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A699" s="1" t="s">
-        <v>1061</v>
+        <v>1055</v>
       </c>
       <c r="B699">
         <v>1</v>
       </c>
       <c r="C699" t="s">
         <v>15</v>
       </c>
       <c r="D699">
-        <v>1994</v>
+        <v>2006</v>
       </c>
       <c r="F699">
-        <v>620</v>
+        <v>373</v>
       </c>
       <c r="G699" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="H699" t="s">
-        <v>1062</v>
+        <v>1056</v>
       </c>
       <c r="I699">
-        <v>4412</v>
+        <v>5000</v>
       </c>
       <c r="K699">
         <v>1</v>
       </c>
       <c r="L699">
-        <v>280580</v>
+        <v>309980</v>
       </c>
       <c r="M699">
         <v>2026</v>
       </c>
       <c r="N699" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="700" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A700" s="1" t="s">
-        <v>1063</v>
+        <v>1057</v>
       </c>
       <c r="B700">
         <v>1</v>
       </c>
       <c r="C700" t="s">
         <v>15</v>
       </c>
       <c r="D700">
-        <v>1990</v>
+        <v>2003</v>
       </c>
       <c r="F700">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="G700" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="H700" t="s">
-        <v>1064</v>
+        <v>1058</v>
       </c>
       <c r="I700">
-        <v>2400</v>
+        <v>9064</v>
       </c>
       <c r="K700">
         <v>1</v>
       </c>
       <c r="L700">
-        <v>102520</v>
+        <v>416670</v>
       </c>
       <c r="M700">
         <v>2026</v>
       </c>
       <c r="N700" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="701" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A701" s="1" t="s">
-        <v>1065</v>
+        <v>1059</v>
       </c>
       <c r="B701">
         <v>1</v>
       </c>
       <c r="C701" t="s">
         <v>15</v>
       </c>
       <c r="D701">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="F701">
-        <v>388</v>
+        <v>336</v>
       </c>
       <c r="G701" t="s">
-        <v>16</v>
+        <v>614</v>
       </c>
       <c r="H701" t="s">
-        <v>1066</v>
+        <v>1060</v>
       </c>
       <c r="I701">
-        <v>1750</v>
+        <v>3270</v>
       </c>
       <c r="K701">
         <v>1</v>
       </c>
       <c r="L701">
-        <v>126810</v>
+        <v>67270</v>
       </c>
       <c r="M701">
         <v>2026</v>
       </c>
       <c r="N701" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="702" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A702" s="1" t="s">
-        <v>1067</v>
+        <v>1061</v>
       </c>
       <c r="B702">
         <v>1</v>
       </c>
       <c r="C702" t="s">
         <v>15</v>
       </c>
       <c r="D702">
-        <v>2005</v>
+        <v>1994</v>
       </c>
       <c r="F702">
-        <v>355</v>
+        <v>620</v>
       </c>
       <c r="G702" t="s">
-        <v>1031</v>
+        <v>90</v>
+      </c>
+      <c r="H702" t="s">
+        <v>1062</v>
       </c>
       <c r="I702">
-        <v>2744</v>
+        <v>4412</v>
       </c>
       <c r="K702">
         <v>1</v>
       </c>
       <c r="L702">
-        <v>185590</v>
+        <v>280580</v>
       </c>
       <c r="M702">
         <v>2026</v>
       </c>
       <c r="N702" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="703" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A703" s="1" t="s">
-        <v>1068</v>
+        <v>1063</v>
       </c>
       <c r="B703">
         <v>1</v>
       </c>
       <c r="C703" t="s">
         <v>15</v>
       </c>
       <c r="D703">
-        <v>2005</v>
+        <v>1990</v>
       </c>
       <c r="F703">
-        <v>355</v>
+        <v>398</v>
       </c>
       <c r="G703" t="s">
-        <v>1031</v>
+        <v>29</v>
       </c>
       <c r="H703" t="s">
-        <v>1069</v>
+        <v>1064</v>
       </c>
       <c r="I703">
-        <v>2744</v>
+        <v>2400</v>
       </c>
       <c r="K703">
         <v>1</v>
       </c>
       <c r="L703">
-        <v>162010</v>
+        <v>102520</v>
       </c>
       <c r="M703">
         <v>2026</v>
       </c>
       <c r="N703" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="704" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A704" s="1" t="s">
-        <v>1070</v>
+        <v>1065</v>
       </c>
       <c r="B704">
         <v>1</v>
       </c>
       <c r="C704" t="s">
         <v>15</v>
       </c>
       <c r="D704">
-        <v>2023</v>
+        <v>2003</v>
       </c>
       <c r="F704">
-        <v>398</v>
+        <v>388</v>
       </c>
       <c r="G704" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="H704" t="s">
-        <v>1071</v>
+        <v>1066</v>
       </c>
       <c r="I704">
-        <v>9000</v>
-[...1 lines deleted...]
-      <c r="J704">
+        <v>1750</v>
+      </c>
+      <c r="K704">
         <v>1</v>
       </c>
       <c r="L704">
-        <v>2099880</v>
+        <v>126810</v>
       </c>
       <c r="M704">
         <v>2026</v>
       </c>
       <c r="N704" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="705" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A705" s="1" t="s">
-        <v>1072</v>
+        <v>1067</v>
       </c>
       <c r="B705">
         <v>1</v>
       </c>
       <c r="C705" t="s">
         <v>15</v>
       </c>
       <c r="D705">
-        <v>1985</v>
+        <v>2005</v>
       </c>
       <c r="F705">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="G705" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>1073</v>
+        <v>1031</v>
       </c>
       <c r="I705">
-        <v>2400</v>
+        <v>2744</v>
       </c>
       <c r="K705">
         <v>1</v>
       </c>
       <c r="L705">
-        <v>80310</v>
+        <v>185590</v>
       </c>
       <c r="M705">
         <v>2026</v>
       </c>
       <c r="N705" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="706" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A706" s="1" t="s">
-        <v>1074</v>
+        <v>1068</v>
       </c>
       <c r="B706">
         <v>1</v>
       </c>
       <c r="C706" t="s">
         <v>15</v>
       </c>
       <c r="D706">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="F706">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="G706" t="s">
-        <v>57</v>
+        <v>1031</v>
       </c>
       <c r="H706" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="I706">
-        <v>3640</v>
+        <v>2744</v>
       </c>
       <c r="K706">
         <v>1</v>
       </c>
       <c r="L706">
-        <v>267050</v>
+        <v>162010</v>
       </c>
       <c r="M706">
         <v>2026</v>
       </c>
       <c r="N706" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="707" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A707" s="1" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
       <c r="B707">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C707" t="s">
         <v>15</v>
       </c>
       <c r="D707">
-        <v>1978</v>
+        <v>2023</v>
       </c>
       <c r="F707">
-        <v>620</v>
+        <v>398</v>
       </c>
       <c r="G707" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="H707" t="s">
-        <v>1077</v>
+        <v>1071</v>
       </c>
       <c r="I707">
-        <v>9684</v>
-[...1 lines deleted...]
-      <c r="K707">
+        <v>9000</v>
+      </c>
+      <c r="J707">
         <v>1</v>
       </c>
       <c r="L707">
-        <v>545460</v>
+        <v>2099880</v>
       </c>
       <c r="M707">
         <v>2026</v>
       </c>
       <c r="N707" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="708" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A708" s="1" t="s">
-        <v>1076</v>
+        <v>1072</v>
       </c>
       <c r="B708">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C708" t="s">
         <v>15</v>
       </c>
       <c r="D708">
-        <v>1978</v>
+        <v>1985</v>
       </c>
       <c r="F708">
-        <v>101</v>
+        <v>348</v>
       </c>
       <c r="G708" t="s">
-        <v>43</v>
+        <v>35</v>
+      </c>
+      <c r="H708" t="s">
+        <v>1073</v>
       </c>
       <c r="I708">
-        <v>3498</v>
+        <v>2400</v>
       </c>
       <c r="K708">
         <v>1</v>
       </c>
       <c r="L708">
-        <v>166380</v>
+        <v>80310</v>
       </c>
       <c r="M708">
         <v>2026</v>
       </c>
       <c r="N708" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="709" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A709" s="1" t="s">
-        <v>1078</v>
+        <v>1074</v>
       </c>
       <c r="B709">
         <v>1</v>
       </c>
       <c r="C709" t="s">
         <v>15</v>
       </c>
       <c r="D709">
-        <v>1969</v>
+        <v>2001</v>
       </c>
       <c r="F709">
-        <v>373</v>
+        <v>353</v>
       </c>
       <c r="G709" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="H709" t="s">
-        <v>217</v>
+        <v>1075</v>
       </c>
       <c r="I709">
-        <v>975</v>
+        <v>3640</v>
       </c>
       <c r="K709">
         <v>1</v>
       </c>
       <c r="L709">
-        <v>40420</v>
+        <v>267050</v>
       </c>
       <c r="M709">
         <v>2026</v>
       </c>
       <c r="N709" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="710" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A710" s="1" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="B710">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C710" t="s">
         <v>15</v>
       </c>
       <c r="D710">
-        <v>1970</v>
+        <v>1978</v>
       </c>
       <c r="F710">
-        <v>321</v>
+        <v>620</v>
       </c>
       <c r="G710" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="H710" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="I710">
-        <v>2284</v>
+        <v>9684</v>
       </c>
       <c r="K710">
         <v>1</v>
       </c>
       <c r="L710">
-        <v>102830</v>
+        <v>545460</v>
       </c>
       <c r="M710">
         <v>2026</v>
       </c>
       <c r="N710" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="711" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A711" s="1" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="B711">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C711" t="s">
         <v>15</v>
       </c>
       <c r="D711">
-        <v>1989</v>
+        <v>1978</v>
       </c>
       <c r="F711">
-        <v>315</v>
+        <v>101</v>
       </c>
       <c r="G711" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-        <v>1082</v>
+        <v>43</v>
       </c>
       <c r="I711">
-        <v>2620</v>
+        <v>3498</v>
       </c>
       <c r="K711">
         <v>1</v>
       </c>
       <c r="L711">
-        <v>77400</v>
+        <v>166380</v>
       </c>
       <c r="M711">
         <v>2026</v>
       </c>
       <c r="N711" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="712" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A712" s="1" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="B712">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C712" t="s">
         <v>15</v>
       </c>
       <c r="D712">
-        <v>1989</v>
+        <v>1969</v>
       </c>
       <c r="F712">
-        <v>101</v>
+        <v>373</v>
       </c>
       <c r="G712" t="s">
-        <v>43</v>
+        <v>19</v>
+      </c>
+      <c r="H712" t="s">
+        <v>215</v>
       </c>
       <c r="I712">
-        <v>540</v>
+        <v>975</v>
       </c>
       <c r="K712">
         <v>1</v>
       </c>
       <c r="L712">
-        <v>24710</v>
+        <v>40420</v>
       </c>
       <c r="M712">
         <v>2026</v>
       </c>
       <c r="N712" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="713" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A713" s="1" t="s">
-        <v>1083</v>
+        <v>1079</v>
       </c>
       <c r="B713">
         <v>1</v>
       </c>
       <c r="C713" t="s">
         <v>15</v>
       </c>
       <c r="D713">
-        <v>1995</v>
+        <v>1970</v>
       </c>
       <c r="F713">
-        <v>710</v>
+        <v>321</v>
       </c>
       <c r="G713" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="H713" t="s">
-        <v>1084</v>
+        <v>1080</v>
       </c>
       <c r="I713">
-        <v>1288</v>
+        <v>2284</v>
       </c>
       <c r="K713">
         <v>1</v>
       </c>
       <c r="L713">
-        <v>50820</v>
+        <v>102830</v>
       </c>
       <c r="M713">
         <v>2026</v>
       </c>
       <c r="N713" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="714" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A714" s="1" t="s">
-        <v>1085</v>
+        <v>1081</v>
       </c>
       <c r="B714">
         <v>1</v>
       </c>
       <c r="C714" t="s">
         <v>15</v>
       </c>
       <c r="D714">
-        <v>1921</v>
+        <v>1989</v>
       </c>
       <c r="F714">
-        <v>105</v>
+        <v>315</v>
       </c>
       <c r="G714" t="s">
-        <v>187</v>
+        <v>456</v>
       </c>
       <c r="H714" t="s">
-        <v>1086</v>
+        <v>1082</v>
       </c>
       <c r="I714">
-        <v>2900</v>
+        <v>2620</v>
       </c>
       <c r="K714">
         <v>1</v>
       </c>
       <c r="L714">
-        <v>41690</v>
+        <v>77400</v>
       </c>
       <c r="M714">
         <v>2026</v>
       </c>
       <c r="N714" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="715" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A715" s="1" t="s">
-        <v>1087</v>
+        <v>1081</v>
       </c>
       <c r="B715">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C715" t="s">
         <v>15</v>
       </c>
       <c r="D715">
-        <v>1998</v>
+        <v>1989</v>
       </c>
       <c r="F715">
-        <v>367</v>
+        <v>101</v>
       </c>
       <c r="G715" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>1088</v>
+        <v>43</v>
       </c>
       <c r="I715">
-        <v>1387</v>
+        <v>540</v>
       </c>
       <c r="K715">
         <v>1</v>
       </c>
       <c r="L715">
-        <v>68400</v>
+        <v>24710</v>
       </c>
       <c r="M715">
         <v>2026</v>
       </c>
       <c r="N715" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="716" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A716" s="1" t="s">
-        <v>1089</v>
+        <v>1083</v>
       </c>
       <c r="B716">
         <v>1</v>
       </c>
       <c r="C716" t="s">
         <v>15</v>
       </c>
       <c r="D716">
-        <v>1965</v>
+        <v>1995</v>
       </c>
       <c r="F716">
-        <v>353</v>
+        <v>710</v>
       </c>
       <c r="G716" t="s">
-        <v>57</v>
+        <v>192</v>
       </c>
       <c r="H716" t="s">
-        <v>1090</v>
+        <v>1084</v>
       </c>
       <c r="I716">
-        <v>540</v>
+        <v>1288</v>
       </c>
       <c r="K716">
         <v>1</v>
       </c>
       <c r="L716">
-        <v>0</v>
+        <v>50820</v>
       </c>
       <c r="M716">
         <v>2026</v>
       </c>
       <c r="N716" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="717" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A717" s="1" t="s">
-        <v>1091</v>
+        <v>1085</v>
       </c>
       <c r="B717">
         <v>1</v>
       </c>
       <c r="C717" t="s">
         <v>15</v>
       </c>
       <c r="D717">
-        <v>1988</v>
+        <v>1921</v>
       </c>
       <c r="F717">
         <v>105</v>
       </c>
       <c r="G717" t="s">
         <v>187</v>
       </c>
       <c r="H717" t="s">
-        <v>1092</v>
+        <v>1086</v>
       </c>
       <c r="I717">
-        <v>4074</v>
+        <v>2900</v>
       </c>
       <c r="K717">
         <v>1</v>
       </c>
       <c r="L717">
-        <v>151490</v>
+        <v>41690</v>
       </c>
       <c r="M717">
         <v>2026</v>
       </c>
       <c r="N717" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="718" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A718" s="1" t="s">
-        <v>1093</v>
+        <v>1087</v>
       </c>
       <c r="B718">
         <v>1</v>
       </c>
       <c r="C718" t="s">
         <v>15</v>
       </c>
       <c r="D718">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="F718">
-        <v>620</v>
+        <v>367</v>
       </c>
       <c r="G718" t="s">
-        <v>90</v>
+        <v>210</v>
       </c>
       <c r="H718" t="s">
-        <v>1094</v>
+        <v>1088</v>
       </c>
       <c r="I718">
-        <v>1600</v>
+        <v>1387</v>
       </c>
       <c r="K718">
         <v>1</v>
       </c>
       <c r="L718">
-        <v>97150</v>
+        <v>68400</v>
       </c>
       <c r="M718">
         <v>2026</v>
       </c>
       <c r="N718" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="719" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A719" s="1" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="B719">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C719" t="s">
         <v>15</v>
       </c>
       <c r="D719">
-        <v>1996</v>
+        <v>1965</v>
       </c>
       <c r="F719">
-        <v>620</v>
+        <v>353</v>
       </c>
       <c r="G719" t="s">
-        <v>90</v>
+        <v>57</v>
+      </c>
+      <c r="H719" t="s">
+        <v>1090</v>
       </c>
       <c r="I719">
-        <v>11393</v>
+        <v>540</v>
       </c>
       <c r="K719">
         <v>1</v>
       </c>
       <c r="L719">
-        <v>799410</v>
+        <v>0</v>
       </c>
       <c r="M719">
         <v>2026</v>
       </c>
       <c r="N719" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="720" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A720" s="1" t="s">
-        <v>1095</v>
+        <v>1091</v>
       </c>
       <c r="B720">
         <v>1</v>
       </c>
       <c r="C720" t="s">
         <v>15</v>
       </c>
       <c r="D720">
-        <v>2006</v>
+        <v>1988</v>
       </c>
       <c r="F720">
-        <v>373</v>
+        <v>105</v>
       </c>
       <c r="G720" t="s">
-        <v>19</v>
+        <v>187</v>
       </c>
       <c r="H720" t="s">
-        <v>468</v>
+        <v>1092</v>
       </c>
       <c r="I720">
-        <v>392</v>
+        <v>4074</v>
       </c>
       <c r="K720">
         <v>1</v>
       </c>
       <c r="L720">
-        <v>20510</v>
+        <v>151490</v>
       </c>
       <c r="M720">
         <v>2026</v>
       </c>
       <c r="N720" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="721" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A721" s="1" t="s">
-        <v>1095</v>
+        <v>1093</v>
       </c>
       <c r="B721">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C721" t="s">
         <v>15</v>
       </c>
       <c r="D721">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="F721">
-        <v>396</v>
+        <v>620</v>
       </c>
       <c r="G721" t="s">
-        <v>114</v>
+        <v>90</v>
+      </c>
+      <c r="H721" t="s">
+        <v>1094</v>
       </c>
       <c r="I721">
-        <v>2800</v>
+        <v>1600</v>
       </c>
       <c r="K721">
         <v>1</v>
       </c>
       <c r="L721">
-        <v>47620</v>
+        <v>97150</v>
       </c>
       <c r="M721">
         <v>2026</v>
       </c>
       <c r="N721" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="722" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A722" s="1" t="s">
-        <v>1095</v>
+        <v>1093</v>
       </c>
       <c r="B722">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C722" t="s">
         <v>15</v>
       </c>
       <c r="D722">
-        <v>1989</v>
+        <v>1996</v>
       </c>
       <c r="F722">
-        <v>396</v>
+        <v>620</v>
       </c>
       <c r="G722" t="s">
-        <v>114</v>
+        <v>90</v>
       </c>
       <c r="I722">
-        <v>1430</v>
+        <v>11393</v>
       </c>
       <c r="K722">
         <v>1</v>
       </c>
       <c r="L722">
-        <v>32110</v>
+        <v>799410</v>
       </c>
       <c r="M722">
         <v>2026</v>
       </c>
       <c r="N722" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="723" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A723" s="1" t="s">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="B723">
         <v>1</v>
       </c>
       <c r="C723" t="s">
         <v>15</v>
       </c>
       <c r="D723">
-        <v>1976</v>
+        <v>2006</v>
       </c>
       <c r="F723">
-        <v>355</v>
+        <v>373</v>
       </c>
       <c r="G723" t="s">
-        <v>1031</v>
+        <v>19</v>
       </c>
       <c r="H723" t="s">
-        <v>1097</v>
+        <v>466</v>
       </c>
       <c r="I723">
-        <v>800</v>
+        <v>392</v>
       </c>
       <c r="K723">
         <v>1</v>
       </c>
       <c r="L723">
-        <v>38730</v>
+        <v>20510</v>
       </c>
       <c r="M723">
         <v>2026</v>
       </c>
       <c r="N723" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="724" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A724" s="1" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="B724">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C724" t="s">
         <v>15</v>
       </c>
       <c r="D724">
-        <v>1976</v>
+        <v>1989</v>
       </c>
       <c r="F724">
-        <v>355</v>
+        <v>396</v>
       </c>
       <c r="G724" t="s">
-        <v>1031</v>
-[...2 lines deleted...]
-        <v>1099</v>
+        <v>114</v>
       </c>
       <c r="I724">
-        <v>800</v>
+        <v>2800</v>
       </c>
       <c r="K724">
         <v>1</v>
       </c>
       <c r="L724">
-        <v>38730</v>
+        <v>47620</v>
       </c>
       <c r="M724">
         <v>2026</v>
       </c>
       <c r="N724" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="725" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A725" s="1" t="s">
-        <v>1100</v>
+        <v>1095</v>
       </c>
       <c r="B725">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C725" t="s">
         <v>15</v>
       </c>
       <c r="D725">
-        <v>1976</v>
+        <v>1989</v>
       </c>
       <c r="F725">
-        <v>355</v>
+        <v>396</v>
       </c>
       <c r="G725" t="s">
-        <v>1031</v>
-[...2 lines deleted...]
-        <v>1101</v>
+        <v>114</v>
       </c>
       <c r="I725">
-        <v>1568</v>
+        <v>1430</v>
       </c>
       <c r="K725">
         <v>1</v>
       </c>
       <c r="L725">
-        <v>48880</v>
+        <v>32110</v>
       </c>
       <c r="M725">
         <v>2026</v>
       </c>
       <c r="N725" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="726" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A726" s="1" t="s">
-        <v>1102</v>
+        <v>1096</v>
       </c>
       <c r="B726">
         <v>1</v>
       </c>
       <c r="C726" t="s">
         <v>15</v>
       </c>
       <c r="D726">
         <v>1976</v>
       </c>
       <c r="F726">
         <v>355</v>
       </c>
       <c r="G726" t="s">
         <v>1031</v>
       </c>
       <c r="H726" t="s">
-        <v>1103</v>
+        <v>1097</v>
       </c>
       <c r="I726">
         <v>800</v>
       </c>
       <c r="K726">
         <v>1</v>
       </c>
       <c r="L726">
         <v>38730</v>
       </c>
       <c r="M726">
         <v>2026</v>
       </c>
       <c r="N726" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="727" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A727" s="1" t="s">
-        <v>1104</v>
+        <v>1098</v>
       </c>
       <c r="B727">
         <v>1</v>
       </c>
       <c r="C727" t="s">
         <v>15</v>
       </c>
       <c r="D727">
         <v>1976</v>
       </c>
       <c r="F727">
         <v>355</v>
       </c>
       <c r="G727" t="s">
         <v>1031</v>
       </c>
       <c r="H727" t="s">
-        <v>1105</v>
+        <v>1099</v>
       </c>
       <c r="I727">
-        <v>1200</v>
+        <v>800</v>
       </c>
       <c r="K727">
         <v>1</v>
       </c>
       <c r="L727">
-        <v>38680</v>
+        <v>38730</v>
       </c>
       <c r="M727">
         <v>2026</v>
       </c>
       <c r="N727" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="728" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A728" s="1" t="s">
-        <v>1106</v>
+        <v>1100</v>
       </c>
       <c r="B728">
         <v>1</v>
       </c>
       <c r="C728" t="s">
         <v>15</v>
       </c>
       <c r="D728">
         <v>1976</v>
       </c>
       <c r="F728">
         <v>355</v>
       </c>
       <c r="G728" t="s">
         <v>1031</v>
       </c>
       <c r="H728" t="s">
-        <v>1107</v>
+        <v>1101</v>
       </c>
       <c r="I728">
-        <v>880</v>
+        <v>1568</v>
       </c>
       <c r="K728">
         <v>1</v>
       </c>
       <c r="L728">
-        <v>41830</v>
+        <v>48880</v>
       </c>
       <c r="M728">
         <v>2026</v>
       </c>
       <c r="N728" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="729" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A729" s="1" t="s">
-        <v>1108</v>
+        <v>1102</v>
       </c>
       <c r="B729">
         <v>1</v>
       </c>
       <c r="C729" t="s">
         <v>15</v>
       </c>
       <c r="D729">
         <v>1976</v>
       </c>
       <c r="F729">
         <v>355</v>
       </c>
       <c r="G729" t="s">
         <v>1031</v>
       </c>
       <c r="H729" t="s">
-        <v>1109</v>
+        <v>1103</v>
       </c>
       <c r="I729">
         <v>800</v>
       </c>
       <c r="K729">
         <v>1</v>
       </c>
       <c r="L729">
-        <v>36780</v>
+        <v>38730</v>
       </c>
       <c r="M729">
         <v>2026</v>
       </c>
       <c r="N729" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="730" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A730" s="1" t="s">
-        <v>1110</v>
+        <v>1104</v>
       </c>
       <c r="B730">
         <v>1</v>
       </c>
       <c r="C730" t="s">
         <v>15</v>
       </c>
       <c r="D730">
         <v>1976</v>
       </c>
       <c r="F730">
         <v>355</v>
       </c>
       <c r="G730" t="s">
         <v>1031</v>
       </c>
       <c r="H730" t="s">
-        <v>1111</v>
+        <v>1105</v>
       </c>
       <c r="I730">
-        <v>880</v>
+        <v>1200</v>
       </c>
       <c r="K730">
         <v>1</v>
       </c>
       <c r="L730">
-        <v>41830</v>
+        <v>38680</v>
       </c>
       <c r="M730">
         <v>2026</v>
       </c>
       <c r="N730" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="731" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A731" s="1" t="s">
-        <v>1112</v>
+        <v>1106</v>
       </c>
       <c r="B731">
         <v>1</v>
       </c>
       <c r="C731" t="s">
         <v>15</v>
       </c>
       <c r="D731">
         <v>1976</v>
       </c>
       <c r="F731">
         <v>355</v>
       </c>
       <c r="G731" t="s">
         <v>1031</v>
       </c>
       <c r="H731" t="s">
-        <v>1113</v>
+        <v>1107</v>
       </c>
       <c r="I731">
-        <v>800</v>
+        <v>880</v>
       </c>
       <c r="K731">
         <v>1</v>
       </c>
       <c r="L731">
-        <v>28380</v>
+        <v>41830</v>
       </c>
       <c r="M731">
         <v>2026</v>
       </c>
       <c r="N731" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="732" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A732" s="1" t="s">
-        <v>1114</v>
+        <v>1108</v>
       </c>
       <c r="B732">
         <v>1</v>
       </c>
       <c r="C732" t="s">
         <v>15</v>
       </c>
       <c r="D732">
-        <v>1986</v>
+        <v>1976</v>
       </c>
       <c r="F732">
-        <v>211</v>
+        <v>355</v>
       </c>
       <c r="G732" t="s">
-        <v>101</v>
+        <v>1031</v>
       </c>
       <c r="H732" t="s">
-        <v>1115</v>
+        <v>1109</v>
       </c>
       <c r="I732">
-        <v>4446</v>
-[...1 lines deleted...]
-      <c r="J732">
+        <v>800</v>
+      </c>
+      <c r="K732">
         <v>1</v>
       </c>
       <c r="L732">
-        <v>217080</v>
+        <v>36780</v>
       </c>
       <c r="M732">
         <v>2026</v>
       </c>
       <c r="N732" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="733" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A733" s="1" t="s">
-        <v>1116</v>
+        <v>1110</v>
       </c>
       <c r="B733">
         <v>1</v>
       </c>
       <c r="C733" t="s">
         <v>15</v>
       </c>
       <c r="D733">
-        <v>1986</v>
+        <v>1976</v>
       </c>
       <c r="F733">
-        <v>211</v>
+        <v>355</v>
       </c>
       <c r="G733" t="s">
-        <v>101</v>
+        <v>1031</v>
       </c>
       <c r="H733" t="s">
-        <v>1117</v>
+        <v>1111</v>
       </c>
       <c r="I733">
-        <v>4449</v>
+        <v>880</v>
       </c>
       <c r="K733">
         <v>1</v>
       </c>
       <c r="L733">
-        <v>217230</v>
+        <v>41830</v>
       </c>
       <c r="M733">
         <v>2026</v>
       </c>
       <c r="N733" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="734" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A734" s="1" t="s">
-        <v>1118</v>
+        <v>1112</v>
       </c>
       <c r="B734">
         <v>1</v>
       </c>
       <c r="C734" t="s">
         <v>15</v>
       </c>
       <c r="D734">
-        <v>1988</v>
+        <v>1976</v>
       </c>
       <c r="F734">
-        <v>211</v>
+        <v>355</v>
       </c>
       <c r="G734" t="s">
-        <v>101</v>
+        <v>1031</v>
       </c>
       <c r="H734" t="s">
-        <v>1117</v>
+        <v>1113</v>
       </c>
       <c r="I734">
-        <v>7672</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>800</v>
       </c>
       <c r="K734">
         <v>1</v>
       </c>
       <c r="L734">
-        <v>390900</v>
+        <v>28380</v>
       </c>
       <c r="M734">
         <v>2026</v>
       </c>
       <c r="N734" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="735" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A735" s="1" t="s">
-        <v>1119</v>
+        <v>1114</v>
       </c>
       <c r="B735">
         <v>1</v>
       </c>
       <c r="C735" t="s">
         <v>15</v>
       </c>
       <c r="D735">
-        <v>1989</v>
+        <v>1986</v>
       </c>
       <c r="F735">
         <v>211</v>
       </c>
       <c r="G735" t="s">
         <v>101</v>
       </c>
       <c r="H735" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
       <c r="I735">
-        <v>7672</v>
+        <v>4446</v>
       </c>
       <c r="J735">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="K735">
         <v>1</v>
       </c>
       <c r="L735">
-        <v>397520</v>
+        <v>217080</v>
       </c>
       <c r="M735">
         <v>2026</v>
       </c>
       <c r="N735" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="736" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A736" s="1" t="s">
-        <v>1120</v>
+        <v>1116</v>
       </c>
       <c r="B736">
         <v>1</v>
       </c>
       <c r="C736" t="s">
         <v>15</v>
       </c>
       <c r="D736">
-        <v>1988</v>
+        <v>1986</v>
       </c>
       <c r="F736">
-        <v>388</v>
+        <v>211</v>
       </c>
       <c r="G736" t="s">
-        <v>16</v>
+        <v>101</v>
       </c>
       <c r="H736" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="I736">
-        <v>1200</v>
+        <v>4449</v>
       </c>
       <c r="K736">
         <v>1</v>
       </c>
       <c r="L736">
-        <v>48050</v>
+        <v>217230</v>
       </c>
       <c r="M736">
         <v>2026</v>
       </c>
       <c r="N736" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="737" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A737" s="1" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
       <c r="B737">
         <v>1</v>
       </c>
       <c r="C737" t="s">
         <v>15</v>
       </c>
       <c r="D737">
-        <v>1998</v>
+        <v>1988</v>
       </c>
       <c r="F737">
-        <v>355</v>
+        <v>211</v>
       </c>
       <c r="G737" t="s">
-        <v>1031</v>
+        <v>101</v>
       </c>
       <c r="H737" t="s">
-        <v>1123</v>
+        <v>1117</v>
       </c>
       <c r="I737">
-        <v>1500</v>
+        <v>7672</v>
+      </c>
+      <c r="J737">
+        <v>8</v>
       </c>
       <c r="K737">
         <v>1</v>
       </c>
       <c r="L737">
-        <v>90120</v>
+        <v>390900</v>
       </c>
       <c r="M737">
         <v>2026</v>
       </c>
       <c r="N737" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="738" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A738" s="1" t="s">
-        <v>1124</v>
+        <v>1119</v>
       </c>
       <c r="B738">
         <v>1</v>
       </c>
       <c r="C738" t="s">
         <v>15</v>
       </c>
       <c r="D738">
-        <v>1998</v>
+        <v>1989</v>
       </c>
       <c r="F738">
-        <v>355</v>
+        <v>211</v>
       </c>
       <c r="G738" t="s">
-        <v>1031</v>
+        <v>101</v>
       </c>
       <c r="H738" t="s">
-        <v>1123</v>
+        <v>1117</v>
       </c>
       <c r="I738">
-        <v>1500</v>
+        <v>7672</v>
       </c>
       <c r="J738">
+        <v>8</v>
+      </c>
+      <c r="K738">
         <v>1</v>
       </c>
       <c r="L738">
-        <v>83920</v>
+        <v>397520</v>
       </c>
       <c r="M738">
         <v>2026</v>
       </c>
       <c r="N738" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="739" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A739" s="1" t="s">
-        <v>1125</v>
+        <v>1120</v>
       </c>
       <c r="B739">
         <v>1</v>
       </c>
       <c r="C739" t="s">
         <v>15</v>
       </c>
       <c r="D739">
-        <v>1998</v>
+        <v>1988</v>
       </c>
       <c r="F739">
-        <v>355</v>
+        <v>388</v>
       </c>
       <c r="G739" t="s">
-        <v>1031</v>
+        <v>16</v>
       </c>
       <c r="H739" t="s">
-        <v>1126</v>
+        <v>1121</v>
       </c>
       <c r="I739">
-        <v>1500</v>
-[...1 lines deleted...]
-      <c r="J739">
+        <v>1200</v>
+      </c>
+      <c r="K739">
         <v>1</v>
       </c>
       <c r="L739">
-        <v>83920</v>
+        <v>48050</v>
       </c>
       <c r="M739">
         <v>2026</v>
       </c>
       <c r="N739" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="740" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A740" s="1" t="s">
-        <v>1127</v>
+        <v>1122</v>
       </c>
       <c r="B740">
         <v>1</v>
       </c>
       <c r="C740" t="s">
         <v>15</v>
       </c>
       <c r="D740">
         <v>1998</v>
       </c>
       <c r="F740">
         <v>355</v>
       </c>
       <c r="G740" t="s">
         <v>1031</v>
       </c>
       <c r="H740" t="s">
-        <v>1128</v>
+        <v>1123</v>
       </c>
       <c r="I740">
         <v>1500</v>
       </c>
-      <c r="J740">
+      <c r="K740">
         <v>1</v>
       </c>
       <c r="L740">
-        <v>83920</v>
+        <v>90120</v>
       </c>
       <c r="M740">
         <v>2026</v>
       </c>
       <c r="N740" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="741" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A741" s="1" t="s">
-        <v>1129</v>
+        <v>1124</v>
       </c>
       <c r="B741">
         <v>1</v>
       </c>
       <c r="C741" t="s">
         <v>15</v>
       </c>
       <c r="D741">
         <v>1998</v>
       </c>
       <c r="F741">
         <v>355</v>
       </c>
       <c r="G741" t="s">
         <v>1031</v>
       </c>
       <c r="H741" t="s">
-        <v>1130</v>
+        <v>1123</v>
       </c>
       <c r="I741">
         <v>1500</v>
       </c>
       <c r="J741">
         <v>1</v>
       </c>
       <c r="L741">
         <v>83920</v>
       </c>
       <c r="M741">
         <v>2026</v>
       </c>
       <c r="N741" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="742" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A742" s="1" t="s">
-        <v>1131</v>
+        <v>1125</v>
       </c>
       <c r="B742">
         <v>1</v>
       </c>
       <c r="C742" t="s">
         <v>15</v>
       </c>
       <c r="D742">
         <v>1998</v>
       </c>
       <c r="F742">
         <v>355</v>
       </c>
       <c r="G742" t="s">
         <v>1031</v>
       </c>
       <c r="H742" t="s">
-        <v>1132</v>
+        <v>1126</v>
       </c>
       <c r="I742">
         <v>1500</v>
       </c>
-      <c r="K742">
+      <c r="J742">
         <v>1</v>
       </c>
       <c r="L742">
         <v>83920</v>
       </c>
       <c r="M742">
         <v>2026</v>
       </c>
       <c r="N742" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="743" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A743" s="1" t="s">
-        <v>1133</v>
+        <v>1127</v>
       </c>
       <c r="B743">
         <v>1</v>
       </c>
       <c r="C743" t="s">
         <v>15</v>
       </c>
       <c r="D743">
         <v>1998</v>
       </c>
       <c r="F743">
         <v>355</v>
       </c>
       <c r="G743" t="s">
         <v>1031</v>
       </c>
       <c r="H743" t="s">
-        <v>1134</v>
+        <v>1128</v>
       </c>
       <c r="I743">
         <v>1500</v>
       </c>
-      <c r="K743">
+      <c r="J743">
         <v>1</v>
       </c>
       <c r="L743">
         <v>83920</v>
       </c>
       <c r="M743">
         <v>2026</v>
       </c>
       <c r="N743" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="744" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A744" s="1" t="s">
-        <v>1135</v>
+        <v>1129</v>
       </c>
       <c r="B744">
         <v>1</v>
       </c>
       <c r="C744" t="s">
         <v>15</v>
       </c>
       <c r="D744">
         <v>1998</v>
       </c>
       <c r="F744">
         <v>355</v>
       </c>
       <c r="G744" t="s">
         <v>1031</v>
       </c>
       <c r="H744" t="s">
-        <v>1136</v>
+        <v>1130</v>
       </c>
       <c r="I744">
         <v>1500</v>
       </c>
-      <c r="K744">
+      <c r="J744">
         <v>1</v>
       </c>
       <c r="L744">
-        <v>85410</v>
+        <v>83920</v>
       </c>
       <c r="M744">
         <v>2026</v>
       </c>
       <c r="N744" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="745" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A745" s="1" t="s">
-        <v>1137</v>
+        <v>1131</v>
       </c>
       <c r="B745">
         <v>1</v>
       </c>
       <c r="C745" t="s">
         <v>15</v>
       </c>
       <c r="D745">
         <v>1998</v>
       </c>
       <c r="F745">
         <v>355</v>
       </c>
       <c r="G745" t="s">
         <v>1031</v>
       </c>
       <c r="H745" t="s">
-        <v>1138</v>
+        <v>1132</v>
       </c>
       <c r="I745">
         <v>1500</v>
       </c>
       <c r="K745">
         <v>1</v>
       </c>
       <c r="L745">
         <v>83920</v>
       </c>
       <c r="M745">
         <v>2026</v>
       </c>
       <c r="N745" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="746" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A746" s="1" t="s">
-        <v>1139</v>
+        <v>1133</v>
       </c>
       <c r="B746">
         <v>1</v>
       </c>
       <c r="C746" t="s">
         <v>15</v>
       </c>
       <c r="D746">
         <v>1998</v>
       </c>
       <c r="F746">
         <v>355</v>
       </c>
       <c r="G746" t="s">
         <v>1031</v>
       </c>
       <c r="H746" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="I746">
         <v>1500</v>
       </c>
-      <c r="J746">
+      <c r="K746">
         <v>1</v>
       </c>
       <c r="L746">
         <v>83920</v>
       </c>
       <c r="M746">
         <v>2026</v>
       </c>
       <c r="N746" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="747" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A747" s="1" t="s">
-        <v>1140</v>
+        <v>1135</v>
       </c>
       <c r="B747">
         <v>1</v>
       </c>
       <c r="C747" t="s">
         <v>15</v>
       </c>
       <c r="D747">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="F747">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G747" t="s">
-        <v>1141</v>
+        <v>1031</v>
       </c>
       <c r="H747" t="s">
-        <v>1142</v>
+        <v>1136</v>
       </c>
       <c r="I747">
-        <v>7904</v>
-[...1 lines deleted...]
-      <c r="J747">
+        <v>1500</v>
+      </c>
+      <c r="K747">
         <v>1</v>
       </c>
       <c r="L747">
-        <v>248650</v>
+        <v>85410</v>
       </c>
       <c r="M747">
         <v>2026</v>
       </c>
       <c r="N747" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="748" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A748" s="1" t="s">
-        <v>1143</v>
+        <v>1137</v>
       </c>
       <c r="B748">
         <v>1</v>
       </c>
       <c r="C748" t="s">
         <v>15</v>
       </c>
       <c r="D748">
-        <v>1985</v>
+        <v>1998</v>
       </c>
       <c r="F748">
-        <v>388</v>
+        <v>355</v>
       </c>
       <c r="G748" t="s">
-        <v>16</v>
+        <v>1031</v>
       </c>
       <c r="H748" t="s">
-        <v>1144</v>
+        <v>1138</v>
       </c>
       <c r="I748">
-        <v>1680</v>
+        <v>1500</v>
       </c>
       <c r="K748">
         <v>1</v>
       </c>
       <c r="L748">
-        <v>46010</v>
+        <v>83920</v>
       </c>
       <c r="M748">
         <v>2026</v>
       </c>
       <c r="N748" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="749" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A749" s="1" t="s">
-        <v>1143</v>
+        <v>1139</v>
       </c>
       <c r="B749">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C749" t="s">
         <v>15</v>
       </c>
       <c r="D749">
-        <v>1985</v>
+        <v>1998</v>
       </c>
       <c r="F749">
-        <v>388</v>
+        <v>355</v>
       </c>
       <c r="G749" t="s">
-        <v>16</v>
+        <v>1031</v>
+      </c>
+      <c r="H749" t="s">
+        <v>1132</v>
       </c>
       <c r="I749">
-        <v>5546</v>
-[...1 lines deleted...]
-      <c r="K749">
+        <v>1500</v>
+      </c>
+      <c r="J749">
         <v>1</v>
       </c>
       <c r="L749">
-        <v>225470</v>
+        <v>83920</v>
       </c>
       <c r="M749">
         <v>2026</v>
       </c>
       <c r="N749" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="750" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A750" s="1" t="s">
-        <v>1145</v>
+        <v>1140</v>
       </c>
       <c r="B750">
         <v>1</v>
       </c>
       <c r="C750" t="s">
         <v>15</v>
       </c>
       <c r="D750">
-        <v>1995</v>
+        <v>2002</v>
       </c>
       <c r="F750">
-        <v>399</v>
+        <v>345</v>
       </c>
       <c r="G750" t="s">
-        <v>54</v>
+        <v>1141</v>
       </c>
       <c r="H750" t="s">
-        <v>1146</v>
+        <v>1142</v>
       </c>
       <c r="I750">
-        <v>5100</v>
-[...1 lines deleted...]
-      <c r="K750">
+        <v>7904</v>
+      </c>
+      <c r="J750">
         <v>1</v>
       </c>
       <c r="L750">
-        <v>94310</v>
+        <v>248650</v>
       </c>
       <c r="M750">
         <v>2026</v>
       </c>
       <c r="N750" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="751" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A751" s="1" t="s">
-        <v>1147</v>
+        <v>1143</v>
       </c>
       <c r="B751">
         <v>1</v>
       </c>
       <c r="C751" t="s">
         <v>15</v>
       </c>
       <c r="D751">
-        <v>2024</v>
+        <v>1985</v>
       </c>
       <c r="F751">
         <v>388</v>
       </c>
       <c r="G751" t="s">
         <v>16</v>
       </c>
+      <c r="H751" t="s">
+        <v>1144</v>
+      </c>
       <c r="I751">
-        <v>517</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1680</v>
       </c>
       <c r="K751">
         <v>1</v>
       </c>
       <c r="L751">
-        <v>59060</v>
+        <v>46010</v>
       </c>
       <c r="M751">
         <v>2026</v>
       </c>
       <c r="N751" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="752" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A752" s="1" t="s">
-        <v>1148</v>
+        <v>1143</v>
       </c>
       <c r="B752">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C752" t="s">
         <v>15</v>
       </c>
       <c r="D752">
-        <v>2002</v>
+        <v>1985</v>
       </c>
       <c r="F752">
         <v>388</v>
       </c>
       <c r="G752" t="s">
         <v>16</v>
       </c>
-      <c r="H752" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I752">
-        <v>3600</v>
+        <v>5546</v>
       </c>
       <c r="K752">
         <v>1</v>
       </c>
       <c r="L752">
-        <v>286520</v>
+        <v>225470</v>
       </c>
       <c r="M752">
         <v>2026</v>
       </c>
       <c r="N752" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="753" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A753" s="1" t="s">
-        <v>1150</v>
+        <v>1145</v>
       </c>
       <c r="B753">
         <v>1</v>
       </c>
       <c r="C753" t="s">
         <v>15</v>
       </c>
       <c r="D753">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="F753">
-        <v>388</v>
+        <v>399</v>
       </c>
       <c r="G753" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="H753" t="s">
-        <v>1151</v>
+        <v>1146</v>
       </c>
       <c r="I753">
-        <v>600</v>
+        <v>5100</v>
       </c>
       <c r="K753">
         <v>1</v>
       </c>
       <c r="L753">
-        <v>21870</v>
+        <v>94310</v>
       </c>
       <c r="M753">
         <v>2026</v>
       </c>
       <c r="N753" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="754" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A754" s="1" t="s">
-        <v>1152</v>
+        <v>1147</v>
       </c>
       <c r="B754">
         <v>1</v>
       </c>
       <c r="C754" t="s">
         <v>15</v>
       </c>
       <c r="D754">
-        <v>1970</v>
+        <v>2024</v>
       </c>
       <c r="F754">
-        <v>356</v>
+        <v>388</v>
       </c>
       <c r="G754" t="s">
-        <v>895</v>
-[...2 lines deleted...]
-        <v>1153</v>
+        <v>16</v>
       </c>
       <c r="I754">
-        <v>1526</v>
+        <v>517</v>
+      </c>
+      <c r="J754">
+        <v>1</v>
       </c>
       <c r="K754">
         <v>1</v>
       </c>
       <c r="L754">
-        <v>157370</v>
+        <v>59060</v>
       </c>
       <c r="M754">
         <v>2026</v>
       </c>
       <c r="N754" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="755" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A755" s="1" t="s">
-        <v>1154</v>
+        <v>1148</v>
       </c>
       <c r="B755">
         <v>1</v>
       </c>
       <c r="C755" t="s">
         <v>15</v>
       </c>
       <c r="D755">
-        <v>1980</v>
+        <v>2002</v>
       </c>
       <c r="F755">
-        <v>373</v>
+        <v>388</v>
       </c>
       <c r="G755" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="H755" t="s">
-        <v>1155</v>
+        <v>1149</v>
       </c>
       <c r="I755">
-        <v>828</v>
+        <v>3600</v>
       </c>
       <c r="K755">
         <v>1</v>
       </c>
       <c r="L755">
-        <v>43970</v>
+        <v>286520</v>
       </c>
       <c r="M755">
         <v>2026</v>
       </c>
       <c r="N755" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="756" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A756" s="1" t="s">
-        <v>1156</v>
+        <v>1150</v>
       </c>
       <c r="B756">
         <v>1</v>
       </c>
       <c r="C756" t="s">
         <v>15</v>
       </c>
       <c r="D756">
-        <v>1970</v>
+        <v>1992</v>
       </c>
       <c r="F756">
-        <v>356</v>
+        <v>388</v>
       </c>
       <c r="G756" t="s">
-        <v>895</v>
+        <v>16</v>
       </c>
       <c r="H756" t="s">
-        <v>1157</v>
+        <v>1151</v>
       </c>
       <c r="I756">
-        <v>290</v>
+        <v>600</v>
       </c>
       <c r="K756">
         <v>1</v>
       </c>
       <c r="L756">
-        <v>26350</v>
+        <v>21870</v>
       </c>
       <c r="M756">
         <v>2026</v>
       </c>
       <c r="N756" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="757" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A757" s="1" t="s">
-        <v>1158</v>
+        <v>1152</v>
       </c>
       <c r="B757">
         <v>1</v>
       </c>
       <c r="C757" t="s">
         <v>15</v>
       </c>
       <c r="D757">
-        <v>2000</v>
+        <v>1970</v>
       </c>
       <c r="F757">
         <v>356</v>
       </c>
       <c r="G757" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H757" t="s">
-        <v>1159</v>
+        <v>1153</v>
       </c>
       <c r="I757">
-        <v>2671</v>
+        <v>1526</v>
       </c>
       <c r="K757">
         <v>1</v>
       </c>
       <c r="L757">
-        <v>264590</v>
+        <v>157370</v>
       </c>
       <c r="M757">
         <v>2026</v>
       </c>
       <c r="N757" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="758" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A758" s="1" t="s">
-        <v>1160</v>
+        <v>1154</v>
       </c>
       <c r="B758">
         <v>1</v>
       </c>
       <c r="C758" t="s">
         <v>15</v>
       </c>
       <c r="D758">
-        <v>2000</v>
+        <v>1980</v>
       </c>
       <c r="F758">
-        <v>355</v>
+        <v>373</v>
       </c>
       <c r="G758" t="s">
-        <v>1031</v>
+        <v>19</v>
       </c>
       <c r="H758" t="s">
-        <v>1161</v>
+        <v>1155</v>
       </c>
       <c r="I758">
-        <v>710</v>
+        <v>828</v>
       </c>
       <c r="K758">
         <v>1</v>
       </c>
       <c r="L758">
-        <v>107320</v>
+        <v>43970</v>
       </c>
       <c r="M758">
         <v>2026</v>
       </c>
       <c r="N758" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="759" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A759" s="1" t="s">
-        <v>1162</v>
+        <v>1156</v>
       </c>
       <c r="B759">
         <v>1</v>
       </c>
       <c r="C759" t="s">
         <v>15</v>
       </c>
       <c r="D759">
-        <v>2000</v>
+        <v>1970</v>
       </c>
       <c r="F759">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G759" t="s">
-        <v>1031</v>
+        <v>894</v>
       </c>
       <c r="H759" t="s">
-        <v>213</v>
+        <v>1157</v>
       </c>
       <c r="I759">
-        <v>728</v>
+        <v>290</v>
       </c>
       <c r="K759">
         <v>1</v>
       </c>
       <c r="L759">
-        <v>101880</v>
+        <v>26350</v>
       </c>
       <c r="M759">
         <v>2026</v>
       </c>
       <c r="N759" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="760" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A760" s="1" t="s">
-        <v>1163</v>
+        <v>1158</v>
       </c>
       <c r="B760">
         <v>1</v>
       </c>
       <c r="C760" t="s">
         <v>15</v>
       </c>
       <c r="D760">
         <v>2000</v>
       </c>
       <c r="F760">
-        <v>373</v>
+        <v>356</v>
       </c>
       <c r="G760" t="s">
-        <v>19</v>
+        <v>894</v>
       </c>
       <c r="H760" t="s">
-        <v>213</v>
+        <v>1159</v>
       </c>
       <c r="I760">
-        <v>486</v>
+        <v>2671</v>
       </c>
       <c r="K760">
         <v>1</v>
       </c>
       <c r="L760">
-        <v>0</v>
+        <v>264590</v>
       </c>
       <c r="M760">
         <v>2026</v>
       </c>
       <c r="N760" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="761" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A761" s="1" t="s">
-        <v>1164</v>
+        <v>1160</v>
       </c>
       <c r="B761">
         <v>1</v>
       </c>
       <c r="C761" t="s">
         <v>15</v>
       </c>
       <c r="D761">
-        <v>1980</v>
+        <v>2000</v>
       </c>
       <c r="F761">
-        <v>101</v>
+        <v>355</v>
       </c>
       <c r="G761" t="s">
-        <v>43</v>
+        <v>1031</v>
       </c>
       <c r="H761" t="s">
-        <v>1165</v>
+        <v>1161</v>
       </c>
       <c r="I761">
-        <v>1254</v>
+        <v>710</v>
       </c>
       <c r="K761">
         <v>1</v>
       </c>
       <c r="L761">
-        <v>65940</v>
+        <v>107320</v>
       </c>
       <c r="M761">
         <v>2026</v>
       </c>
       <c r="N761" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="762" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A762" s="1" t="s">
-        <v>1166</v>
+        <v>1162</v>
       </c>
       <c r="B762">
         <v>1</v>
       </c>
       <c r="C762" t="s">
         <v>15</v>
       </c>
       <c r="D762">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="F762">
-        <v>101</v>
+        <v>355</v>
       </c>
       <c r="G762" t="s">
-        <v>43</v>
+        <v>1031</v>
       </c>
       <c r="H762" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
       <c r="I762">
-        <v>1584</v>
+        <v>728</v>
       </c>
       <c r="K762">
         <v>1</v>
       </c>
       <c r="L762">
-        <v>149470</v>
+        <v>101880</v>
       </c>
       <c r="M762">
         <v>2026</v>
       </c>
       <c r="N762" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="763" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A763" s="1" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="B763">
         <v>1</v>
       </c>
       <c r="C763" t="s">
         <v>15</v>
       </c>
       <c r="D763">
         <v>2000</v>
       </c>
-      <c r="E763">
-[...1 lines deleted...]
-      </c>
       <c r="F763">
-        <v>356</v>
+        <v>373</v>
       </c>
       <c r="G763" t="s">
-        <v>895</v>
+        <v>19</v>
+      </c>
+      <c r="H763" t="s">
+        <v>1163</v>
       </c>
       <c r="I763">
-        <v>3000</v>
-[...1 lines deleted...]
-      <c r="J763">
+        <v>486</v>
+      </c>
+      <c r="K763">
         <v>1</v>
       </c>
       <c r="L763">
-        <v>267140</v>
+        <v>0</v>
       </c>
       <c r="M763">
         <v>2026</v>
       </c>
       <c r="N763" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="764" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A764" s="1" t="s">
-        <v>1169</v>
+        <v>1165</v>
       </c>
       <c r="B764">
         <v>1</v>
       </c>
       <c r="C764" t="s">
         <v>15</v>
       </c>
       <c r="D764">
-        <v>2000</v>
-[...2 lines deleted...]
-        <v>2021</v>
+        <v>1980</v>
       </c>
       <c r="F764">
-        <v>356</v>
+        <v>101</v>
       </c>
       <c r="G764" t="s">
-        <v>895</v>
+        <v>43</v>
+      </c>
+      <c r="H764" t="s">
+        <v>1166</v>
       </c>
       <c r="I764">
-        <v>3000</v>
-[...1 lines deleted...]
-      <c r="J764">
+        <v>1254</v>
+      </c>
+      <c r="K764">
         <v>1</v>
       </c>
       <c r="L764">
-        <v>267140</v>
+        <v>65940</v>
       </c>
       <c r="M764">
         <v>2026</v>
       </c>
       <c r="N764" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="765" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A765" s="1" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="B765">
         <v>1</v>
       </c>
       <c r="C765" t="s">
         <v>15</v>
       </c>
       <c r="D765">
-        <v>2000</v>
-[...2 lines deleted...]
-        <v>2021</v>
+        <v>2001</v>
       </c>
       <c r="F765">
-        <v>356</v>
+        <v>101</v>
       </c>
       <c r="G765" t="s">
-        <v>895</v>
+        <v>43</v>
+      </c>
+      <c r="H765" t="s">
+        <v>1168</v>
       </c>
       <c r="I765">
-        <v>3000</v>
-[...1 lines deleted...]
-      <c r="J765">
+        <v>1584</v>
+      </c>
+      <c r="K765">
         <v>1</v>
       </c>
       <c r="L765">
-        <v>267140</v>
+        <v>149470</v>
       </c>
       <c r="M765">
         <v>2026</v>
       </c>
       <c r="N765" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="766" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A766" s="1" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="B766">
         <v>1</v>
       </c>
       <c r="C766" t="s">
         <v>15</v>
       </c>
       <c r="D766">
         <v>2000</v>
       </c>
       <c r="E766">
         <v>2021</v>
       </c>
       <c r="F766">
         <v>356</v>
       </c>
       <c r="G766" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="I766">
         <v>3000</v>
       </c>
       <c r="J766">
         <v>1</v>
       </c>
       <c r="L766">
-        <v>271440</v>
+        <v>267140</v>
       </c>
       <c r="M766">
         <v>2026</v>
       </c>
       <c r="N766" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="767" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A767" s="1" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="B767">
         <v>1</v>
       </c>
       <c r="C767" t="s">
         <v>15</v>
       </c>
       <c r="D767">
-        <v>2024</v>
+        <v>2000</v>
+      </c>
+      <c r="E767">
+        <v>2021</v>
       </c>
       <c r="F767">
-        <v>321</v>
+        <v>356</v>
       </c>
       <c r="G767" t="s">
-        <v>39</v>
+        <v>894</v>
       </c>
       <c r="I767">
-        <v>1700</v>
+        <v>3000</v>
       </c>
       <c r="J767">
         <v>1</v>
       </c>
-      <c r="K767">
-[...1 lines deleted...]
-      </c>
       <c r="L767">
-        <v>214420</v>
+        <v>267140</v>
       </c>
       <c r="M767">
         <v>2026</v>
       </c>
       <c r="N767" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="768" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A768" s="1" t="s">
-        <v>1173</v>
+        <v>1171</v>
       </c>
       <c r="B768">
         <v>1</v>
       </c>
       <c r="C768" t="s">
         <v>15</v>
       </c>
       <c r="D768">
         <v>2000</v>
       </c>
+      <c r="E768">
+        <v>2021</v>
+      </c>
       <c r="F768">
-        <v>710</v>
+        <v>356</v>
       </c>
       <c r="G768" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>1084</v>
+        <v>894</v>
       </c>
       <c r="I768">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="K768">
+        <v>3000</v>
+      </c>
+      <c r="J768">
         <v>1</v>
       </c>
       <c r="L768">
-        <v>6760</v>
+        <v>267140</v>
       </c>
       <c r="M768">
         <v>2026</v>
       </c>
       <c r="N768" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="769" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A769" s="1" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="B769">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C769" t="s">
         <v>15</v>
       </c>
       <c r="D769">
-        <v>1985</v>
+        <v>2000</v>
+      </c>
+      <c r="E769">
+        <v>2021</v>
       </c>
       <c r="F769">
-        <v>660</v>
+        <v>356</v>
       </c>
       <c r="G769" t="s">
-        <v>195</v>
+        <v>894</v>
       </c>
       <c r="I769">
-        <v>9266</v>
-[...1 lines deleted...]
-      <c r="K769">
+        <v>3000</v>
+      </c>
+      <c r="J769">
         <v>1</v>
       </c>
       <c r="L769">
-        <v>326390</v>
+        <v>271440</v>
       </c>
       <c r="M769">
         <v>2026</v>
       </c>
       <c r="N769" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="770" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A770" s="1" t="s">
-        <v>1175</v>
+        <v>1173</v>
       </c>
       <c r="B770">
         <v>1</v>
       </c>
       <c r="C770" t="s">
         <v>15</v>
       </c>
       <c r="D770">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="F770">
-        <v>398</v>
+        <v>321</v>
       </c>
       <c r="G770" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="I770">
-        <v>3400</v>
+        <v>1700</v>
       </c>
       <c r="J770">
         <v>1</v>
       </c>
       <c r="K770">
         <v>1</v>
       </c>
       <c r="L770">
-        <v>171990</v>
+        <v>214420</v>
       </c>
       <c r="M770">
         <v>2026</v>
       </c>
       <c r="N770" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="771" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A771" s="1" t="s">
-        <v>1175</v>
+        <v>1174</v>
       </c>
       <c r="B771">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C771" t="s">
         <v>15</v>
       </c>
       <c r="D771">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="F771">
-        <v>398</v>
+        <v>710</v>
       </c>
       <c r="G771" t="s">
-        <v>29</v>
+        <v>192</v>
+      </c>
+      <c r="H771" t="s">
+        <v>1084</v>
       </c>
       <c r="I771">
-        <v>7050</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>160</v>
       </c>
       <c r="K771">
         <v>1</v>
       </c>
       <c r="L771">
-        <v>318000</v>
+        <v>6760</v>
       </c>
       <c r="M771">
         <v>2026</v>
       </c>
       <c r="N771" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="772" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A772" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="B772">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C772" t="s">
         <v>15</v>
       </c>
       <c r="D772">
-        <v>2013</v>
+        <v>1985</v>
       </c>
       <c r="F772">
-        <v>398</v>
+        <v>660</v>
       </c>
       <c r="G772" t="s">
-        <v>29</v>
+        <v>195</v>
       </c>
       <c r="I772">
-        <v>4900</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9266</v>
       </c>
       <c r="K772">
         <v>1</v>
       </c>
       <c r="L772">
-        <v>238420</v>
+        <v>326390</v>
       </c>
       <c r="M772">
         <v>2026</v>
       </c>
       <c r="N772" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="773" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A773" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="B773">
         <v>1</v>
       </c>
       <c r="C773" t="s">
         <v>15</v>
       </c>
       <c r="D773">
-        <v>1990</v>
+        <v>2013</v>
       </c>
       <c r="F773">
-        <v>373</v>
+        <v>398</v>
       </c>
       <c r="G773" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1177</v>
+        <v>29</v>
       </c>
       <c r="I773">
-        <v>1060</v>
+        <v>3400</v>
+      </c>
+      <c r="J773">
+        <v>1</v>
       </c>
       <c r="K773">
         <v>1</v>
       </c>
       <c r="L773">
-        <v>48310</v>
+        <v>171990</v>
       </c>
       <c r="M773">
         <v>2026</v>
       </c>
       <c r="N773" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="774" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A774" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="B774">
         <v>2</v>
       </c>
       <c r="C774" t="s">
         <v>15</v>
       </c>
       <c r="D774">
-        <v>1995</v>
+        <v>2013</v>
       </c>
       <c r="F774">
         <v>398</v>
       </c>
       <c r="G774" t="s">
         <v>29</v>
       </c>
       <c r="I774">
-        <v>1800</v>
+        <v>7050</v>
+      </c>
+      <c r="J774">
+        <v>1</v>
       </c>
       <c r="K774">
         <v>1</v>
       </c>
       <c r="L774">
-        <v>61780</v>
+        <v>318000</v>
       </c>
       <c r="M774">
         <v>2026</v>
       </c>
       <c r="N774" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="775" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A775" s="1" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="B775">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C775" t="s">
         <v>15</v>
       </c>
       <c r="D775">
-        <v>1986</v>
+        <v>2013</v>
       </c>
       <c r="F775">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="G775" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1179</v>
+        <v>29</v>
       </c>
       <c r="I775">
-        <v>6859</v>
+        <v>4900</v>
+      </c>
+      <c r="J775">
+        <v>1</v>
       </c>
       <c r="K775">
         <v>1</v>
       </c>
       <c r="L775">
-        <v>118750</v>
+        <v>238420</v>
       </c>
       <c r="M775">
         <v>2026</v>
       </c>
       <c r="N775" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="776" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A776" s="1" t="s">
-        <v>1180</v>
+        <v>1177</v>
       </c>
       <c r="B776">
         <v>1</v>
       </c>
       <c r="C776" t="s">
         <v>15</v>
       </c>
       <c r="D776">
-        <v>2016</v>
+        <v>1990</v>
       </c>
       <c r="F776">
-        <v>353</v>
+        <v>373</v>
       </c>
       <c r="G776" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="H776" t="s">
-        <v>1181</v>
+        <v>1178</v>
       </c>
       <c r="I776">
-        <v>10664</v>
+        <v>1060</v>
       </c>
       <c r="K776">
         <v>1</v>
       </c>
       <c r="L776">
-        <v>2666840</v>
+        <v>48310</v>
       </c>
       <c r="M776">
         <v>2026</v>
       </c>
       <c r="N776" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="777" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A777" s="1" t="s">
-        <v>1182</v>
+        <v>1177</v>
       </c>
       <c r="B777">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C777" t="s">
         <v>15</v>
       </c>
       <c r="D777">
-        <v>1988</v>
+        <v>1995</v>
       </c>
       <c r="F777">
-        <v>374</v>
+        <v>398</v>
       </c>
       <c r="G777" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>1183</v>
+        <v>29</v>
       </c>
       <c r="I777">
-        <v>22096</v>
+        <v>1800</v>
       </c>
       <c r="K777">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L777">
-        <v>1185010</v>
+        <v>61780</v>
       </c>
       <c r="M777">
         <v>2026</v>
       </c>
       <c r="N777" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="778" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A778" s="1" t="s">
-        <v>1182</v>
+        <v>1179</v>
       </c>
       <c r="B778">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C778" t="s">
         <v>15</v>
       </c>
       <c r="D778">
-        <v>1988</v>
+        <v>1986</v>
       </c>
       <c r="F778">
-        <v>374</v>
+        <v>388</v>
       </c>
       <c r="G778" t="s">
-        <v>62</v>
+        <v>16</v>
+      </c>
+      <c r="H778" t="s">
+        <v>1180</v>
       </c>
       <c r="I778">
-        <v>6000</v>
+        <v>6859</v>
       </c>
       <c r="K778">
         <v>1</v>
       </c>
       <c r="L778">
-        <v>314170</v>
+        <v>118750</v>
       </c>
       <c r="M778">
         <v>2026</v>
       </c>
       <c r="N778" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="779" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A779" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B779">
+        <v>1</v>
+      </c>
+      <c r="C779" t="s">
+        <v>15</v>
+      </c>
+      <c r="D779">
+        <v>2016</v>
+      </c>
+      <c r="F779">
+        <v>353</v>
+      </c>
+      <c r="G779" t="s">
+        <v>57</v>
+      </c>
+      <c r="H779" t="s">
         <v>1182</v>
       </c>
-      <c r="B779">
-[...13 lines deleted...]
-      </c>
       <c r="I779">
-        <v>6564</v>
+        <v>10664</v>
       </c>
       <c r="K779">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L779">
-        <v>374790</v>
+        <v>2666840</v>
       </c>
       <c r="M779">
         <v>2026</v>
       </c>
       <c r="N779" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="780" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A780" s="1" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="B780">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C780" t="s">
         <v>15</v>
       </c>
       <c r="D780">
         <v>1988</v>
       </c>
       <c r="F780">
         <v>374</v>
       </c>
       <c r="G780" t="s">
         <v>62</v>
       </c>
+      <c r="H780" t="s">
+        <v>1184</v>
+      </c>
       <c r="I780">
-        <v>5904</v>
+        <v>22096</v>
       </c>
       <c r="K780">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L780">
-        <v>309360</v>
+        <v>1185010</v>
       </c>
       <c r="M780">
         <v>2026</v>
       </c>
       <c r="N780" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="781" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A781" s="1" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="B781">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C781" t="s">
         <v>15</v>
       </c>
       <c r="D781">
         <v>1988</v>
       </c>
       <c r="F781">
-        <v>344</v>
+        <v>374</v>
       </c>
       <c r="G781" t="s">
-        <v>137</v>
+        <v>62</v>
       </c>
       <c r="I781">
-        <v>16664</v>
+        <v>6000</v>
       </c>
       <c r="K781">
         <v>1</v>
       </c>
       <c r="L781">
-        <v>872990</v>
+        <v>314170</v>
       </c>
       <c r="M781">
         <v>2026</v>
       </c>
       <c r="N781" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="782" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A782" s="1" t="s">
-        <v>1184</v>
+        <v>1183</v>
       </c>
       <c r="B782">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C782" t="s">
         <v>15</v>
       </c>
       <c r="D782">
-        <v>1990</v>
+        <v>1988</v>
       </c>
       <c r="F782">
-        <v>101</v>
+        <v>374</v>
       </c>
       <c r="G782" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>1185</v>
+        <v>62</v>
       </c>
       <c r="I782">
-        <v>1728</v>
+        <v>6564</v>
       </c>
       <c r="K782">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L782">
-        <v>105710</v>
+        <v>374790</v>
       </c>
       <c r="M782">
         <v>2026</v>
       </c>
       <c r="N782" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="783" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A783" s="1" t="s">
-        <v>1186</v>
+        <v>1183</v>
       </c>
       <c r="B783">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C783" t="s">
         <v>15</v>
       </c>
       <c r="D783">
-        <v>1989</v>
+        <v>1988</v>
       </c>
       <c r="F783">
-        <v>710</v>
+        <v>374</v>
       </c>
       <c r="G783" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>1187</v>
+        <v>62</v>
       </c>
       <c r="I783">
-        <v>600</v>
+        <v>5904</v>
       </c>
       <c r="K783">
         <v>1</v>
       </c>
       <c r="L783">
-        <v>29640</v>
+        <v>309360</v>
       </c>
       <c r="M783">
         <v>2026</v>
       </c>
       <c r="N783" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="784" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A784" s="1" t="s">
-        <v>1188</v>
+        <v>1183</v>
       </c>
       <c r="B784">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C784" t="s">
         <v>15</v>
       </c>
       <c r="D784">
-        <v>2003</v>
+        <v>1988</v>
       </c>
       <c r="F784">
-        <v>374</v>
+        <v>344</v>
       </c>
       <c r="G784" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>1189</v>
+        <v>136</v>
       </c>
       <c r="I784">
-        <v>6288</v>
+        <v>16664</v>
       </c>
       <c r="K784">
         <v>1</v>
       </c>
       <c r="L784">
-        <v>697410</v>
+        <v>872990</v>
       </c>
       <c r="M784">
         <v>2026</v>
       </c>
       <c r="N784" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="785" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A785" s="1" t="s">
-        <v>1190</v>
+        <v>1185</v>
       </c>
       <c r="B785">
         <v>1</v>
       </c>
       <c r="C785" t="s">
         <v>15</v>
       </c>
       <c r="D785">
-        <v>1997</v>
+        <v>1990</v>
       </c>
       <c r="F785">
-        <v>315</v>
+        <v>101</v>
       </c>
       <c r="G785" t="s">
-        <v>458</v>
+        <v>43</v>
       </c>
       <c r="H785" t="s">
-        <v>1191</v>
+        <v>1186</v>
       </c>
       <c r="I785">
-        <v>4560</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>1728</v>
       </c>
       <c r="K785">
         <v>1</v>
       </c>
       <c r="L785">
-        <v>319240</v>
+        <v>105710</v>
       </c>
       <c r="M785">
         <v>2026</v>
       </c>
       <c r="N785" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="786" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A786" s="1" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="B786">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C786" t="s">
         <v>15</v>
       </c>
       <c r="D786">
-        <v>1997</v>
+        <v>1989</v>
       </c>
       <c r="F786">
-        <v>315</v>
+        <v>710</v>
       </c>
       <c r="G786" t="s">
-        <v>458</v>
+        <v>192</v>
+      </c>
+      <c r="H786" t="s">
+        <v>1188</v>
       </c>
       <c r="I786">
-        <v>7900</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>600</v>
       </c>
       <c r="K786">
         <v>1</v>
       </c>
       <c r="L786">
-        <v>653640</v>
+        <v>29640</v>
       </c>
       <c r="M786">
         <v>2026</v>
       </c>
       <c r="N786" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="787" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A787" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B787">
+        <v>1</v>
+      </c>
+      <c r="C787" t="s">
+        <v>15</v>
+      </c>
+      <c r="D787">
+        <v>2003</v>
+      </c>
+      <c r="F787">
+        <v>374</v>
+      </c>
+      <c r="G787" t="s">
+        <v>62</v>
+      </c>
+      <c r="H787" t="s">
         <v>1190</v>
       </c>
-      <c r="B787">
-[...13 lines deleted...]
-      </c>
       <c r="I787">
-        <v>9064</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>6288</v>
       </c>
       <c r="K787">
         <v>1</v>
       </c>
       <c r="L787">
-        <v>787480</v>
+        <v>697410</v>
       </c>
       <c r="M787">
         <v>2026</v>
       </c>
       <c r="N787" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="788" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A788" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B788">
+        <v>1</v>
+      </c>
+      <c r="C788" t="s">
+        <v>15</v>
+      </c>
+      <c r="D788">
+        <v>1997</v>
+      </c>
+      <c r="F788">
+        <v>315</v>
+      </c>
+      <c r="G788" t="s">
+        <v>456</v>
+      </c>
+      <c r="H788" t="s">
         <v>1192</v>
       </c>
-      <c r="B788">
-[...16 lines deleted...]
-      </c>
       <c r="I788">
-        <v>31091</v>
+        <v>4560</v>
+      </c>
+      <c r="J788">
+        <v>8</v>
       </c>
       <c r="K788">
         <v>1</v>
       </c>
       <c r="L788">
-        <v>1244460</v>
+        <v>319240</v>
       </c>
       <c r="M788">
         <v>2026</v>
       </c>
       <c r="N788" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="789" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A789" s="1" t="s">
-        <v>1194</v>
+        <v>1191</v>
       </c>
       <c r="B789">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C789" t="s">
         <v>15</v>
       </c>
       <c r="D789">
-        <v>1990</v>
+        <v>1997</v>
       </c>
       <c r="F789">
-        <v>351</v>
+        <v>315</v>
       </c>
       <c r="G789" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>456</v>
       </c>
       <c r="I789">
-        <v>2530</v>
+        <v>7900</v>
+      </c>
+      <c r="J789">
+        <v>11</v>
       </c>
       <c r="K789">
         <v>1</v>
       </c>
       <c r="L789">
-        <v>817270</v>
+        <v>653640</v>
       </c>
       <c r="M789">
         <v>2026</v>
       </c>
       <c r="N789" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="790" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A790" s="1" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="B790">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C790" t="s">
         <v>15</v>
       </c>
       <c r="D790">
         <v>1988</v>
       </c>
       <c r="F790">
-        <v>388</v>
+        <v>315</v>
       </c>
       <c r="G790" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>456</v>
       </c>
       <c r="I790">
-        <v>3144</v>
+        <v>9064</v>
+      </c>
+      <c r="J790">
+        <v>15</v>
       </c>
       <c r="K790">
         <v>1</v>
       </c>
       <c r="L790">
-        <v>139290</v>
+        <v>787480</v>
       </c>
       <c r="M790">
         <v>2026</v>
       </c>
       <c r="N790" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="791" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A791" s="1" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="B791">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C791" t="s">
         <v>15</v>
       </c>
       <c r="D791">
-        <v>2010</v>
+        <v>1990</v>
       </c>
       <c r="F791">
         <v>388</v>
       </c>
       <c r="G791" t="s">
         <v>16</v>
       </c>
       <c r="H791" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
       <c r="I791">
-        <v>374</v>
+        <v>31091</v>
       </c>
       <c r="K791">
         <v>1</v>
       </c>
       <c r="L791">
-        <v>0</v>
+        <v>1244460</v>
       </c>
       <c r="M791">
         <v>2026</v>
       </c>
       <c r="N791" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="792" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A792" s="1" t="s">
-        <v>1198</v>
+        <v>1195</v>
       </c>
       <c r="B792">
         <v>1</v>
       </c>
       <c r="C792" t="s">
         <v>15</v>
       </c>
       <c r="D792">
         <v>1990</v>
       </c>
       <c r="F792">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="G792" t="s">
-        <v>57</v>
+        <v>94</v>
+      </c>
+      <c r="H792" t="s">
+        <v>95</v>
       </c>
       <c r="I792">
-        <v>340</v>
+        <v>2530</v>
       </c>
       <c r="K792">
         <v>1</v>
       </c>
       <c r="L792">
-        <v>30830</v>
+        <v>817270</v>
       </c>
       <c r="M792">
         <v>2026</v>
       </c>
       <c r="N792" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="793" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A793" s="1" t="s">
-        <v>1198</v>
+        <v>1196</v>
       </c>
       <c r="B793">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C793" t="s">
         <v>15</v>
       </c>
       <c r="D793">
-        <v>1990</v>
+        <v>1988</v>
       </c>
       <c r="F793">
         <v>388</v>
       </c>
       <c r="G793" t="s">
         <v>16</v>
       </c>
+      <c r="H793" t="s">
+        <v>16</v>
+      </c>
       <c r="I793">
-        <v>588</v>
+        <v>3144</v>
       </c>
       <c r="K793">
         <v>1</v>
       </c>
       <c r="L793">
-        <v>24130</v>
+        <v>139290</v>
       </c>
       <c r="M793">
         <v>2026</v>
       </c>
       <c r="N793" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="794" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A794" s="1" t="s">
-        <v>1199</v>
+        <v>1197</v>
       </c>
       <c r="B794">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C794" t="s">
         <v>15</v>
       </c>
       <c r="D794">
-        <v>1995</v>
+        <v>2010</v>
       </c>
       <c r="F794">
         <v>388</v>
       </c>
       <c r="G794" t="s">
         <v>16</v>
       </c>
       <c r="H794" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
       <c r="I794">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="K794">
         <v>1</v>
       </c>
       <c r="L794">
-        <v>26890</v>
+        <v>0</v>
       </c>
       <c r="M794">
         <v>2026</v>
       </c>
       <c r="N794" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="795" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A795" s="1" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="B795">
         <v>1</v>
       </c>
       <c r="C795" t="s">
         <v>15</v>
       </c>
       <c r="D795">
-        <v>1993</v>
+        <v>1990</v>
       </c>
       <c r="F795">
-        <v>374</v>
+        <v>353</v>
       </c>
       <c r="G795" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>1202</v>
+        <v>57</v>
       </c>
       <c r="I795">
-        <v>6750</v>
+        <v>340</v>
       </c>
       <c r="K795">
         <v>1</v>
       </c>
       <c r="L795">
-        <v>346270</v>
+        <v>30830</v>
       </c>
       <c r="M795">
         <v>2026</v>
       </c>
       <c r="N795" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="796" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A796" s="1" t="s">
-        <v>1203</v>
+        <v>1199</v>
       </c>
       <c r="B796">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C796" t="s">
         <v>15</v>
       </c>
       <c r="D796">
-        <v>1993</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="F796">
-        <v>344</v>
+        <v>388</v>
       </c>
       <c r="G796" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>1204</v>
+        <v>16</v>
       </c>
       <c r="I796">
-        <v>16132</v>
+        <v>588</v>
       </c>
       <c r="K796">
         <v>1</v>
       </c>
       <c r="L796">
-        <v>1344450</v>
+        <v>24130</v>
       </c>
       <c r="M796">
         <v>2026</v>
       </c>
       <c r="N796" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="797" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A797" s="1" t="s">
-        <v>1205</v>
+        <v>1200</v>
       </c>
       <c r="B797">
         <v>1</v>
       </c>
       <c r="C797" t="s">
         <v>15</v>
       </c>
       <c r="D797">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="F797">
-        <v>373</v>
+        <v>388</v>
       </c>
       <c r="G797" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="H797" t="s">
-        <v>666</v>
+        <v>1201</v>
       </c>
       <c r="I797">
-        <v>8657</v>
+        <v>370</v>
       </c>
       <c r="K797">
         <v>1</v>
       </c>
       <c r="L797">
-        <v>658980</v>
+        <v>26890</v>
       </c>
       <c r="M797">
         <v>2026</v>
       </c>
       <c r="N797" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="798" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A798" s="1" t="s">
-        <v>1206</v>
+        <v>1202</v>
       </c>
       <c r="B798">
         <v>1</v>
       </c>
       <c r="C798" t="s">
         <v>15</v>
       </c>
       <c r="D798">
-        <v>1994</v>
+        <v>1993</v>
       </c>
       <c r="F798">
-        <v>353</v>
+        <v>374</v>
       </c>
       <c r="G798" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H798" t="s">
-        <v>1207</v>
+        <v>1203</v>
       </c>
       <c r="I798">
-        <v>7412</v>
+        <v>6750</v>
       </c>
       <c r="K798">
         <v>1</v>
       </c>
       <c r="L798">
-        <v>1098620</v>
+        <v>346270</v>
       </c>
       <c r="M798">
         <v>2026</v>
       </c>
       <c r="N798" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="799" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A799" s="1" t="s">
-        <v>1208</v>
+        <v>1204</v>
       </c>
       <c r="B799">
         <v>1</v>
       </c>
       <c r="C799" t="s">
         <v>15</v>
       </c>
       <c r="D799">
+        <v>1993</v>
+      </c>
+      <c r="E799">
         <v>2000</v>
       </c>
       <c r="F799">
-        <v>373</v>
+        <v>344</v>
       </c>
       <c r="G799" t="s">
-        <v>19</v>
+        <v>136</v>
       </c>
       <c r="H799" t="s">
-        <v>1209</v>
+        <v>1205</v>
       </c>
       <c r="I799">
-        <v>3221</v>
+        <v>16132</v>
       </c>
       <c r="K799">
         <v>1</v>
       </c>
       <c r="L799">
-        <v>330530</v>
+        <v>1344450</v>
       </c>
       <c r="M799">
         <v>2026</v>
       </c>
       <c r="N799" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="800" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A800" s="1" t="s">
-        <v>1210</v>
+        <v>1206</v>
       </c>
       <c r="B800">
         <v>1</v>
       </c>
       <c r="C800" t="s">
         <v>15</v>
       </c>
       <c r="D800">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="F800">
-        <v>344</v>
+        <v>373</v>
       </c>
       <c r="G800" t="s">
-        <v>137</v>
+        <v>19</v>
       </c>
       <c r="H800" t="s">
-        <v>1204</v>
+        <v>665</v>
       </c>
       <c r="I800">
-        <v>15996</v>
+        <v>8657</v>
       </c>
       <c r="K800">
         <v>1</v>
       </c>
       <c r="L800">
-        <v>1346830</v>
+        <v>658980</v>
       </c>
       <c r="M800">
         <v>2026</v>
       </c>
       <c r="N800" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="801" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A801" s="1" t="s">
-        <v>1211</v>
+        <v>1207</v>
       </c>
       <c r="B801">
         <v>1</v>
       </c>
       <c r="C801" t="s">
         <v>15</v>
       </c>
       <c r="D801">
-        <v>1995</v>
+        <v>1994</v>
       </c>
       <c r="F801">
-        <v>373</v>
+        <v>353</v>
       </c>
       <c r="G801" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="H801" t="s">
-        <v>1212</v>
+        <v>1208</v>
       </c>
       <c r="I801">
-        <v>4029</v>
+        <v>7412</v>
       </c>
       <c r="K801">
         <v>1</v>
       </c>
       <c r="L801">
-        <v>287380</v>
+        <v>1098620</v>
       </c>
       <c r="M801">
         <v>2026</v>
       </c>
       <c r="N801" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="802" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A802" s="1" t="s">
-        <v>1213</v>
+        <v>1209</v>
       </c>
       <c r="B802">
         <v>1</v>
       </c>
       <c r="C802" t="s">
         <v>15</v>
       </c>
       <c r="D802">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="E802">
         <v>2000</v>
       </c>
       <c r="F802">
-        <v>344</v>
+        <v>373</v>
       </c>
       <c r="G802" t="s">
-        <v>137</v>
+        <v>19</v>
       </c>
       <c r="H802" t="s">
-        <v>1204</v>
+        <v>1210</v>
       </c>
       <c r="I802">
-        <v>6768</v>
+        <v>3221</v>
       </c>
       <c r="K802">
         <v>1</v>
       </c>
       <c r="L802">
-        <v>575700</v>
+        <v>330530</v>
       </c>
       <c r="M802">
         <v>2026</v>
       </c>
       <c r="N802" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="803" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A803" s="1" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="B803">
         <v>1</v>
       </c>
       <c r="C803" t="s">
         <v>15</v>
       </c>
       <c r="D803">
-        <v>1995</v>
+        <v>1994</v>
       </c>
       <c r="F803">
-        <v>321</v>
+        <v>344</v>
       </c>
       <c r="G803" t="s">
-        <v>39</v>
+        <v>136</v>
       </c>
       <c r="H803" t="s">
-        <v>1215</v>
+        <v>1205</v>
       </c>
       <c r="I803">
-        <v>4634</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>15996</v>
       </c>
       <c r="K803">
         <v>1</v>
       </c>
       <c r="L803">
-        <v>509920</v>
+        <v>1346830</v>
       </c>
       <c r="M803">
         <v>2026</v>
       </c>
       <c r="N803" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="804" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A804" s="1" t="s">
-        <v>1216</v>
+        <v>1212</v>
       </c>
       <c r="B804">
         <v>1</v>
       </c>
       <c r="C804" t="s">
         <v>15</v>
       </c>
       <c r="D804">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="F804">
         <v>373</v>
       </c>
       <c r="G804" t="s">
         <v>19</v>
       </c>
       <c r="H804" t="s">
-        <v>1217</v>
+        <v>1213</v>
       </c>
       <c r="I804">
-        <v>1394</v>
+        <v>4029</v>
       </c>
       <c r="K804">
         <v>1</v>
       </c>
       <c r="L804">
-        <v>176430</v>
+        <v>287380</v>
       </c>
       <c r="M804">
         <v>2026</v>
       </c>
       <c r="N804" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="805" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A805" s="1" t="s">
-        <v>1218</v>
+        <v>1214</v>
       </c>
       <c r="B805">
         <v>1</v>
       </c>
       <c r="C805" t="s">
         <v>15</v>
       </c>
       <c r="D805">
-        <v>1999</v>
+        <v>1995</v>
+      </c>
+      <c r="E805">
+        <v>2000</v>
       </c>
       <c r="F805">
-        <v>321</v>
+        <v>344</v>
       </c>
       <c r="G805" t="s">
-        <v>39</v>
+        <v>136</v>
       </c>
       <c r="H805" t="s">
-        <v>1219</v>
+        <v>1205</v>
       </c>
       <c r="I805">
-        <v>4043</v>
+        <v>6768</v>
       </c>
       <c r="K805">
         <v>1</v>
       </c>
       <c r="L805">
-        <v>523200</v>
+        <v>575700</v>
       </c>
       <c r="M805">
         <v>2026</v>
       </c>
       <c r="N805" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="806" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A806" s="1" t="s">
-        <v>1220</v>
+        <v>1215</v>
       </c>
       <c r="B806">
         <v>1</v>
       </c>
       <c r="C806" t="s">
         <v>15</v>
       </c>
       <c r="D806">
-        <v>1998</v>
+        <v>1995</v>
       </c>
       <c r="F806">
-        <v>373</v>
+        <v>321</v>
       </c>
       <c r="G806" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="H806" t="s">
-        <v>1221</v>
+        <v>1216</v>
       </c>
       <c r="I806">
-        <v>400</v>
+        <v>4634</v>
+      </c>
+      <c r="J806">
+        <v>1</v>
       </c>
       <c r="K806">
         <v>1</v>
       </c>
       <c r="L806">
-        <v>36180</v>
+        <v>509920</v>
       </c>
       <c r="M806">
         <v>2026</v>
       </c>
       <c r="N806" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="807" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A807" s="1" t="s">
-        <v>1222</v>
+        <v>1217</v>
       </c>
       <c r="B807">
         <v>1</v>
       </c>
       <c r="C807" t="s">
         <v>15</v>
       </c>
       <c r="D807">
-        <v>2014</v>
+        <v>1996</v>
       </c>
       <c r="F807">
-        <v>321</v>
+        <v>373</v>
       </c>
       <c r="G807" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H807" t="s">
-        <v>1223</v>
+        <v>1218</v>
       </c>
       <c r="I807">
-        <v>1036</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1394</v>
       </c>
       <c r="K807">
         <v>1</v>
       </c>
       <c r="L807">
-        <v>302110</v>
+        <v>176430</v>
       </c>
       <c r="M807">
         <v>2026</v>
       </c>
       <c r="N807" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="808" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A808" s="1" t="s">
-        <v>1224</v>
+        <v>1219</v>
       </c>
       <c r="B808">
         <v>1</v>
       </c>
       <c r="C808" t="s">
         <v>15</v>
       </c>
       <c r="D808">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="F808">
-        <v>374</v>
+        <v>321</v>
       </c>
       <c r="G808" t="s">
-        <v>62</v>
+        <v>39</v>
       </c>
       <c r="H808" t="s">
-        <v>1225</v>
+        <v>1220</v>
       </c>
       <c r="I808">
-        <v>3172</v>
+        <v>4043</v>
       </c>
       <c r="K808">
         <v>1</v>
       </c>
       <c r="L808">
-        <v>370800</v>
+        <v>523200</v>
       </c>
       <c r="M808">
         <v>2026</v>
       </c>
       <c r="N808" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="809" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A809" s="1" t="s">
-        <v>1226</v>
+        <v>1221</v>
       </c>
       <c r="B809">
         <v>1</v>
       </c>
       <c r="C809" t="s">
         <v>15</v>
       </c>
       <c r="D809">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="F809">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="G809" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="H809" t="s">
-        <v>1227</v>
+        <v>1222</v>
       </c>
       <c r="I809">
-        <v>6613</v>
+        <v>400</v>
       </c>
       <c r="K809">
         <v>1</v>
       </c>
       <c r="L809">
-        <v>567680</v>
+        <v>36180</v>
       </c>
       <c r="M809">
         <v>2026</v>
       </c>
       <c r="N809" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="810" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A810" s="1" t="s">
-        <v>1228</v>
+        <v>1223</v>
       </c>
       <c r="B810">
         <v>1</v>
       </c>
       <c r="C810" t="s">
         <v>15</v>
       </c>
       <c r="D810">
         <v>2014</v>
       </c>
       <c r="F810">
         <v>321</v>
       </c>
       <c r="G810" t="s">
         <v>39</v>
       </c>
+      <c r="H810" t="s">
+        <v>1224</v>
+      </c>
       <c r="I810">
-        <v>5226</v>
+        <v>1036</v>
       </c>
       <c r="J810">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K810">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L810">
-        <v>744420</v>
+        <v>302110</v>
       </c>
       <c r="M810">
         <v>2026</v>
       </c>
       <c r="N810" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="811" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A811" s="1" t="s">
-        <v>1229</v>
+        <v>1225</v>
       </c>
       <c r="B811">
         <v>1</v>
       </c>
       <c r="C811" t="s">
         <v>15</v>
       </c>
       <c r="D811">
         <v>1994</v>
       </c>
       <c r="F811">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="G811" t="s">
-        <v>895</v>
+        <v>62</v>
       </c>
       <c r="H811" t="s">
-        <v>1230</v>
+        <v>1226</v>
       </c>
       <c r="I811">
-        <v>1176</v>
+        <v>3172</v>
       </c>
       <c r="K811">
         <v>1</v>
       </c>
       <c r="L811">
-        <v>121970</v>
+        <v>370800</v>
       </c>
       <c r="M811">
         <v>2026</v>
       </c>
       <c r="N811" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="812" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A812" s="1" t="s">
-        <v>1231</v>
+        <v>1227</v>
       </c>
       <c r="B812">
         <v>1</v>
       </c>
       <c r="C812" t="s">
         <v>15</v>
       </c>
       <c r="D812">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="F812">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="G812" t="s">
-        <v>895</v>
+        <v>62</v>
       </c>
       <c r="H812" t="s">
-        <v>1232</v>
+        <v>1228</v>
       </c>
       <c r="I812">
-        <v>1152</v>
+        <v>6613</v>
       </c>
       <c r="K812">
         <v>1</v>
       </c>
       <c r="L812">
-        <v>124430</v>
+        <v>567680</v>
       </c>
       <c r="M812">
         <v>2026</v>
       </c>
       <c r="N812" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="813" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A813" s="1" t="s">
-        <v>1233</v>
+        <v>1229</v>
       </c>
       <c r="B813">
         <v>1</v>
       </c>
       <c r="C813" t="s">
         <v>15</v>
       </c>
       <c r="D813">
-        <v>1994</v>
+        <v>2014</v>
       </c>
       <c r="F813">
-        <v>356</v>
+        <v>321</v>
       </c>
       <c r="G813" t="s">
-        <v>895</v>
-[...2 lines deleted...]
-        <v>1234</v>
+        <v>39</v>
       </c>
       <c r="I813">
-        <v>1212</v>
+        <v>5226</v>
+      </c>
+      <c r="J813">
+        <v>1</v>
       </c>
       <c r="K813">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L813">
-        <v>159570</v>
+        <v>744420</v>
       </c>
       <c r="M813">
         <v>2026</v>
       </c>
       <c r="N813" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="814" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A814" s="1" t="s">
-        <v>1235</v>
+        <v>1230</v>
       </c>
       <c r="B814">
         <v>1</v>
       </c>
       <c r="C814" t="s">
         <v>15</v>
       </c>
       <c r="D814">
         <v>1994</v>
       </c>
       <c r="F814">
         <v>356</v>
       </c>
       <c r="G814" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H814" t="s">
-        <v>1236</v>
+        <v>1231</v>
       </c>
       <c r="I814">
-        <v>1020</v>
+        <v>1176</v>
       </c>
       <c r="K814">
         <v>1</v>
       </c>
       <c r="L814">
-        <v>133980</v>
+        <v>121970</v>
       </c>
       <c r="M814">
         <v>2026</v>
       </c>
       <c r="N814" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="815" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A815" s="1" t="s">
-        <v>1237</v>
+        <v>1232</v>
       </c>
       <c r="B815">
         <v>1</v>
       </c>
       <c r="C815" t="s">
         <v>15</v>
       </c>
       <c r="D815">
         <v>1994</v>
       </c>
       <c r="F815">
         <v>356</v>
       </c>
       <c r="G815" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H815" t="s">
-        <v>1238</v>
+        <v>1233</v>
       </c>
       <c r="I815">
-        <v>1244</v>
+        <v>1152</v>
       </c>
       <c r="K815">
         <v>1</v>
       </c>
       <c r="L815">
-        <v>125650</v>
+        <v>124430</v>
       </c>
       <c r="M815">
         <v>2026</v>
       </c>
       <c r="N815" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="816" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A816" s="1" t="s">
-        <v>1239</v>
+        <v>1234</v>
       </c>
       <c r="B816">
         <v>1</v>
       </c>
       <c r="C816" t="s">
         <v>15</v>
       </c>
       <c r="D816">
         <v>1994</v>
       </c>
       <c r="F816">
         <v>356</v>
       </c>
       <c r="G816" t="s">
-        <v>895</v>
+        <v>894</v>
+      </c>
+      <c r="H816" t="s">
+        <v>1235</v>
       </c>
       <c r="I816">
-        <v>110</v>
+        <v>1212</v>
       </c>
       <c r="K816">
         <v>1</v>
       </c>
       <c r="L816">
-        <v>20720</v>
+        <v>159570</v>
       </c>
       <c r="M816">
         <v>2026</v>
       </c>
       <c r="N816" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="817" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A817" s="1" t="s">
-        <v>1240</v>
+        <v>1236</v>
       </c>
       <c r="B817">
         <v>1</v>
       </c>
       <c r="C817" t="s">
         <v>15</v>
       </c>
       <c r="D817">
-        <v>2013</v>
+        <v>1994</v>
       </c>
       <c r="F817">
-        <v>373</v>
+        <v>356</v>
       </c>
       <c r="G817" t="s">
-        <v>19</v>
+        <v>894</v>
+      </c>
+      <c r="H817" t="s">
+        <v>1237</v>
       </c>
       <c r="I817">
-        <v>6863</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1020</v>
       </c>
       <c r="K817">
         <v>1</v>
       </c>
       <c r="L817">
-        <v>813980</v>
+        <v>133980</v>
       </c>
       <c r="M817">
         <v>2026</v>
       </c>
       <c r="N817" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="818" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A818" s="1" t="s">
-        <v>1241</v>
+        <v>1238</v>
       </c>
       <c r="B818">
         <v>1</v>
       </c>
       <c r="C818" t="s">
         <v>15</v>
       </c>
       <c r="D818">
-        <v>1999</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>1994</v>
       </c>
       <c r="F818">
         <v>356</v>
       </c>
       <c r="G818" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H818" t="s">
-        <v>902</v>
+        <v>1239</v>
       </c>
       <c r="I818">
-        <v>5000</v>
+        <v>1244</v>
       </c>
       <c r="K818">
         <v>1</v>
       </c>
       <c r="L818">
-        <v>646330</v>
+        <v>125650</v>
       </c>
       <c r="M818">
         <v>2026</v>
       </c>
       <c r="N818" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="819" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A819" s="1" t="s">
-        <v>1242</v>
+        <v>1240</v>
       </c>
       <c r="B819">
         <v>1</v>
       </c>
       <c r="C819" t="s">
         <v>15</v>
       </c>
       <c r="D819">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="F819">
         <v>356</v>
       </c>
       <c r="G819" t="s">
-        <v>895</v>
-[...2 lines deleted...]
-        <v>1243</v>
+        <v>894</v>
       </c>
       <c r="I819">
-        <v>5000</v>
+        <v>110</v>
       </c>
       <c r="K819">
         <v>1</v>
       </c>
       <c r="L819">
-        <v>696070</v>
+        <v>20720</v>
       </c>
       <c r="M819">
         <v>2026</v>
       </c>
       <c r="N819" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="820" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A820" s="1" t="s">
-        <v>1244</v>
+        <v>1241</v>
       </c>
       <c r="B820">
         <v>1</v>
       </c>
       <c r="C820" t="s">
         <v>15</v>
       </c>
       <c r="D820">
-        <v>2001</v>
+        <v>2013</v>
       </c>
       <c r="F820">
-        <v>356</v>
+        <v>373</v>
       </c>
       <c r="G820" t="s">
-        <v>895</v>
-[...2 lines deleted...]
-        <v>1245</v>
+        <v>19</v>
       </c>
       <c r="I820">
-        <v>2087</v>
+        <v>6863</v>
+      </c>
+      <c r="J820">
+        <v>1</v>
       </c>
       <c r="K820">
         <v>1</v>
       </c>
       <c r="L820">
-        <v>596560</v>
+        <v>813980</v>
       </c>
       <c r="M820">
         <v>2026</v>
       </c>
       <c r="N820" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="821" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A821" s="1" t="s">
-        <v>1246</v>
+        <v>1242</v>
       </c>
       <c r="B821">
         <v>1</v>
       </c>
       <c r="C821" t="s">
         <v>15</v>
       </c>
       <c r="D821">
-        <v>2001</v>
+        <v>1999</v>
+      </c>
+      <c r="E821">
+        <v>2003</v>
       </c>
       <c r="F821">
         <v>356</v>
       </c>
       <c r="G821" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H821" t="s">
-        <v>1247</v>
+        <v>901</v>
       </c>
       <c r="I821">
-        <v>1950</v>
+        <v>5000</v>
       </c>
       <c r="K821">
         <v>1</v>
       </c>
       <c r="L821">
-        <v>311780</v>
+        <v>646330</v>
       </c>
       <c r="M821">
         <v>2026</v>
       </c>
       <c r="N821" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="822" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A822" s="1" t="s">
-        <v>1248</v>
+        <v>1243</v>
       </c>
       <c r="B822">
         <v>1</v>
       </c>
       <c r="C822" t="s">
         <v>15</v>
       </c>
       <c r="D822">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="F822">
         <v>356</v>
       </c>
       <c r="G822" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H822" t="s">
-        <v>1249</v>
+        <v>1244</v>
       </c>
       <c r="I822">
-        <v>1950</v>
+        <v>5000</v>
       </c>
       <c r="K822">
         <v>1</v>
       </c>
       <c r="L822">
-        <v>216660</v>
+        <v>696070</v>
       </c>
       <c r="M822">
         <v>2026</v>
       </c>
       <c r="N822" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="823" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A823" s="1" t="s">
-        <v>1250</v>
+        <v>1245</v>
       </c>
       <c r="B823">
         <v>1</v>
       </c>
       <c r="C823" t="s">
         <v>15</v>
       </c>
       <c r="D823">
         <v>2001</v>
       </c>
       <c r="F823">
         <v>356</v>
       </c>
       <c r="G823" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H823" t="s">
-        <v>1251</v>
+        <v>1246</v>
       </c>
       <c r="I823">
-        <v>1950</v>
+        <v>2087</v>
       </c>
       <c r="K823">
         <v>1</v>
       </c>
       <c r="L823">
-        <v>311780</v>
+        <v>596560</v>
       </c>
       <c r="M823">
         <v>2026</v>
       </c>
       <c r="N823" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="824" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A824" s="1" t="s">
-        <v>1252</v>
+        <v>1247</v>
       </c>
       <c r="B824">
         <v>1</v>
       </c>
       <c r="C824" t="s">
         <v>15</v>
       </c>
       <c r="D824">
         <v>2001</v>
       </c>
       <c r="F824">
         <v>356</v>
       </c>
       <c r="G824" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H824" t="s">
-        <v>1253</v>
+        <v>1248</v>
       </c>
       <c r="I824">
         <v>1950</v>
       </c>
       <c r="K824">
         <v>1</v>
       </c>
       <c r="L824">
-        <v>216660</v>
+        <v>311780</v>
       </c>
       <c r="M824">
         <v>2026</v>
       </c>
       <c r="N824" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="825" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A825" s="1" t="s">
-        <v>1254</v>
+        <v>1249</v>
       </c>
       <c r="B825">
         <v>1</v>
       </c>
       <c r="C825" t="s">
         <v>15</v>
       </c>
       <c r="D825">
         <v>2001</v>
       </c>
       <c r="F825">
         <v>356</v>
       </c>
       <c r="G825" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H825" t="s">
-        <v>1255</v>
+        <v>1250</v>
       </c>
       <c r="I825">
         <v>1950</v>
       </c>
       <c r="K825">
         <v>1</v>
       </c>
       <c r="L825">
-        <v>311780</v>
+        <v>216660</v>
       </c>
       <c r="M825">
         <v>2026</v>
       </c>
       <c r="N825" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="826" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A826" s="1" t="s">
-        <v>1256</v>
+        <v>1251</v>
       </c>
       <c r="B826">
         <v>1</v>
       </c>
       <c r="C826" t="s">
         <v>15</v>
       </c>
       <c r="D826">
         <v>2001</v>
       </c>
       <c r="F826">
         <v>356</v>
       </c>
       <c r="G826" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H826" t="s">
-        <v>1257</v>
+        <v>1252</v>
       </c>
       <c r="I826">
         <v>1950</v>
       </c>
       <c r="K826">
         <v>1</v>
       </c>
       <c r="L826">
         <v>311780</v>
       </c>
       <c r="M826">
         <v>2026</v>
       </c>
       <c r="N826" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="827" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A827" s="1" t="s">
-        <v>1258</v>
+        <v>1253</v>
       </c>
       <c r="B827">
         <v>1</v>
       </c>
       <c r="C827" t="s">
         <v>15</v>
       </c>
       <c r="D827">
         <v>2001</v>
       </c>
       <c r="F827">
         <v>356</v>
       </c>
       <c r="G827" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H827" t="s">
-        <v>1259</v>
+        <v>1254</v>
       </c>
       <c r="I827">
         <v>1950</v>
       </c>
       <c r="K827">
         <v>1</v>
       </c>
       <c r="L827">
-        <v>307330</v>
+        <v>216660</v>
       </c>
       <c r="M827">
         <v>2026</v>
       </c>
       <c r="N827" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="828" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A828" s="1" t="s">
-        <v>1260</v>
+        <v>1255</v>
       </c>
       <c r="B828">
         <v>1</v>
       </c>
       <c r="C828" t="s">
         <v>15</v>
       </c>
       <c r="D828">
         <v>2001</v>
       </c>
       <c r="F828">
         <v>356</v>
       </c>
       <c r="G828" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H828" t="s">
-        <v>1261</v>
+        <v>1256</v>
       </c>
       <c r="I828">
         <v>1950</v>
       </c>
       <c r="K828">
         <v>1</v>
       </c>
       <c r="L828">
-        <v>216660</v>
+        <v>311780</v>
       </c>
       <c r="M828">
         <v>2026</v>
       </c>
       <c r="N828" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="829" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A829" s="1" t="s">
-        <v>1262</v>
+        <v>1257</v>
       </c>
       <c r="B829">
         <v>1</v>
       </c>
       <c r="C829" t="s">
         <v>15</v>
       </c>
       <c r="D829">
         <v>2001</v>
       </c>
       <c r="F829">
         <v>356</v>
       </c>
       <c r="G829" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H829" t="s">
-        <v>1249</v>
+        <v>1258</v>
       </c>
       <c r="I829">
         <v>1950</v>
       </c>
       <c r="K829">
         <v>1</v>
       </c>
       <c r="L829">
-        <v>216660</v>
+        <v>311780</v>
       </c>
       <c r="M829">
         <v>2026</v>
       </c>
       <c r="N829" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="830" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A830" s="1" t="s">
-        <v>1263</v>
+        <v>1259</v>
       </c>
       <c r="B830">
         <v>1</v>
       </c>
       <c r="C830" t="s">
         <v>15</v>
       </c>
       <c r="D830">
         <v>2001</v>
       </c>
       <c r="F830">
         <v>356</v>
       </c>
       <c r="G830" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H830" t="s">
-        <v>1264</v>
+        <v>1260</v>
       </c>
       <c r="I830">
-        <v>1450</v>
+        <v>1950</v>
       </c>
       <c r="K830">
         <v>1</v>
       </c>
       <c r="L830">
-        <v>240270</v>
+        <v>307330</v>
       </c>
       <c r="M830">
         <v>2026</v>
       </c>
       <c r="N830" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="831" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A831" s="1" t="s">
-        <v>1265</v>
+        <v>1261</v>
       </c>
       <c r="B831">
         <v>1</v>
       </c>
       <c r="C831" t="s">
         <v>15</v>
       </c>
       <c r="D831">
         <v>2001</v>
       </c>
       <c r="F831">
         <v>356</v>
       </c>
       <c r="G831" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H831" t="s">
-        <v>1266</v>
+        <v>1262</v>
       </c>
       <c r="I831">
-        <v>3135</v>
+        <v>1950</v>
       </c>
       <c r="K831">
         <v>1</v>
       </c>
       <c r="L831">
-        <v>468840</v>
+        <v>216660</v>
       </c>
       <c r="M831">
         <v>2026</v>
       </c>
       <c r="N831" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="832" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A832" s="1" t="s">
-        <v>1267</v>
+        <v>1263</v>
       </c>
       <c r="B832">
         <v>1</v>
       </c>
       <c r="C832" t="s">
         <v>15</v>
       </c>
       <c r="D832">
         <v>2001</v>
       </c>
       <c r="F832">
         <v>356</v>
       </c>
       <c r="G832" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H832" t="s">
-        <v>1268</v>
+        <v>1250</v>
       </c>
       <c r="I832">
-        <v>2450</v>
+        <v>1950</v>
       </c>
       <c r="K832">
         <v>1</v>
       </c>
       <c r="L832">
-        <v>351830</v>
+        <v>216660</v>
       </c>
       <c r="M832">
         <v>2026</v>
       </c>
       <c r="N832" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="833" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A833" s="1" t="s">
-        <v>1269</v>
+        <v>1264</v>
       </c>
       <c r="B833">
         <v>1</v>
       </c>
       <c r="C833" t="s">
         <v>15</v>
       </c>
       <c r="D833">
         <v>2001</v>
       </c>
       <c r="F833">
         <v>356</v>
       </c>
       <c r="G833" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H833" t="s">
-        <v>135</v>
+        <v>1265</v>
       </c>
       <c r="I833">
-        <v>19506</v>
-[...1 lines deleted...]
-      <c r="J833">
+        <v>1450</v>
+      </c>
+      <c r="K833">
         <v>1</v>
       </c>
       <c r="L833">
-        <v>1914300</v>
+        <v>240270</v>
       </c>
       <c r="M833">
         <v>2026</v>
       </c>
       <c r="N833" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="834" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A834" s="1" t="s">
-        <v>1270</v>
+        <v>1266</v>
       </c>
       <c r="B834">
         <v>1</v>
       </c>
       <c r="C834" t="s">
         <v>15</v>
       </c>
       <c r="D834">
         <v>2001</v>
       </c>
       <c r="F834">
         <v>356</v>
       </c>
       <c r="G834" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H834" t="s">
-        <v>135</v>
+        <v>1267</v>
       </c>
       <c r="I834">
-        <v>22076</v>
-[...1 lines deleted...]
-      <c r="J834">
+        <v>3135</v>
+      </c>
+      <c r="K834">
         <v>1</v>
       </c>
       <c r="L834">
-        <v>2151910</v>
+        <v>468840</v>
       </c>
       <c r="M834">
         <v>2026</v>
       </c>
       <c r="N834" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="835" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A835" s="1" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="B835">
         <v>1</v>
       </c>
       <c r="C835" t="s">
         <v>15</v>
       </c>
       <c r="D835">
         <v>2001</v>
       </c>
       <c r="F835">
         <v>356</v>
       </c>
       <c r="G835" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H835" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="I835">
-        <v>2550</v>
-[...1 lines deleted...]
-      <c r="J835">
+        <v>2450</v>
+      </c>
+      <c r="K835">
         <v>1</v>
       </c>
       <c r="L835">
-        <v>422450</v>
+        <v>351830</v>
       </c>
       <c r="M835">
         <v>2026</v>
       </c>
       <c r="N835" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="836" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A836" s="1" t="s">
-        <v>1273</v>
+        <v>1270</v>
       </c>
       <c r="B836">
         <v>1</v>
       </c>
       <c r="C836" t="s">
         <v>15</v>
       </c>
       <c r="D836">
         <v>2001</v>
       </c>
       <c r="F836">
         <v>356</v>
       </c>
       <c r="G836" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H836" t="s">
-        <v>1274</v>
+        <v>134</v>
       </c>
       <c r="I836">
-        <v>3075</v>
-[...1 lines deleted...]
-      <c r="K836">
+        <v>19506</v>
+      </c>
+      <c r="J836">
         <v>1</v>
       </c>
       <c r="L836">
-        <v>494850</v>
+        <v>1914300</v>
       </c>
       <c r="M836">
         <v>2026</v>
       </c>
       <c r="N836" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="837" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A837" s="1" t="s">
-        <v>1275</v>
+        <v>1271</v>
       </c>
       <c r="B837">
         <v>1</v>
       </c>
       <c r="C837" t="s">
         <v>15</v>
       </c>
       <c r="D837">
         <v>2001</v>
       </c>
       <c r="F837">
         <v>356</v>
       </c>
       <c r="G837" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H837" t="s">
-        <v>610</v>
+        <v>134</v>
       </c>
       <c r="I837">
-        <v>1100</v>
-[...1 lines deleted...]
-      <c r="K837">
+        <v>22076</v>
+      </c>
+      <c r="J837">
         <v>1</v>
       </c>
       <c r="L837">
-        <v>173340</v>
+        <v>2151910</v>
       </c>
       <c r="M837">
         <v>2026</v>
       </c>
       <c r="N837" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="838" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A838" s="1" t="s">
-        <v>1276</v>
+        <v>1272</v>
       </c>
       <c r="B838">
         <v>1</v>
       </c>
       <c r="C838" t="s">
         <v>15</v>
       </c>
       <c r="D838">
         <v>2001</v>
       </c>
-      <c r="E838">
-[...1 lines deleted...]
-      </c>
       <c r="F838">
         <v>356</v>
       </c>
       <c r="G838" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H838" t="s">
-        <v>1277</v>
+        <v>1273</v>
       </c>
       <c r="I838">
         <v>2550</v>
       </c>
-      <c r="K838">
+      <c r="J838">
         <v>1</v>
       </c>
       <c r="L838">
-        <v>374590</v>
+        <v>422450</v>
       </c>
       <c r="M838">
         <v>2026</v>
       </c>
       <c r="N838" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="839" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A839" s="1" t="s">
-        <v>1278</v>
+        <v>1274</v>
       </c>
       <c r="B839">
         <v>1</v>
       </c>
       <c r="C839" t="s">
         <v>15</v>
       </c>
       <c r="D839">
         <v>2001</v>
       </c>
       <c r="F839">
         <v>356</v>
       </c>
       <c r="G839" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H839" t="s">
-        <v>1279</v>
+        <v>1275</v>
       </c>
       <c r="I839">
-        <v>1250</v>
+        <v>3075</v>
       </c>
       <c r="K839">
         <v>1</v>
       </c>
       <c r="L839">
-        <v>190190</v>
+        <v>494850</v>
       </c>
       <c r="M839">
         <v>2026</v>
       </c>
       <c r="N839" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="840" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A840" s="1" t="s">
-        <v>1280</v>
+        <v>1276</v>
       </c>
       <c r="B840">
         <v>1</v>
       </c>
       <c r="C840" t="s">
         <v>15</v>
       </c>
       <c r="D840">
         <v>2001</v>
       </c>
       <c r="F840">
         <v>356</v>
       </c>
       <c r="G840" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H840" t="s">
-        <v>1279</v>
+        <v>608</v>
       </c>
       <c r="I840">
-        <v>1250</v>
+        <v>1100</v>
       </c>
       <c r="K840">
         <v>1</v>
       </c>
       <c r="L840">
-        <v>190190</v>
+        <v>173340</v>
       </c>
       <c r="M840">
         <v>2026</v>
       </c>
       <c r="N840" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="841" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A841" s="1" t="s">
-        <v>1281</v>
+        <v>1277</v>
       </c>
       <c r="B841">
         <v>1</v>
       </c>
       <c r="C841" t="s">
         <v>15</v>
       </c>
       <c r="D841">
         <v>2001</v>
       </c>
+      <c r="E841">
+        <v>2009</v>
+      </c>
       <c r="F841">
         <v>356</v>
       </c>
       <c r="G841" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H841" t="s">
-        <v>1282</v>
+        <v>1278</v>
       </c>
       <c r="I841">
-        <v>1294</v>
+        <v>2550</v>
       </c>
       <c r="K841">
         <v>1</v>
       </c>
       <c r="L841">
-        <v>180540</v>
+        <v>374590</v>
       </c>
       <c r="M841">
         <v>2026</v>
       </c>
       <c r="N841" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="842" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A842" s="1" t="s">
-        <v>1283</v>
+        <v>1279</v>
       </c>
       <c r="B842">
         <v>1</v>
       </c>
       <c r="C842" t="s">
         <v>15</v>
       </c>
       <c r="D842">
         <v>2001</v>
       </c>
       <c r="F842">
         <v>356</v>
       </c>
       <c r="G842" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H842" t="s">
-        <v>1284</v>
+        <v>1280</v>
       </c>
       <c r="I842">
-        <v>2564</v>
+        <v>1250</v>
       </c>
       <c r="K842">
         <v>1</v>
       </c>
       <c r="L842">
-        <v>326170</v>
+        <v>190190</v>
       </c>
       <c r="M842">
         <v>2026</v>
       </c>
       <c r="N842" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="843" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A843" s="1" t="s">
-        <v>1285</v>
+        <v>1281</v>
       </c>
       <c r="B843">
         <v>1</v>
       </c>
       <c r="C843" t="s">
         <v>15</v>
       </c>
       <c r="D843">
         <v>2001</v>
       </c>
       <c r="F843">
         <v>356</v>
       </c>
       <c r="G843" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H843" t="s">
-        <v>1286</v>
+        <v>1280</v>
       </c>
       <c r="I843">
-        <v>1740</v>
+        <v>1250</v>
       </c>
       <c r="K843">
         <v>1</v>
       </c>
       <c r="L843">
-        <v>246060</v>
+        <v>190190</v>
       </c>
       <c r="M843">
         <v>2026</v>
       </c>
       <c r="N843" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="844" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A844" s="1" t="s">
-        <v>1287</v>
+        <v>1282</v>
       </c>
       <c r="B844">
         <v>1</v>
       </c>
       <c r="C844" t="s">
         <v>15</v>
       </c>
       <c r="D844">
         <v>2001</v>
       </c>
       <c r="F844">
         <v>356</v>
       </c>
       <c r="G844" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H844" t="s">
-        <v>1286</v>
+        <v>1283</v>
       </c>
       <c r="I844">
-        <v>972</v>
+        <v>1294</v>
       </c>
       <c r="K844">
         <v>1</v>
       </c>
       <c r="L844">
-        <v>154450</v>
+        <v>180540</v>
       </c>
       <c r="M844">
         <v>2026</v>
       </c>
       <c r="N844" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="845" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A845" s="1" t="s">
-        <v>1288</v>
+        <v>1284</v>
       </c>
       <c r="B845">
         <v>1</v>
       </c>
       <c r="C845" t="s">
         <v>15</v>
       </c>
       <c r="D845">
         <v>2001</v>
       </c>
       <c r="F845">
         <v>356</v>
       </c>
       <c r="G845" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H845" t="s">
-        <v>1289</v>
+        <v>1285</v>
       </c>
       <c r="I845">
-        <v>5565</v>
+        <v>2564</v>
       </c>
       <c r="K845">
         <v>1</v>
       </c>
       <c r="L845">
-        <v>486750</v>
+        <v>326170</v>
       </c>
       <c r="M845">
         <v>2026</v>
       </c>
       <c r="N845" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="846" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A846" s="1" t="s">
-        <v>1290</v>
+        <v>1286</v>
       </c>
       <c r="B846">
         <v>1</v>
       </c>
       <c r="C846" t="s">
         <v>15</v>
       </c>
       <c r="D846">
         <v>2001</v>
       </c>
       <c r="F846">
         <v>356</v>
       </c>
       <c r="G846" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H846" t="s">
-        <v>1289</v>
+        <v>1287</v>
       </c>
       <c r="I846">
-        <v>4971</v>
+        <v>1740</v>
       </c>
       <c r="K846">
         <v>1</v>
       </c>
       <c r="L846">
-        <v>422030</v>
+        <v>246060</v>
       </c>
       <c r="M846">
         <v>2026</v>
       </c>
       <c r="N846" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="847" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A847" s="1" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
       <c r="B847">
         <v>1</v>
       </c>
       <c r="C847" t="s">
         <v>15</v>
       </c>
       <c r="D847">
         <v>2001</v>
       </c>
       <c r="F847">
         <v>356</v>
       </c>
       <c r="G847" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H847" t="s">
-        <v>1292</v>
+        <v>1287</v>
       </c>
       <c r="I847">
-        <v>3381</v>
+        <v>972</v>
       </c>
       <c r="K847">
         <v>1</v>
       </c>
       <c r="L847">
-        <v>526580</v>
+        <v>154450</v>
       </c>
       <c r="M847">
         <v>2026</v>
       </c>
       <c r="N847" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="848" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A848" s="1" t="s">
-        <v>1293</v>
+        <v>1289</v>
       </c>
       <c r="B848">
         <v>1</v>
       </c>
       <c r="C848" t="s">
         <v>15</v>
       </c>
       <c r="D848">
         <v>2001</v>
       </c>
       <c r="F848">
         <v>356</v>
       </c>
       <c r="G848" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H848" t="s">
-        <v>1294</v>
+        <v>1290</v>
       </c>
       <c r="I848">
-        <v>1501</v>
+        <v>5565</v>
       </c>
       <c r="K848">
         <v>1</v>
       </c>
       <c r="L848">
-        <v>293350</v>
+        <v>486750</v>
       </c>
       <c r="M848">
         <v>2026</v>
       </c>
       <c r="N848" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="849" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A849" s="1" t="s">
-        <v>1295</v>
+        <v>1291</v>
       </c>
       <c r="B849">
         <v>1</v>
       </c>
       <c r="C849" t="s">
         <v>15</v>
       </c>
       <c r="D849">
         <v>2001</v>
       </c>
       <c r="F849">
         <v>356</v>
       </c>
       <c r="G849" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H849" t="s">
-        <v>1296</v>
+        <v>1290</v>
       </c>
       <c r="I849">
-        <v>1788</v>
+        <v>4971</v>
       </c>
       <c r="K849">
         <v>1</v>
       </c>
       <c r="L849">
-        <v>295140</v>
+        <v>422030</v>
       </c>
       <c r="M849">
         <v>2026</v>
       </c>
       <c r="N849" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="850" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A850" s="1" t="s">
-        <v>1297</v>
+        <v>1292</v>
       </c>
       <c r="B850">
         <v>1</v>
       </c>
       <c r="C850" t="s">
         <v>15</v>
       </c>
       <c r="D850">
         <v>2001</v>
       </c>
       <c r="F850">
         <v>356</v>
       </c>
       <c r="G850" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H850" t="s">
-        <v>1298</v>
+        <v>1293</v>
       </c>
       <c r="I850">
-        <v>1387</v>
+        <v>3381</v>
       </c>
       <c r="K850">
         <v>1</v>
       </c>
       <c r="L850">
-        <v>193500</v>
+        <v>526580</v>
       </c>
       <c r="M850">
         <v>2026</v>
       </c>
       <c r="N850" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="851" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A851" s="1" t="s">
-        <v>1299</v>
+        <v>1294</v>
       </c>
       <c r="B851">
         <v>1</v>
       </c>
       <c r="C851" t="s">
         <v>15</v>
       </c>
       <c r="D851">
         <v>2001</v>
       </c>
       <c r="F851">
         <v>356</v>
       </c>
       <c r="G851" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H851" t="s">
-        <v>1300</v>
+        <v>1295</v>
       </c>
       <c r="I851">
-        <v>1284</v>
+        <v>1501</v>
       </c>
       <c r="K851">
         <v>1</v>
       </c>
       <c r="L851">
-        <v>175120</v>
+        <v>293350</v>
       </c>
       <c r="M851">
         <v>2026</v>
       </c>
       <c r="N851" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="852" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A852" s="1" t="s">
-        <v>1301</v>
+        <v>1296</v>
       </c>
       <c r="B852">
         <v>1</v>
       </c>
       <c r="C852" t="s">
         <v>15</v>
       </c>
       <c r="D852">
         <v>2001</v>
       </c>
       <c r="F852">
         <v>356</v>
       </c>
       <c r="G852" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H852" t="s">
-        <v>1302</v>
+        <v>1297</v>
       </c>
       <c r="I852">
-        <v>1263</v>
+        <v>1788</v>
       </c>
       <c r="K852">
         <v>1</v>
       </c>
       <c r="L852">
-        <v>213540</v>
+        <v>295140</v>
       </c>
       <c r="M852">
         <v>2026</v>
       </c>
       <c r="N852" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="853" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A853" s="1" t="s">
-        <v>1303</v>
+        <v>1298</v>
       </c>
       <c r="B853">
         <v>1</v>
       </c>
       <c r="C853" t="s">
         <v>15</v>
       </c>
       <c r="D853">
         <v>2001</v>
       </c>
       <c r="F853">
         <v>356</v>
       </c>
       <c r="G853" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H853" t="s">
-        <v>1304</v>
+        <v>1299</v>
       </c>
       <c r="I853">
-        <v>469</v>
+        <v>1387</v>
       </c>
       <c r="K853">
         <v>1</v>
       </c>
       <c r="L853">
-        <v>86130</v>
+        <v>193500</v>
       </c>
       <c r="M853">
         <v>2026</v>
       </c>
       <c r="N853" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="854" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A854" s="1" t="s">
-        <v>1305</v>
+        <v>1300</v>
       </c>
       <c r="B854">
         <v>1</v>
       </c>
       <c r="C854" t="s">
         <v>15</v>
       </c>
       <c r="D854">
         <v>2001</v>
       </c>
       <c r="F854">
         <v>356</v>
       </c>
       <c r="G854" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H854" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="I854">
-        <v>806</v>
+        <v>1284</v>
       </c>
       <c r="K854">
         <v>1</v>
       </c>
       <c r="L854">
-        <v>115960</v>
+        <v>175120</v>
       </c>
       <c r="M854">
         <v>2026</v>
       </c>
       <c r="N854" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="855" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A855" s="1" t="s">
-        <v>1306</v>
+        <v>1302</v>
       </c>
       <c r="B855">
         <v>1</v>
       </c>
       <c r="C855" t="s">
         <v>15</v>
       </c>
       <c r="D855">
         <v>2001</v>
       </c>
       <c r="F855">
         <v>356</v>
       </c>
       <c r="G855" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H855" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="I855">
-        <v>1753</v>
+        <v>1263</v>
       </c>
       <c r="K855">
         <v>1</v>
       </c>
       <c r="L855">
-        <v>256910</v>
+        <v>213540</v>
       </c>
       <c r="M855">
         <v>2026</v>
       </c>
       <c r="N855" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="856" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A856" s="1" t="s">
-        <v>1307</v>
+        <v>1304</v>
       </c>
       <c r="B856">
         <v>1</v>
       </c>
       <c r="C856" t="s">
         <v>15</v>
       </c>
       <c r="D856">
         <v>2001</v>
       </c>
       <c r="F856">
         <v>356</v>
       </c>
       <c r="G856" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H856" t="s">
-        <v>1300</v>
+        <v>1305</v>
       </c>
       <c r="I856">
-        <v>1982</v>
+        <v>469</v>
       </c>
       <c r="K856">
         <v>1</v>
       </c>
       <c r="L856">
-        <v>254880</v>
+        <v>86130</v>
       </c>
       <c r="M856">
         <v>2026</v>
       </c>
       <c r="N856" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="857" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A857" s="1" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
       <c r="B857">
         <v>1</v>
       </c>
       <c r="C857" t="s">
         <v>15</v>
       </c>
       <c r="D857">
         <v>2001</v>
       </c>
       <c r="F857">
         <v>356</v>
       </c>
       <c r="G857" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H857" t="s">
-        <v>1309</v>
+        <v>1301</v>
       </c>
       <c r="I857">
-        <v>1425</v>
+        <v>806</v>
       </c>
       <c r="K857">
         <v>1</v>
       </c>
       <c r="L857">
-        <v>190930</v>
+        <v>115960</v>
       </c>
       <c r="M857">
         <v>2026</v>
       </c>
       <c r="N857" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="858" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A858" s="1" t="s">
-        <v>1310</v>
+        <v>1307</v>
       </c>
       <c r="B858">
         <v>1</v>
       </c>
       <c r="C858" t="s">
         <v>15</v>
       </c>
       <c r="D858">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="F858">
-        <v>388</v>
+        <v>356</v>
       </c>
       <c r="G858" t="s">
-        <v>16</v>
+        <v>894</v>
       </c>
       <c r="H858" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="I858">
-        <v>642</v>
+        <v>1753</v>
       </c>
       <c r="K858">
         <v>1</v>
       </c>
       <c r="L858">
-        <v>74030</v>
+        <v>256910</v>
       </c>
       <c r="M858">
         <v>2026</v>
       </c>
       <c r="N858" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="859" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A859" s="1" t="s">
-        <v>1312</v>
+        <v>1308</v>
       </c>
       <c r="B859">
         <v>1</v>
       </c>
       <c r="C859" t="s">
         <v>15</v>
       </c>
       <c r="D859">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="F859">
-        <v>395</v>
+        <v>356</v>
       </c>
       <c r="G859" t="s">
-        <v>807</v>
+        <v>894</v>
       </c>
       <c r="H859" t="s">
-        <v>1313</v>
+        <v>1301</v>
       </c>
       <c r="I859">
-        <v>8000</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1982</v>
       </c>
       <c r="K859">
         <v>1</v>
       </c>
       <c r="L859">
-        <v>164890</v>
+        <v>254880</v>
       </c>
       <c r="M859">
         <v>2026</v>
       </c>
       <c r="N859" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="860" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A860" s="1" t="s">
-        <v>1312</v>
+        <v>1309</v>
       </c>
       <c r="B860">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C860" t="s">
         <v>15</v>
       </c>
       <c r="D860">
-        <v>2020</v>
+        <v>2001</v>
       </c>
       <c r="F860">
-        <v>398</v>
+        <v>356</v>
       </c>
       <c r="G860" t="s">
-        <v>29</v>
+        <v>894</v>
+      </c>
+      <c r="H860" t="s">
+        <v>1310</v>
       </c>
       <c r="I860">
-        <v>1800</v>
-[...1 lines deleted...]
-      <c r="J860">
+        <v>1425</v>
+      </c>
+      <c r="K860">
         <v>1</v>
       </c>
       <c r="L860">
-        <v>89370</v>
+        <v>190930</v>
       </c>
       <c r="M860">
         <v>2026</v>
       </c>
       <c r="N860" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="861" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A861" s="1" t="s">
-        <v>1314</v>
+        <v>1311</v>
       </c>
       <c r="B861">
         <v>1</v>
       </c>
       <c r="C861" t="s">
         <v>15</v>
       </c>
       <c r="D861">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="F861">
-        <v>399</v>
+        <v>388</v>
       </c>
       <c r="G861" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="H861" t="s">
-        <v>29</v>
+        <v>1312</v>
       </c>
       <c r="I861">
-        <v>16800</v>
+        <v>642</v>
       </c>
       <c r="K861">
         <v>1</v>
       </c>
       <c r="L861">
-        <v>253260</v>
+        <v>74030</v>
       </c>
       <c r="M861">
         <v>2026</v>
       </c>
       <c r="N861" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="862" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A862" s="1" t="s">
-        <v>1315</v>
+        <v>1313</v>
       </c>
       <c r="B862">
         <v>1</v>
       </c>
       <c r="C862" t="s">
         <v>15</v>
       </c>
       <c r="D862">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="F862">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="G862" t="s">
-        <v>321</v>
+        <v>806</v>
       </c>
       <c r="H862" t="s">
-        <v>29</v>
+        <v>1314</v>
       </c>
       <c r="I862">
-        <v>5400</v>
+        <v>8000</v>
+      </c>
+      <c r="J862">
+        <v>10</v>
       </c>
       <c r="K862">
         <v>1</v>
       </c>
       <c r="L862">
-        <v>141480</v>
+        <v>164890</v>
       </c>
       <c r="M862">
         <v>2026</v>
       </c>
       <c r="N862" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="863" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A863" s="1" t="s">
-        <v>1316</v>
+        <v>1313</v>
       </c>
       <c r="B863">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C863" t="s">
         <v>15</v>
       </c>
       <c r="D863">
-        <v>2005</v>
+        <v>2020</v>
       </c>
       <c r="F863">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="G863" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>1317</v>
+        <v>29</v>
       </c>
       <c r="I863">
-        <v>5000</v>
-[...1 lines deleted...]
-      <c r="K863">
+        <v>1800</v>
+      </c>
+      <c r="J863">
         <v>1</v>
       </c>
       <c r="L863">
-        <v>140420</v>
+        <v>89370</v>
       </c>
       <c r="M863">
         <v>2026</v>
       </c>
       <c r="N863" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="864" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A864" s="1" t="s">
-        <v>1318</v>
+        <v>1315</v>
       </c>
       <c r="B864">
         <v>1</v>
       </c>
       <c r="C864" t="s">
         <v>15</v>
       </c>
       <c r="D864">
-        <v>2018</v>
+        <v>2003</v>
       </c>
       <c r="F864">
-        <v>353</v>
+        <v>399</v>
       </c>
       <c r="G864" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="H864" t="s">
-        <v>1319</v>
+        <v>29</v>
       </c>
       <c r="I864">
-        <v>1040</v>
+        <v>16800</v>
       </c>
       <c r="K864">
         <v>1</v>
       </c>
       <c r="L864">
-        <v>97410</v>
+        <v>253260</v>
       </c>
       <c r="M864">
         <v>2026</v>
       </c>
       <c r="N864" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="865" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A865" s="1" t="s">
-        <v>1318</v>
+        <v>1316</v>
       </c>
       <c r="B865">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C865" t="s">
         <v>15</v>
       </c>
       <c r="D865">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="F865">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="G865" t="s">
+        <v>319</v>
+      </c>
+      <c r="H865" t="s">
         <v>29</v>
       </c>
       <c r="I865">
-        <v>2000</v>
+        <v>5400</v>
       </c>
       <c r="K865">
         <v>1</v>
       </c>
       <c r="L865">
-        <v>89280</v>
+        <v>141480</v>
       </c>
       <c r="M865">
         <v>2026</v>
       </c>
       <c r="N865" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="866" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A866" s="1" t="s">
-        <v>1320</v>
+        <v>1317</v>
       </c>
       <c r="B866">
         <v>1</v>
       </c>
       <c r="C866" t="s">
         <v>15</v>
       </c>
       <c r="D866">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="F866">
         <v>399</v>
       </c>
       <c r="G866" t="s">
         <v>54</v>
       </c>
       <c r="H866" t="s">
-        <v>475</v>
+        <v>1318</v>
       </c>
       <c r="I866">
-        <v>3750</v>
+        <v>5000</v>
       </c>
       <c r="K866">
         <v>1</v>
       </c>
       <c r="L866">
-        <v>97100</v>
+        <v>140420</v>
       </c>
       <c r="M866">
         <v>2026</v>
       </c>
       <c r="N866" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="867" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A867" s="1" t="s">
-        <v>1321</v>
+        <v>1319</v>
       </c>
       <c r="B867">
         <v>1</v>
       </c>
       <c r="C867" t="s">
         <v>15</v>
       </c>
       <c r="D867">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="F867">
-        <v>399</v>
+        <v>353</v>
       </c>
       <c r="G867" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="H867" t="s">
-        <v>1322</v>
+        <v>1320</v>
       </c>
       <c r="I867">
-        <v>1920</v>
+        <v>1040</v>
       </c>
       <c r="K867">
         <v>1</v>
       </c>
       <c r="L867">
-        <v>33740</v>
+        <v>97410</v>
       </c>
       <c r="M867">
         <v>2026</v>
       </c>
       <c r="N867" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="868" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A868" s="1" t="s">
-        <v>1323</v>
+        <v>1319</v>
       </c>
       <c r="B868">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C868" t="s">
         <v>15</v>
       </c>
       <c r="D868">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="F868">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="G868" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>1324</v>
+        <v>29</v>
       </c>
       <c r="I868">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="K868">
         <v>1</v>
       </c>
       <c r="L868">
-        <v>64790</v>
+        <v>89280</v>
       </c>
       <c r="M868">
         <v>2026</v>
       </c>
       <c r="N868" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="869" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A869" s="1" t="s">
-        <v>1325</v>
+        <v>1321</v>
       </c>
       <c r="B869">
         <v>1</v>
       </c>
       <c r="C869" t="s">
         <v>15</v>
       </c>
       <c r="D869">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="F869">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="G869" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="H869" t="s">
-        <v>1326</v>
+        <v>473</v>
       </c>
       <c r="I869">
-        <v>2400</v>
+        <v>3750</v>
       </c>
       <c r="K869">
         <v>1</v>
       </c>
       <c r="L869">
-        <v>136380</v>
+        <v>97100</v>
       </c>
       <c r="M869">
         <v>2026</v>
       </c>
       <c r="N869" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="870" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A870" s="1" t="s">
-        <v>1327</v>
+        <v>1322</v>
       </c>
       <c r="B870">
         <v>1</v>
       </c>
       <c r="C870" t="s">
         <v>15</v>
       </c>
       <c r="D870">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="F870">
-        <v>374</v>
+        <v>399</v>
       </c>
       <c r="G870" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="H870" t="s">
-        <v>1328</v>
+        <v>1323</v>
       </c>
       <c r="I870">
-        <v>16056</v>
+        <v>1920</v>
       </c>
       <c r="K870">
         <v>1</v>
       </c>
       <c r="L870">
-        <v>519340</v>
+        <v>33740</v>
       </c>
       <c r="M870">
         <v>2026</v>
       </c>
       <c r="N870" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="871" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A871" s="1" t="s">
-        <v>1329</v>
+        <v>1324</v>
       </c>
       <c r="B871">
         <v>1</v>
       </c>
       <c r="C871" t="s">
         <v>15</v>
       </c>
       <c r="D871">
         <v>2007</v>
       </c>
       <c r="F871">
         <v>399</v>
       </c>
       <c r="G871" t="s">
         <v>54</v>
       </c>
       <c r="H871" t="s">
-        <v>1330</v>
+        <v>1325</v>
       </c>
       <c r="I871">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="K871">
         <v>1</v>
       </c>
       <c r="L871">
-        <v>122280</v>
+        <v>64790</v>
       </c>
       <c r="M871">
         <v>2026</v>
       </c>
       <c r="N871" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="872" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A872" s="1" t="s">
-        <v>1331</v>
+        <v>1326</v>
       </c>
       <c r="B872">
         <v>1</v>
       </c>
       <c r="C872" t="s">
         <v>15</v>
       </c>
       <c r="D872">
-        <v>2023</v>
+        <v>2005</v>
       </c>
       <c r="F872">
         <v>398</v>
       </c>
       <c r="G872" t="s">
         <v>29</v>
       </c>
+      <c r="H872" t="s">
+        <v>1327</v>
+      </c>
       <c r="I872">
-        <v>6000</v>
-[...1 lines deleted...]
-      <c r="J872">
+        <v>2400</v>
+      </c>
+      <c r="K872">
         <v>1</v>
       </c>
       <c r="L872">
-        <v>242840</v>
+        <v>136380</v>
       </c>
       <c r="M872">
         <v>2026</v>
       </c>
       <c r="N872" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="873" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A873" s="1" t="s">
-        <v>1332</v>
+        <v>1328</v>
       </c>
       <c r="B873">
         <v>1</v>
       </c>
       <c r="C873" t="s">
         <v>15</v>
       </c>
       <c r="D873">
-        <v>2022</v>
+        <v>2004</v>
       </c>
       <c r="F873">
-        <v>398</v>
+        <v>374</v>
       </c>
       <c r="G873" t="s">
-        <v>29</v>
+        <v>62</v>
+      </c>
+      <c r="H873" t="s">
+        <v>1329</v>
       </c>
       <c r="I873">
-        <v>7500</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>16056</v>
       </c>
       <c r="K873">
         <v>1</v>
       </c>
       <c r="L873">
-        <v>278130</v>
+        <v>519340</v>
       </c>
       <c r="M873">
         <v>2026</v>
       </c>
       <c r="N873" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="874" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A874" s="1" t="s">
-        <v>1333</v>
+        <v>1330</v>
       </c>
       <c r="B874">
         <v>1</v>
       </c>
       <c r="C874" t="s">
         <v>15</v>
       </c>
       <c r="D874">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="F874">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="G874" t="s">
-        <v>29</v>
+        <v>54</v>
+      </c>
+      <c r="H874" t="s">
+        <v>1331</v>
       </c>
       <c r="I874">
-        <v>11940</v>
-[...1 lines deleted...]
-      <c r="J874">
+        <v>5000</v>
+      </c>
+      <c r="K874">
         <v>1</v>
       </c>
       <c r="L874">
-        <v>187150</v>
+        <v>122280</v>
       </c>
       <c r="M874">
         <v>2026</v>
       </c>
       <c r="N874" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="875" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A875" s="1" t="s">
-        <v>1334</v>
+        <v>1332</v>
       </c>
       <c r="B875">
         <v>1</v>
       </c>
       <c r="C875" t="s">
         <v>15</v>
       </c>
       <c r="D875">
-        <v>2007</v>
+        <v>2023</v>
       </c>
       <c r="F875">
-        <v>353</v>
+        <v>398</v>
       </c>
       <c r="G875" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>1335</v>
+        <v>29</v>
       </c>
       <c r="I875">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="K875">
+        <v>6000</v>
+      </c>
+      <c r="J875">
         <v>1</v>
       </c>
       <c r="L875">
-        <v>31550</v>
+        <v>242840</v>
       </c>
       <c r="M875">
         <v>2026</v>
       </c>
       <c r="N875" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="876" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A876" s="1" t="s">
-        <v>1336</v>
+        <v>1333</v>
       </c>
       <c r="B876">
         <v>1</v>
       </c>
       <c r="C876" t="s">
         <v>15</v>
       </c>
       <c r="D876">
-        <v>2006</v>
+        <v>2022</v>
       </c>
       <c r="F876">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="G876" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>468</v>
+        <v>29</v>
       </c>
       <c r="I876">
-        <v>1800</v>
+        <v>7500</v>
+      </c>
+      <c r="J876">
+        <v>1</v>
       </c>
       <c r="K876">
         <v>1</v>
       </c>
       <c r="L876">
-        <v>37990</v>
+        <v>278130</v>
       </c>
       <c r="M876">
         <v>2026</v>
       </c>
       <c r="N876" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="877" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A877" s="1" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="B877">
         <v>1</v>
       </c>
       <c r="C877" t="s">
         <v>15</v>
       </c>
       <c r="D877">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="F877">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G877" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>1338</v>
+        <v>29</v>
       </c>
       <c r="I877">
-        <v>4500</v>
-[...1 lines deleted...]
-      <c r="K877">
+        <v>11940</v>
+      </c>
+      <c r="J877">
         <v>1</v>
       </c>
       <c r="L877">
-        <v>178200</v>
+        <v>187150</v>
       </c>
       <c r="M877">
         <v>2026</v>
       </c>
       <c r="N877" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="878" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A878" s="1" t="s">
-        <v>1339</v>
+        <v>1335</v>
       </c>
       <c r="B878">
         <v>1</v>
       </c>
       <c r="C878" t="s">
         <v>15</v>
       </c>
       <c r="D878">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="F878">
-        <v>398</v>
+        <v>353</v>
       </c>
       <c r="G878" t="s">
-        <v>29</v>
+        <v>57</v>
+      </c>
+      <c r="H878" t="s">
+        <v>1336</v>
       </c>
       <c r="I878">
-        <v>7500</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>440</v>
       </c>
       <c r="K878">
         <v>1</v>
       </c>
       <c r="L878">
-        <v>262060</v>
+        <v>31550</v>
       </c>
       <c r="M878">
         <v>2026</v>
       </c>
       <c r="N878" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="879" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A879" s="1" t="s">
-        <v>1340</v>
+        <v>1337</v>
       </c>
       <c r="B879">
         <v>1</v>
       </c>
       <c r="C879" t="s">
         <v>15</v>
       </c>
       <c r="D879">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="F879">
         <v>399</v>
       </c>
       <c r="G879" t="s">
         <v>54</v>
       </c>
       <c r="H879" t="s">
-        <v>1341</v>
+        <v>466</v>
       </c>
       <c r="I879">
-        <v>4200</v>
+        <v>1800</v>
       </c>
       <c r="K879">
         <v>1</v>
       </c>
       <c r="L879">
-        <v>108330</v>
+        <v>37990</v>
       </c>
       <c r="M879">
         <v>2026</v>
       </c>
       <c r="N879" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="880" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A880" s="1" t="s">
-        <v>1342</v>
+        <v>1338</v>
       </c>
       <c r="B880">
         <v>1</v>
       </c>
       <c r="C880" t="s">
         <v>15</v>
       </c>
       <c r="D880">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="F880">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="G880" t="s">
-        <v>29</v>
+        <v>319</v>
+      </c>
+      <c r="H880" t="s">
+        <v>1339</v>
       </c>
       <c r="I880">
-        <v>7500</v>
-[...1 lines deleted...]
-      <c r="J880">
+        <v>4500</v>
+      </c>
+      <c r="K880">
         <v>1</v>
       </c>
       <c r="L880">
-        <v>132290</v>
+        <v>178200</v>
       </c>
       <c r="M880">
         <v>2026</v>
       </c>
       <c r="N880" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="881" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A881" s="1" t="s">
-        <v>1343</v>
+        <v>1340</v>
       </c>
       <c r="B881">
         <v>1</v>
       </c>
       <c r="C881" t="s">
         <v>15</v>
       </c>
       <c r="D881">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="F881">
         <v>398</v>
       </c>
       <c r="G881" t="s">
         <v>29</v>
       </c>
       <c r="I881">
-        <v>6250</v>
+        <v>7500</v>
+      </c>
+      <c r="J881">
+        <v>1</v>
+      </c>
+      <c r="K881">
+        <v>1</v>
       </c>
       <c r="L881">
-        <v>414830</v>
+        <v>262060</v>
       </c>
       <c r="M881">
         <v>2026</v>
       </c>
       <c r="N881" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="882" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A882" s="1" t="s">
-        <v>1344</v>
+        <v>1341</v>
       </c>
       <c r="B882">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C882" t="s">
         <v>15</v>
       </c>
       <c r="D882">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="F882">
         <v>398</v>
       </c>
       <c r="G882" t="s">
         <v>29</v>
       </c>
       <c r="I882">
-        <v>6000</v>
+        <v>2400</v>
       </c>
       <c r="J882">
         <v>1</v>
       </c>
       <c r="K882">
         <v>1</v>
       </c>
       <c r="L882">
-        <v>216900</v>
+        <v>51860</v>
       </c>
       <c r="M882">
         <v>2026</v>
       </c>
       <c r="N882" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="883" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A883" s="1" t="s">
-        <v>1345</v>
+        <v>1342</v>
       </c>
       <c r="B883">
         <v>1</v>
       </c>
       <c r="C883" t="s">
         <v>15</v>
       </c>
       <c r="D883">
-        <v>2015</v>
+        <v>2025</v>
       </c>
       <c r="F883">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G883" t="s">
-        <v>321</v>
+        <v>29</v>
       </c>
       <c r="I883">
-        <v>2400</v>
+        <v>3000</v>
       </c>
       <c r="J883">
         <v>1</v>
       </c>
       <c r="K883">
         <v>1</v>
       </c>
       <c r="L883">
-        <v>81170</v>
+        <v>122400</v>
       </c>
       <c r="M883">
         <v>2026</v>
       </c>
       <c r="N883" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="884" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A884" s="1" t="s">
-        <v>1346</v>
+        <v>1343</v>
       </c>
       <c r="B884">
         <v>1</v>
       </c>
       <c r="C884" t="s">
         <v>15</v>
       </c>
       <c r="D884">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="F884">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="G884" t="s">
-        <v>321</v>
+        <v>54</v>
+      </c>
+      <c r="H884" t="s">
+        <v>1344</v>
       </c>
       <c r="I884">
-        <v>3200</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4200</v>
       </c>
       <c r="K884">
         <v>1</v>
       </c>
       <c r="L884">
-        <v>122500</v>
+        <v>108330</v>
       </c>
       <c r="M884">
         <v>2026</v>
       </c>
       <c r="N884" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="885" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A885" s="1" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="B885">
         <v>1</v>
       </c>
       <c r="C885" t="s">
         <v>15</v>
       </c>
       <c r="D885">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="F885">
-        <v>336</v>
+        <v>398</v>
       </c>
       <c r="G885" t="s">
-        <v>616</v>
-[...2 lines deleted...]
-        <v>1348</v>
+        <v>29</v>
       </c>
       <c r="I885">
-        <v>2335</v>
-[...1 lines deleted...]
-      <c r="K885">
+        <v>7500</v>
+      </c>
+      <c r="J885">
         <v>1</v>
       </c>
       <c r="L885">
-        <v>51850</v>
+        <v>132290</v>
       </c>
       <c r="M885">
         <v>2026</v>
       </c>
       <c r="N885" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="886" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A886" s="1" t="s">
-        <v>1349</v>
+        <v>1346</v>
       </c>
       <c r="B886">
         <v>1</v>
       </c>
       <c r="C886" t="s">
         <v>15</v>
       </c>
       <c r="D886">
-        <v>2005</v>
+        <v>2025</v>
       </c>
       <c r="F886">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G886" t="s">
-        <v>321</v>
+        <v>29</v>
       </c>
       <c r="I886">
-        <v>1500</v>
+        <v>6875</v>
+      </c>
+      <c r="J886">
+        <v>1</v>
       </c>
       <c r="K886">
         <v>1</v>
       </c>
       <c r="L886">
-        <v>45810</v>
+        <v>274740</v>
       </c>
       <c r="M886">
         <v>2026</v>
       </c>
       <c r="N886" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="887" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A887" s="1" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="B887">
         <v>1</v>
       </c>
       <c r="C887" t="s">
         <v>15</v>
       </c>
       <c r="D887">
-        <v>2005</v>
+        <v>2024</v>
       </c>
       <c r="F887">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G887" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>1132</v>
+        <v>29</v>
       </c>
       <c r="I887">
-        <v>1500</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6250</v>
       </c>
       <c r="L887">
-        <v>45810</v>
+        <v>414830</v>
       </c>
       <c r="M887">
         <v>2026</v>
       </c>
       <c r="N887" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="888" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A888" s="1" t="s">
-        <v>1351</v>
+        <v>1348</v>
       </c>
       <c r="B888">
         <v>1</v>
       </c>
       <c r="C888" t="s">
         <v>15</v>
       </c>
       <c r="D888">
-        <v>2005</v>
+        <v>2020</v>
       </c>
       <c r="F888">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G888" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>1132</v>
+        <v>29</v>
       </c>
       <c r="I888">
-        <v>1500</v>
+        <v>6000</v>
+      </c>
+      <c r="J888">
+        <v>1</v>
       </c>
       <c r="K888">
         <v>1</v>
       </c>
       <c r="L888">
-        <v>45810</v>
+        <v>216900</v>
       </c>
       <c r="M888">
         <v>2026</v>
       </c>
       <c r="N888" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="889" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A889" s="1" t="s">
-        <v>1352</v>
+        <v>1349</v>
       </c>
       <c r="B889">
         <v>1</v>
       </c>
       <c r="C889" t="s">
         <v>15</v>
       </c>
       <c r="D889">
-        <v>2005</v>
+        <v>2015</v>
       </c>
       <c r="F889">
         <v>397</v>
       </c>
       <c r="G889" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="I889">
-        <v>1500</v>
+        <v>2400</v>
+      </c>
+      <c r="J889">
+        <v>1</v>
       </c>
       <c r="K889">
         <v>1</v>
       </c>
       <c r="L889">
-        <v>45810</v>
+        <v>81170</v>
       </c>
       <c r="M889">
         <v>2026</v>
       </c>
       <c r="N889" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="890" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A890" s="1" t="s">
-        <v>1353</v>
+        <v>1350</v>
       </c>
       <c r="B890">
         <v>1</v>
       </c>
       <c r="C890" t="s">
         <v>15</v>
       </c>
       <c r="D890">
-        <v>2005</v>
+        <v>2025</v>
       </c>
       <c r="F890">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="G890" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>1354</v>
+        <v>29</v>
       </c>
       <c r="I890">
-        <v>2400</v>
+        <v>7200</v>
+      </c>
+      <c r="J890">
+        <v>1</v>
       </c>
       <c r="K890">
         <v>1</v>
       </c>
       <c r="L890">
-        <v>66770</v>
+        <v>137840</v>
       </c>
       <c r="M890">
         <v>2026</v>
       </c>
       <c r="N890" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="891" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A891" s="1" t="s">
-        <v>1355</v>
+        <v>1351</v>
       </c>
       <c r="B891">
         <v>1</v>
       </c>
       <c r="C891" t="s">
         <v>15</v>
       </c>
       <c r="D891">
-        <v>2005</v>
+        <v>2018</v>
       </c>
       <c r="F891">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="G891" t="s">
-        <v>54</v>
+        <v>319</v>
       </c>
       <c r="I891">
-        <v>2400</v>
+        <v>3200</v>
+      </c>
+      <c r="J891">
+        <v>1</v>
       </c>
       <c r="K891">
         <v>1</v>
       </c>
       <c r="L891">
-        <v>66770</v>
+        <v>122500</v>
       </c>
       <c r="M891">
         <v>2026</v>
       </c>
       <c r="N891" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="892" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A892" s="1" t="s">
-        <v>1356</v>
+        <v>1352</v>
       </c>
       <c r="B892">
         <v>1</v>
       </c>
       <c r="C892" t="s">
         <v>15</v>
       </c>
       <c r="D892">
-        <v>2005</v>
+        <v>1994</v>
       </c>
       <c r="F892">
-        <v>399</v>
+        <v>336</v>
       </c>
       <c r="G892" t="s">
-        <v>54</v>
+        <v>614</v>
+      </c>
+      <c r="H892" t="s">
+        <v>1353</v>
       </c>
       <c r="I892">
-        <v>2400</v>
+        <v>2335</v>
       </c>
       <c r="K892">
         <v>1</v>
       </c>
       <c r="L892">
-        <v>67650</v>
+        <v>51850</v>
       </c>
       <c r="M892">
         <v>2026</v>
       </c>
       <c r="N892" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="893" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A893" s="1" t="s">
-        <v>1357</v>
+        <v>1354</v>
       </c>
       <c r="B893">
         <v>1</v>
       </c>
       <c r="C893" t="s">
         <v>15</v>
       </c>
       <c r="D893">
         <v>2005</v>
       </c>
       <c r="F893">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="G893" t="s">
-        <v>54</v>
+        <v>319</v>
       </c>
       <c r="I893">
-        <v>2400</v>
+        <v>1500</v>
       </c>
       <c r="K893">
         <v>1</v>
       </c>
       <c r="L893">
-        <v>67650</v>
+        <v>45810</v>
       </c>
       <c r="M893">
         <v>2026</v>
       </c>
       <c r="N893" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="894" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A894" s="1" t="s">
-        <v>1358</v>
+        <v>1355</v>
       </c>
       <c r="B894">
         <v>1</v>
       </c>
       <c r="C894" t="s">
         <v>15</v>
       </c>
       <c r="D894">
         <v>2005</v>
       </c>
       <c r="F894">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="G894" t="s">
-        <v>54</v>
+        <v>319</v>
+      </c>
+      <c r="H894" t="s">
+        <v>1132</v>
       </c>
       <c r="I894">
-        <v>2400</v>
+        <v>1500</v>
       </c>
       <c r="K894">
         <v>1</v>
       </c>
       <c r="L894">
-        <v>67650</v>
+        <v>45810</v>
       </c>
       <c r="M894">
         <v>2026</v>
       </c>
       <c r="N894" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="895" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A895" s="1" t="s">
-        <v>1359</v>
+        <v>1356</v>
       </c>
       <c r="B895">
         <v>1</v>
       </c>
       <c r="C895" t="s">
         <v>15</v>
       </c>
       <c r="D895">
         <v>2005</v>
       </c>
       <c r="F895">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="G895" t="s">
-        <v>54</v>
+        <v>319</v>
       </c>
       <c r="H895" t="s">
         <v>1132</v>
       </c>
       <c r="I895">
-        <v>2400</v>
+        <v>1500</v>
       </c>
       <c r="K895">
         <v>1</v>
       </c>
       <c r="L895">
-        <v>67650</v>
+        <v>45810</v>
       </c>
       <c r="M895">
         <v>2026</v>
       </c>
       <c r="N895" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="896" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A896" s="1" t="s">
-        <v>1360</v>
+        <v>1357</v>
       </c>
       <c r="B896">
         <v>1</v>
       </c>
       <c r="C896" t="s">
         <v>15</v>
       </c>
       <c r="D896">
         <v>2005</v>
       </c>
       <c r="F896">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="G896" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>1361</v>
+        <v>319</v>
       </c>
       <c r="I896">
-        <v>1700</v>
+        <v>1500</v>
       </c>
       <c r="K896">
         <v>1</v>
       </c>
       <c r="L896">
-        <v>52340</v>
+        <v>45810</v>
       </c>
       <c r="M896">
         <v>2026</v>
       </c>
       <c r="N896" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="897" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A897" s="1" t="s">
-        <v>1362</v>
+        <v>1358</v>
       </c>
       <c r="B897">
         <v>1</v>
       </c>
       <c r="C897" t="s">
         <v>15</v>
       </c>
       <c r="D897">
         <v>2005</v>
       </c>
       <c r="F897">
         <v>399</v>
       </c>
       <c r="G897" t="s">
         <v>54</v>
       </c>
+      <c r="H897" t="s">
+        <v>1359</v>
+      </c>
       <c r="I897">
-        <v>1700</v>
+        <v>2400</v>
       </c>
       <c r="K897">
         <v>1</v>
       </c>
       <c r="L897">
-        <v>52340</v>
+        <v>66770</v>
       </c>
       <c r="M897">
         <v>2026</v>
       </c>
       <c r="N897" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="898" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A898" s="1" t="s">
-        <v>1363</v>
+        <v>1360</v>
       </c>
       <c r="B898">
         <v>1</v>
       </c>
       <c r="C898" t="s">
         <v>15</v>
       </c>
       <c r="D898">
         <v>2005</v>
       </c>
       <c r="F898">
         <v>399</v>
       </c>
       <c r="G898" t="s">
         <v>54</v>
       </c>
       <c r="I898">
-        <v>1700</v>
+        <v>2400</v>
       </c>
       <c r="K898">
         <v>1</v>
       </c>
       <c r="L898">
-        <v>52340</v>
+        <v>66770</v>
       </c>
       <c r="M898">
         <v>2026</v>
       </c>
       <c r="N898" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="899" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A899" s="1" t="s">
-        <v>1364</v>
+        <v>1361</v>
       </c>
       <c r="B899">
         <v>1</v>
       </c>
       <c r="C899" t="s">
         <v>15</v>
       </c>
       <c r="D899">
         <v>2005</v>
       </c>
       <c r="F899">
         <v>399</v>
       </c>
       <c r="G899" t="s">
         <v>54</v>
       </c>
-      <c r="H899" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I899">
-        <v>1700</v>
+        <v>2400</v>
       </c>
       <c r="K899">
         <v>1</v>
       </c>
       <c r="L899">
-        <v>52340</v>
+        <v>67650</v>
       </c>
       <c r="M899">
         <v>2026</v>
       </c>
       <c r="N899" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="900" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A900" s="1" t="s">
-        <v>1366</v>
+        <v>1362</v>
       </c>
       <c r="B900">
         <v>1</v>
       </c>
       <c r="C900" t="s">
         <v>15</v>
       </c>
       <c r="D900">
         <v>2005</v>
       </c>
       <c r="F900">
         <v>399</v>
       </c>
       <c r="G900" t="s">
         <v>54</v>
       </c>
-      <c r="H900" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I900">
-        <v>1700</v>
+        <v>2400</v>
       </c>
       <c r="K900">
         <v>1</v>
       </c>
       <c r="L900">
-        <v>52340</v>
+        <v>67650</v>
       </c>
       <c r="M900">
         <v>2026</v>
       </c>
       <c r="N900" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="901" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A901" s="1" t="s">
-        <v>1368</v>
+        <v>1363</v>
       </c>
       <c r="B901">
         <v>1</v>
       </c>
       <c r="C901" t="s">
         <v>15</v>
       </c>
       <c r="D901">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="F901">
-        <v>373</v>
+        <v>399</v>
       </c>
       <c r="G901" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1369</v>
+        <v>54</v>
       </c>
       <c r="I901">
-        <v>2800</v>
+        <v>2400</v>
       </c>
       <c r="K901">
         <v>1</v>
       </c>
       <c r="L901">
-        <v>101070</v>
+        <v>67650</v>
       </c>
       <c r="M901">
         <v>2026</v>
       </c>
       <c r="N901" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="902" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A902" s="1" t="s">
-        <v>1370</v>
+        <v>1364</v>
       </c>
       <c r="B902">
         <v>1</v>
       </c>
       <c r="C902" t="s">
         <v>15</v>
       </c>
       <c r="D902">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="F902">
         <v>399</v>
       </c>
       <c r="G902" t="s">
         <v>54</v>
       </c>
       <c r="H902" t="s">
-        <v>1371</v>
+        <v>1132</v>
       </c>
       <c r="I902">
-        <v>8400</v>
+        <v>2400</v>
       </c>
       <c r="K902">
         <v>1</v>
       </c>
       <c r="L902">
-        <v>142940</v>
+        <v>67650</v>
       </c>
       <c r="M902">
         <v>2026</v>
       </c>
       <c r="N902" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="903" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A903" s="1" t="s">
-        <v>1372</v>
+        <v>1365</v>
       </c>
       <c r="B903">
         <v>1</v>
       </c>
       <c r="C903" t="s">
         <v>15</v>
       </c>
       <c r="D903">
-        <v>1994</v>
+        <v>2005</v>
       </c>
       <c r="F903">
-        <v>374</v>
+        <v>399</v>
       </c>
       <c r="G903" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="H903" t="s">
-        <v>1373</v>
+        <v>1366</v>
       </c>
       <c r="I903">
-        <v>11700</v>
+        <v>1700</v>
       </c>
       <c r="K903">
         <v>1</v>
       </c>
       <c r="L903">
-        <v>426350</v>
+        <v>52340</v>
       </c>
       <c r="M903">
         <v>2026</v>
       </c>
       <c r="N903" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="904" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A904" s="1" t="s">
-        <v>1374</v>
+        <v>1367</v>
       </c>
       <c r="B904">
         <v>1</v>
       </c>
       <c r="C904" t="s">
         <v>15</v>
       </c>
       <c r="D904">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="F904">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="G904" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>1375</v>
+        <v>54</v>
       </c>
       <c r="I904">
-        <v>3200</v>
+        <v>1700</v>
       </c>
       <c r="K904">
         <v>1</v>
       </c>
       <c r="L904">
-        <v>59930</v>
+        <v>52340</v>
       </c>
       <c r="M904">
         <v>2026</v>
       </c>
       <c r="N904" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="905" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A905" s="1" t="s">
-        <v>1376</v>
+        <v>1368</v>
       </c>
       <c r="B905">
         <v>1</v>
       </c>
       <c r="C905" t="s">
         <v>15</v>
       </c>
       <c r="D905">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="F905">
-        <v>373</v>
+        <v>399</v>
       </c>
       <c r="G905" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1377</v>
+        <v>54</v>
       </c>
       <c r="I905">
-        <v>6950</v>
+        <v>1700</v>
       </c>
       <c r="K905">
         <v>1</v>
       </c>
       <c r="L905">
-        <v>229840</v>
+        <v>52340</v>
       </c>
       <c r="M905">
         <v>2026</v>
       </c>
       <c r="N905" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="906" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A906" s="1" t="s">
-        <v>1378</v>
+        <v>1369</v>
       </c>
       <c r="B906">
         <v>1</v>
       </c>
       <c r="C906" t="s">
         <v>15</v>
       </c>
       <c r="D906">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="F906">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="G906" t="s">
-        <v>114</v>
+        <v>54</v>
       </c>
       <c r="H906" t="s">
-        <v>1379</v>
+        <v>1370</v>
       </c>
       <c r="I906">
-        <v>2600</v>
+        <v>1700</v>
       </c>
       <c r="K906">
         <v>1</v>
       </c>
       <c r="L906">
-        <v>42920</v>
+        <v>52340</v>
       </c>
       <c r="M906">
         <v>2026</v>
       </c>
       <c r="N906" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="907" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A907" s="1" t="s">
-        <v>1378</v>
+        <v>1371</v>
       </c>
       <c r="B907">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C907" t="s">
         <v>15</v>
       </c>
       <c r="D907">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="F907">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="G907" t="s">
-        <v>114</v>
+        <v>54</v>
+      </c>
+      <c r="H907" t="s">
+        <v>1372</v>
       </c>
       <c r="I907">
-        <v>5200</v>
+        <v>1700</v>
       </c>
       <c r="K907">
         <v>1</v>
       </c>
       <c r="L907">
-        <v>75780</v>
+        <v>52340</v>
       </c>
       <c r="M907">
         <v>2026</v>
       </c>
       <c r="N907" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="908" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A908" s="1" t="s">
-        <v>1380</v>
+        <v>1373</v>
       </c>
       <c r="B908">
         <v>1</v>
       </c>
       <c r="C908" t="s">
         <v>15</v>
       </c>
       <c r="D908">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="F908">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="G908" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="H908" t="s">
-        <v>1381</v>
+        <v>1374</v>
       </c>
       <c r="I908">
-        <v>4000</v>
+        <v>2800</v>
       </c>
       <c r="K908">
         <v>1</v>
       </c>
       <c r="L908">
-        <v>121810</v>
+        <v>101070</v>
       </c>
       <c r="M908">
         <v>2026</v>
       </c>
       <c r="N908" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="909" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A909" s="1" t="s">
-        <v>1382</v>
+        <v>1375</v>
       </c>
       <c r="B909">
         <v>1</v>
       </c>
       <c r="C909" t="s">
         <v>15</v>
       </c>
       <c r="D909">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="F909">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="G909" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="H909" t="s">
-        <v>1383</v>
+        <v>1376</v>
       </c>
       <c r="I909">
-        <v>5000</v>
+        <v>8400</v>
       </c>
       <c r="K909">
         <v>1</v>
       </c>
       <c r="L909">
-        <v>156060</v>
+        <v>142940</v>
       </c>
       <c r="M909">
         <v>2026</v>
       </c>
       <c r="N909" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="910" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A910" s="1" t="s">
-        <v>1384</v>
+        <v>1377</v>
       </c>
       <c r="B910">
         <v>1</v>
       </c>
       <c r="C910" t="s">
         <v>15</v>
       </c>
       <c r="D910">
-        <v>2001</v>
+        <v>1994</v>
       </c>
       <c r="F910">
-        <v>398</v>
+        <v>374</v>
       </c>
       <c r="G910" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="H910" t="s">
-        <v>526</v>
+        <v>1378</v>
       </c>
       <c r="I910">
-        <v>6000</v>
+        <v>11700</v>
       </c>
       <c r="K910">
         <v>1</v>
       </c>
       <c r="L910">
-        <v>124720</v>
+        <v>426350</v>
       </c>
       <c r="M910">
         <v>2026</v>
       </c>
       <c r="N910" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="911" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A911" s="1" t="s">
-        <v>1385</v>
+        <v>1379</v>
       </c>
       <c r="B911">
         <v>1</v>
       </c>
       <c r="C911" t="s">
         <v>15</v>
       </c>
       <c r="D911">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="F911">
         <v>398</v>
       </c>
       <c r="G911" t="s">
         <v>29</v>
       </c>
       <c r="H911" t="s">
-        <v>1386</v>
+        <v>1380</v>
       </c>
       <c r="I911">
-        <v>3515</v>
+        <v>3200</v>
       </c>
       <c r="K911">
         <v>1</v>
       </c>
       <c r="L911">
-        <v>124990</v>
+        <v>59930</v>
       </c>
       <c r="M911">
         <v>2026</v>
       </c>
       <c r="N911" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="912" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A912" s="1" t="s">
-        <v>1387</v>
+        <v>1381</v>
       </c>
       <c r="B912">
         <v>1</v>
       </c>
       <c r="C912" t="s">
         <v>15</v>
       </c>
       <c r="D912">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="F912">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="G912" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="H912" t="s">
-        <v>1388</v>
+        <v>1382</v>
       </c>
       <c r="I912">
-        <v>4000</v>
+        <v>6950</v>
       </c>
       <c r="K912">
         <v>1</v>
       </c>
       <c r="L912">
-        <v>104000</v>
+        <v>229840</v>
       </c>
       <c r="M912">
         <v>2026</v>
       </c>
       <c r="N912" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="913" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A913" s="1" t="s">
-        <v>1389</v>
+        <v>1383</v>
       </c>
       <c r="B913">
         <v>1</v>
       </c>
       <c r="C913" t="s">
         <v>15</v>
       </c>
       <c r="D913">
-        <v>1998</v>
+        <v>1997</v>
       </c>
       <c r="F913">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="G913" t="s">
-        <v>29</v>
+        <v>114</v>
       </c>
       <c r="H913" t="s">
-        <v>526</v>
+        <v>1384</v>
       </c>
       <c r="I913">
-        <v>8400</v>
+        <v>2600</v>
       </c>
       <c r="K913">
         <v>1</v>
       </c>
       <c r="L913">
-        <v>184830</v>
+        <v>42920</v>
       </c>
       <c r="M913">
         <v>2026</v>
       </c>
       <c r="N913" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="914" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A914" s="1" t="s">
-        <v>1390</v>
+        <v>1383</v>
       </c>
       <c r="B914">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C914" t="s">
         <v>15</v>
       </c>
       <c r="D914">
-        <v>1991</v>
+        <v>1997</v>
       </c>
       <c r="F914">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="G914" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>1391</v>
+        <v>114</v>
       </c>
       <c r="I914">
-        <v>6300</v>
+        <v>5200</v>
       </c>
       <c r="K914">
         <v>1</v>
       </c>
       <c r="L914">
-        <v>137770</v>
+        <v>75780</v>
       </c>
       <c r="M914">
         <v>2026</v>
       </c>
       <c r="N914" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="915" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A915" s="1" t="s">
-        <v>1392</v>
+        <v>1385</v>
       </c>
       <c r="B915">
         <v>1</v>
       </c>
       <c r="C915" t="s">
         <v>15</v>
       </c>
       <c r="D915">
         <v>2000</v>
       </c>
       <c r="F915">
         <v>398</v>
       </c>
       <c r="G915" t="s">
         <v>29</v>
       </c>
       <c r="H915" t="s">
-        <v>1393</v>
+        <v>1386</v>
       </c>
       <c r="I915">
-        <v>9780</v>
+        <v>4000</v>
       </c>
       <c r="K915">
         <v>1</v>
       </c>
       <c r="L915">
-        <v>287290</v>
+        <v>121810</v>
       </c>
       <c r="M915">
         <v>2026</v>
       </c>
       <c r="N915" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="916" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A916" s="1" t="s">
-        <v>1394</v>
+        <v>1387</v>
       </c>
       <c r="B916">
         <v>1</v>
       </c>
       <c r="C916" t="s">
         <v>15</v>
       </c>
       <c r="D916">
-        <v>2018</v>
+        <v>2001</v>
       </c>
       <c r="F916">
         <v>398</v>
       </c>
       <c r="G916" t="s">
         <v>29</v>
       </c>
       <c r="H916" t="s">
-        <v>1395</v>
+        <v>1388</v>
       </c>
       <c r="I916">
-        <v>2400</v>
+        <v>5000</v>
+      </c>
+      <c r="K916">
+        <v>1</v>
       </c>
       <c r="L916">
-        <v>101860</v>
+        <v>156060</v>
       </c>
       <c r="M916">
         <v>2026</v>
       </c>
       <c r="N916" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="917" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A917" s="1" t="s">
-        <v>1396</v>
+        <v>1389</v>
       </c>
       <c r="B917">
         <v>1</v>
       </c>
       <c r="C917" t="s">
         <v>15</v>
       </c>
       <c r="D917">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="F917">
-        <v>101</v>
+        <v>398</v>
       </c>
       <c r="G917" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="H917" t="s">
-        <v>1397</v>
+        <v>524</v>
       </c>
       <c r="I917">
-        <v>2100</v>
+        <v>6000</v>
       </c>
       <c r="K917">
         <v>1</v>
       </c>
       <c r="L917">
-        <v>119990</v>
+        <v>124720</v>
       </c>
       <c r="M917">
         <v>2026</v>
       </c>
       <c r="N917" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="918" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A918" s="1" t="s">
-        <v>1398</v>
+        <v>1390</v>
       </c>
       <c r="B918">
         <v>1</v>
       </c>
       <c r="C918" t="s">
         <v>15</v>
       </c>
       <c r="D918">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="F918">
         <v>398</v>
       </c>
       <c r="G918" t="s">
         <v>29</v>
       </c>
       <c r="H918" t="s">
-        <v>1399</v>
+        <v>1391</v>
       </c>
       <c r="I918">
-        <v>1200</v>
+        <v>3515</v>
       </c>
       <c r="K918">
         <v>1</v>
       </c>
       <c r="L918">
-        <v>47890</v>
+        <v>124990</v>
       </c>
       <c r="M918">
         <v>2026</v>
       </c>
       <c r="N918" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="919" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A919" s="1" t="s">
-        <v>1400</v>
+        <v>1392</v>
       </c>
       <c r="B919">
         <v>1</v>
       </c>
       <c r="C919" t="s">
         <v>15</v>
       </c>
       <c r="D919">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="F919">
         <v>398</v>
       </c>
       <c r="G919" t="s">
         <v>29</v>
       </c>
       <c r="H919" t="s">
-        <v>526</v>
+        <v>1393</v>
       </c>
       <c r="I919">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="K919">
         <v>1</v>
       </c>
       <c r="L919">
-        <v>143560</v>
+        <v>104000</v>
       </c>
       <c r="M919">
         <v>2026</v>
       </c>
       <c r="N919" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="920" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A920" s="1" t="s">
-        <v>1401</v>
+        <v>1394</v>
       </c>
       <c r="B920">
         <v>1</v>
       </c>
       <c r="C920" t="s">
         <v>15</v>
       </c>
       <c r="D920">
-        <v>1990</v>
+        <v>1998</v>
       </c>
       <c r="F920">
         <v>398</v>
       </c>
       <c r="G920" t="s">
         <v>29</v>
       </c>
       <c r="H920" t="s">
-        <v>1402</v>
+        <v>524</v>
       </c>
       <c r="I920">
-        <v>4116</v>
+        <v>8400</v>
       </c>
       <c r="K920">
         <v>1</v>
       </c>
       <c r="L920">
-        <v>73800</v>
+        <v>184830</v>
       </c>
       <c r="M920">
         <v>2026</v>
       </c>
       <c r="N920" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="921" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A921" s="1" t="s">
-        <v>1403</v>
+        <v>1395</v>
       </c>
       <c r="B921">
         <v>1</v>
       </c>
       <c r="C921" t="s">
         <v>15</v>
       </c>
       <c r="D921">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="F921">
         <v>398</v>
       </c>
       <c r="G921" t="s">
         <v>29</v>
       </c>
       <c r="H921" t="s">
-        <v>1404</v>
+        <v>1396</v>
       </c>
       <c r="I921">
-        <v>1600</v>
+        <v>6300</v>
       </c>
       <c r="K921">
         <v>1</v>
       </c>
       <c r="L921">
-        <v>43370</v>
+        <v>137770</v>
       </c>
       <c r="M921">
         <v>2026</v>
       </c>
       <c r="N921" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="922" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A922" s="1" t="s">
-        <v>1405</v>
+        <v>1397</v>
       </c>
       <c r="B922">
         <v>1</v>
       </c>
       <c r="C922" t="s">
         <v>15</v>
       </c>
       <c r="D922">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="F922">
         <v>398</v>
       </c>
       <c r="G922" t="s">
         <v>29</v>
       </c>
+      <c r="H922" t="s">
+        <v>1398</v>
+      </c>
       <c r="I922">
-        <v>1800</v>
+        <v>9780</v>
       </c>
       <c r="K922">
         <v>1</v>
       </c>
       <c r="L922">
-        <v>32980</v>
+        <v>287290</v>
       </c>
       <c r="M922">
         <v>2026</v>
       </c>
       <c r="N922" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="923" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A923" s="1" t="s">
-        <v>1406</v>
+        <v>1399</v>
       </c>
       <c r="B923">
         <v>1</v>
       </c>
       <c r="C923" t="s">
         <v>15</v>
       </c>
       <c r="D923">
-        <v>1996</v>
+        <v>2018</v>
       </c>
       <c r="F923">
         <v>398</v>
       </c>
       <c r="G923" t="s">
         <v>29</v>
       </c>
       <c r="H923" t="s">
-        <v>1407</v>
+        <v>1400</v>
       </c>
       <c r="I923">
-        <v>5000</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2400</v>
       </c>
       <c r="L923">
-        <v>103500</v>
+        <v>101860</v>
       </c>
       <c r="M923">
         <v>2026</v>
       </c>
       <c r="N923" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="924" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A924" s="1" t="s">
-        <v>1408</v>
+        <v>1401</v>
       </c>
       <c r="B924">
         <v>1</v>
       </c>
       <c r="C924" t="s">
         <v>15</v>
       </c>
       <c r="D924">
-        <v>1990</v>
+        <v>1998</v>
       </c>
       <c r="F924">
-        <v>398</v>
+        <v>101</v>
       </c>
       <c r="G924" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="H924" t="s">
-        <v>1409</v>
+        <v>1402</v>
       </c>
       <c r="I924">
-        <v>5380</v>
+        <v>2100</v>
       </c>
       <c r="K924">
         <v>1</v>
       </c>
       <c r="L924">
-        <v>100670</v>
+        <v>119990</v>
       </c>
       <c r="M924">
         <v>2026</v>
       </c>
       <c r="N924" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="925" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A925" s="1" t="s">
-        <v>1410</v>
+        <v>1403</v>
       </c>
       <c r="B925">
         <v>1</v>
       </c>
       <c r="C925" t="s">
         <v>15</v>
       </c>
       <c r="D925">
-        <v>2006</v>
+        <v>1990</v>
       </c>
       <c r="F925">
-        <v>353</v>
+        <v>398</v>
       </c>
       <c r="G925" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="H925" t="s">
-        <v>1411</v>
+        <v>1404</v>
       </c>
       <c r="I925">
-        <v>2500</v>
+        <v>1200</v>
       </c>
       <c r="K925">
         <v>1</v>
       </c>
       <c r="L925">
-        <v>177920</v>
+        <v>47890</v>
       </c>
       <c r="M925">
         <v>2026</v>
       </c>
       <c r="N925" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="926" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A926" s="1" t="s">
-        <v>1412</v>
+        <v>1405</v>
       </c>
       <c r="B926">
         <v>1</v>
       </c>
       <c r="C926" t="s">
         <v>15</v>
       </c>
       <c r="D926">
         <v>1998</v>
       </c>
       <c r="F926">
         <v>398</v>
       </c>
       <c r="G926" t="s">
         <v>29</v>
       </c>
       <c r="H926" t="s">
-        <v>1413</v>
+        <v>524</v>
       </c>
       <c r="I926">
         <v>6000</v>
       </c>
       <c r="K926">
         <v>1</v>
       </c>
       <c r="L926">
-        <v>157940</v>
+        <v>143560</v>
       </c>
       <c r="M926">
         <v>2026</v>
       </c>
       <c r="N926" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="927" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A927" s="1" t="s">
-        <v>1414</v>
+        <v>1406</v>
       </c>
       <c r="B927">
         <v>1</v>
       </c>
       <c r="C927" t="s">
         <v>15</v>
       </c>
       <c r="D927">
         <v>1990</v>
       </c>
       <c r="F927">
         <v>398</v>
       </c>
       <c r="G927" t="s">
         <v>29</v>
       </c>
       <c r="H927" t="s">
-        <v>1415</v>
+        <v>1407</v>
       </c>
       <c r="I927">
-        <v>8940</v>
+        <v>4116</v>
       </c>
       <c r="K927">
         <v>1</v>
       </c>
       <c r="L927">
-        <v>199420</v>
+        <v>73800</v>
       </c>
       <c r="M927">
         <v>2026</v>
       </c>
       <c r="N927" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="928" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A928" s="1" t="s">
-        <v>1416</v>
+        <v>1408</v>
       </c>
       <c r="B928">
         <v>1</v>
       </c>
       <c r="C928" t="s">
         <v>15</v>
       </c>
       <c r="D928">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="F928">
         <v>398</v>
       </c>
       <c r="G928" t="s">
         <v>29</v>
       </c>
       <c r="H928" t="s">
-        <v>1417</v>
+        <v>1409</v>
       </c>
       <c r="I928">
-        <v>6000</v>
+        <v>1600</v>
       </c>
       <c r="K928">
         <v>1</v>
       </c>
       <c r="L928">
-        <v>147060</v>
+        <v>43370</v>
       </c>
       <c r="M928">
         <v>2026</v>
       </c>
       <c r="N928" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="929" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A929" s="1" t="s">
-        <v>1418</v>
+        <v>1410</v>
       </c>
       <c r="B929">
         <v>1</v>
       </c>
       <c r="C929" t="s">
         <v>15</v>
       </c>
       <c r="D929">
-        <v>2004</v>
+        <v>1998</v>
       </c>
       <c r="F929">
         <v>398</v>
       </c>
       <c r="G929" t="s">
         <v>29</v>
       </c>
-      <c r="H929" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I929">
-        <v>11500</v>
+        <v>1800</v>
       </c>
       <c r="K929">
         <v>1</v>
       </c>
       <c r="L929">
-        <v>356680</v>
+        <v>32980</v>
       </c>
       <c r="M929">
         <v>2026</v>
       </c>
       <c r="N929" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="930" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A930" s="1" t="s">
-        <v>1420</v>
+        <v>1411</v>
       </c>
       <c r="B930">
         <v>1</v>
       </c>
       <c r="C930" t="s">
         <v>15</v>
       </c>
       <c r="D930">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="F930">
         <v>398</v>
       </c>
       <c r="G930" t="s">
         <v>29</v>
       </c>
       <c r="H930" t="s">
-        <v>1421</v>
+        <v>1412</v>
       </c>
       <c r="I930">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K930">
         <v>1</v>
       </c>
       <c r="L930">
-        <v>119040</v>
+        <v>103500</v>
       </c>
       <c r="M930">
         <v>2026</v>
       </c>
       <c r="N930" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="931" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A931" s="1" t="s">
-        <v>1422</v>
+        <v>1413</v>
       </c>
       <c r="B931">
         <v>1</v>
       </c>
       <c r="C931" t="s">
         <v>15</v>
       </c>
       <c r="D931">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="F931">
         <v>398</v>
       </c>
       <c r="G931" t="s">
         <v>29</v>
       </c>
       <c r="H931" t="s">
-        <v>1423</v>
+        <v>1414</v>
       </c>
       <c r="I931">
-        <v>1800</v>
+        <v>5380</v>
       </c>
       <c r="K931">
         <v>1</v>
       </c>
       <c r="L931">
-        <v>69310</v>
+        <v>100670</v>
       </c>
       <c r="M931">
         <v>2026</v>
       </c>
       <c r="N931" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="932" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A932" s="1" t="s">
-        <v>1424</v>
+        <v>1415</v>
       </c>
       <c r="B932">
         <v>1</v>
       </c>
       <c r="C932" t="s">
         <v>15</v>
       </c>
       <c r="D932">
-        <v>1995</v>
+        <v>2006</v>
       </c>
       <c r="F932">
-        <v>398</v>
+        <v>353</v>
       </c>
       <c r="G932" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="H932" t="s">
-        <v>1423</v>
+        <v>1416</v>
       </c>
       <c r="I932">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="K932">
         <v>1</v>
       </c>
       <c r="L932">
-        <v>109630</v>
+        <v>177920</v>
       </c>
       <c r="M932">
         <v>2026</v>
       </c>
       <c r="N932" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="933" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A933" s="1" t="s">
-        <v>1425</v>
+        <v>1417</v>
       </c>
       <c r="B933">
         <v>1</v>
       </c>
       <c r="C933" t="s">
         <v>15</v>
       </c>
       <c r="D933">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="F933">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="G933" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="H933" t="s">
-        <v>1426</v>
+        <v>1418</v>
       </c>
       <c r="I933">
-        <v>3190</v>
+        <v>6000</v>
       </c>
       <c r="K933">
         <v>1</v>
       </c>
       <c r="L933">
-        <v>163630</v>
+        <v>157940</v>
       </c>
       <c r="M933">
         <v>2026</v>
       </c>
       <c r="N933" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="934" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A934" s="1" t="s">
-        <v>1425</v>
+        <v>1419</v>
       </c>
       <c r="B934">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C934" t="s">
         <v>15</v>
       </c>
       <c r="D934">
-        <v>2013</v>
+        <v>1990</v>
       </c>
       <c r="F934">
         <v>398</v>
       </c>
       <c r="G934" t="s">
         <v>29</v>
       </c>
       <c r="H934" t="s">
-        <v>1427</v>
+        <v>1420</v>
       </c>
       <c r="I934">
-        <v>11500</v>
+        <v>8940</v>
       </c>
       <c r="K934">
         <v>1</v>
       </c>
       <c r="L934">
-        <v>267940</v>
+        <v>199420</v>
       </c>
       <c r="M934">
         <v>2026</v>
       </c>
       <c r="N934" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="935" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A935" s="1" t="s">
-        <v>1428</v>
+        <v>1421</v>
       </c>
       <c r="B935">
         <v>1</v>
       </c>
       <c r="C935" t="s">
         <v>15</v>
       </c>
       <c r="D935">
-        <v>2000</v>
+        <v>1994</v>
       </c>
       <c r="F935">
         <v>398</v>
       </c>
       <c r="G935" t="s">
         <v>29</v>
       </c>
       <c r="H935" t="s">
-        <v>1429</v>
+        <v>1422</v>
       </c>
       <c r="I935">
-        <v>7800</v>
+        <v>6000</v>
       </c>
       <c r="K935">
         <v>1</v>
       </c>
       <c r="L935">
-        <v>295310</v>
+        <v>147060</v>
       </c>
       <c r="M935">
         <v>2026</v>
       </c>
       <c r="N935" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="936" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A936" s="1" t="s">
-        <v>1430</v>
+        <v>1423</v>
       </c>
       <c r="B936">
         <v>1</v>
       </c>
       <c r="C936" t="s">
         <v>15</v>
       </c>
       <c r="D936">
-        <v>2023</v>
+        <v>2004</v>
       </c>
       <c r="F936">
         <v>398</v>
       </c>
       <c r="G936" t="s">
         <v>29</v>
       </c>
+      <c r="H936" t="s">
+        <v>1424</v>
+      </c>
       <c r="I936">
-        <v>12000</v>
-[...1 lines deleted...]
-      <c r="J936">
+        <v>11500</v>
+      </c>
+      <c r="K936">
         <v>1</v>
       </c>
       <c r="L936">
-        <v>444300</v>
+        <v>356680</v>
       </c>
       <c r="M936">
         <v>2026</v>
       </c>
       <c r="N936" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="937" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A937" s="1" t="s">
-        <v>1431</v>
+        <v>1425</v>
       </c>
       <c r="B937">
         <v>1</v>
       </c>
       <c r="C937" t="s">
         <v>15</v>
       </c>
       <c r="D937">
-        <v>2005</v>
+        <v>1995</v>
       </c>
       <c r="F937">
         <v>398</v>
       </c>
       <c r="G937" t="s">
         <v>29</v>
       </c>
       <c r="H937" t="s">
-        <v>1432</v>
+        <v>1426</v>
       </c>
       <c r="I937">
-        <v>1500</v>
+        <v>3000</v>
       </c>
       <c r="K937">
         <v>1</v>
       </c>
       <c r="L937">
-        <v>17490</v>
+        <v>119040</v>
       </c>
       <c r="M937">
         <v>2026</v>
       </c>
       <c r="N937" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="938" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A938" s="1" t="s">
-        <v>1433</v>
+        <v>1427</v>
       </c>
       <c r="B938">
         <v>1</v>
       </c>
       <c r="C938" t="s">
         <v>15</v>
       </c>
       <c r="D938">
-        <v>2004</v>
+        <v>1995</v>
       </c>
       <c r="F938">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="G938" t="s">
-        <v>807</v>
+        <v>29</v>
       </c>
       <c r="H938" t="s">
-        <v>1434</v>
+        <v>1428</v>
       </c>
       <c r="I938">
-        <v>5000</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1800</v>
       </c>
       <c r="K938">
         <v>1</v>
       </c>
       <c r="L938">
-        <v>153700</v>
+        <v>69310</v>
       </c>
       <c r="M938">
         <v>2026</v>
       </c>
       <c r="N938" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="939" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A939" s="1" t="s">
-        <v>1433</v>
+        <v>1429</v>
       </c>
       <c r="B939">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C939" t="s">
         <v>15</v>
       </c>
       <c r="D939">
-        <v>2004</v>
+        <v>1995</v>
       </c>
       <c r="F939">
         <v>398</v>
       </c>
       <c r="G939" t="s">
         <v>29</v>
       </c>
+      <c r="H939" t="s">
+        <v>1428</v>
+      </c>
       <c r="I939">
-        <v>4000</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3000</v>
       </c>
       <c r="K939">
         <v>1</v>
       </c>
       <c r="L939">
-        <v>139250</v>
+        <v>109630</v>
       </c>
       <c r="M939">
         <v>2026</v>
       </c>
       <c r="N939" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="940" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A940" s="1" t="s">
-        <v>1435</v>
+        <v>1430</v>
       </c>
       <c r="B940">
         <v>1</v>
       </c>
       <c r="C940" t="s">
         <v>15</v>
       </c>
       <c r="D940">
-        <v>2023</v>
+        <v>1997</v>
       </c>
       <c r="F940">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="G940" t="s">
-        <v>29</v>
+        <v>54</v>
+      </c>
+      <c r="H940" t="s">
+        <v>1431</v>
       </c>
       <c r="I940">
-        <v>1600</v>
-[...1 lines deleted...]
-      <c r="J940">
+        <v>3190</v>
+      </c>
+      <c r="K940">
         <v>1</v>
       </c>
       <c r="L940">
-        <v>87650</v>
+        <v>163630</v>
       </c>
       <c r="M940">
         <v>2026</v>
       </c>
       <c r="N940" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="941" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A941" s="1" t="s">
-        <v>1436</v>
+        <v>1430</v>
       </c>
       <c r="B941">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C941" t="s">
         <v>15</v>
       </c>
       <c r="D941">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="F941">
         <v>398</v>
       </c>
       <c r="G941" t="s">
         <v>29</v>
       </c>
       <c r="H941" t="s">
-        <v>1437</v>
+        <v>1432</v>
       </c>
       <c r="I941">
-        <v>11250</v>
+        <v>11500</v>
       </c>
       <c r="K941">
         <v>1</v>
       </c>
       <c r="L941">
-        <v>405660</v>
+        <v>267940</v>
       </c>
       <c r="M941">
         <v>2026</v>
       </c>
       <c r="N941" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="942" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A942" s="1" t="s">
-        <v>1438</v>
+        <v>1433</v>
       </c>
       <c r="B942">
         <v>1</v>
       </c>
       <c r="C942" t="s">
         <v>15</v>
       </c>
       <c r="D942">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="F942">
         <v>398</v>
       </c>
       <c r="G942" t="s">
         <v>29</v>
       </c>
       <c r="H942" t="s">
-        <v>1354</v>
+        <v>1434</v>
       </c>
       <c r="I942">
-        <v>10200</v>
+        <v>7800</v>
       </c>
       <c r="K942">
         <v>1</v>
       </c>
       <c r="L942">
-        <v>350190</v>
+        <v>295310</v>
       </c>
       <c r="M942">
         <v>2026</v>
       </c>
       <c r="N942" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="943" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A943" s="1" t="s">
-        <v>1439</v>
+        <v>1435</v>
       </c>
       <c r="B943">
         <v>1</v>
       </c>
       <c r="C943" t="s">
         <v>15</v>
       </c>
       <c r="D943">
-        <v>2004</v>
+        <v>2023</v>
       </c>
       <c r="F943">
         <v>398</v>
       </c>
       <c r="G943" t="s">
         <v>29</v>
       </c>
-      <c r="H943" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I943">
-        <v>10200</v>
-[...1 lines deleted...]
-      <c r="K943">
+        <v>12000</v>
+      </c>
+      <c r="J943">
         <v>1</v>
       </c>
       <c r="L943">
-        <v>273670</v>
+        <v>444300</v>
       </c>
       <c r="M943">
         <v>2026</v>
       </c>
       <c r="N943" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="944" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A944" s="1" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="B944">
         <v>1</v>
       </c>
       <c r="C944" t="s">
         <v>15</v>
       </c>
       <c r="D944">
-        <v>2022</v>
+        <v>2005</v>
       </c>
       <c r="F944">
         <v>398</v>
       </c>
       <c r="G944" t="s">
         <v>29</v>
       </c>
+      <c r="H944" t="s">
+        <v>1437</v>
+      </c>
       <c r="I944">
-        <v>4400</v>
-[...1 lines deleted...]
-      <c r="J944">
+        <v>1500</v>
+      </c>
+      <c r="K944">
         <v>1</v>
       </c>
       <c r="L944">
-        <v>196140</v>
+        <v>17490</v>
       </c>
       <c r="M944">
         <v>2026</v>
       </c>
       <c r="N944" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="945" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A945" s="1" t="s">
-        <v>1442</v>
+        <v>1438</v>
       </c>
       <c r="B945">
         <v>1</v>
       </c>
       <c r="C945" t="s">
         <v>15</v>
       </c>
       <c r="D945">
         <v>2004</v>
       </c>
       <c r="F945">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="G945" t="s">
-        <v>29</v>
+        <v>806</v>
       </c>
       <c r="H945" t="s">
-        <v>1443</v>
+        <v>1439</v>
       </c>
       <c r="I945">
-        <v>3000</v>
+        <v>5000</v>
+      </c>
+      <c r="J945">
+        <v>2</v>
       </c>
       <c r="K945">
         <v>1</v>
       </c>
       <c r="L945">
-        <v>91920</v>
+        <v>153700</v>
       </c>
       <c r="M945">
         <v>2026</v>
       </c>
       <c r="N945" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="946" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A946" s="1" t="s">
-        <v>1444</v>
+        <v>1438</v>
       </c>
       <c r="B946">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C946" t="s">
         <v>15</v>
       </c>
       <c r="D946">
         <v>2004</v>
       </c>
       <c r="F946">
         <v>398</v>
       </c>
       <c r="G946" t="s">
         <v>29</v>
       </c>
-      <c r="H946" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I946">
-        <v>5000</v>
+        <v>4000</v>
+      </c>
+      <c r="J946">
+        <v>1</v>
       </c>
       <c r="K946">
         <v>1</v>
       </c>
       <c r="L946">
-        <v>128750</v>
+        <v>139250</v>
       </c>
       <c r="M946">
         <v>2026</v>
       </c>
       <c r="N946" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="947" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A947" s="1" t="s">
-        <v>1446</v>
+        <v>1440</v>
       </c>
       <c r="B947">
         <v>1</v>
       </c>
       <c r="C947" t="s">
         <v>15</v>
       </c>
       <c r="D947">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F947">
         <v>398</v>
       </c>
       <c r="G947" t="s">
         <v>29</v>
       </c>
-      <c r="H947" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I947">
-        <v>3600</v>
-[...1 lines deleted...]
-      <c r="K947">
+        <v>1600</v>
+      </c>
+      <c r="J947">
         <v>1</v>
       </c>
       <c r="L947">
-        <v>81600</v>
+        <v>87650</v>
       </c>
       <c r="M947">
         <v>2026</v>
       </c>
       <c r="N947" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="948" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A948" s="1" t="s">
-        <v>1448</v>
+        <v>1441</v>
       </c>
       <c r="B948">
         <v>1</v>
       </c>
       <c r="C948" t="s">
         <v>15</v>
       </c>
       <c r="D948">
-        <v>2018</v>
+        <v>2004</v>
       </c>
       <c r="F948">
         <v>398</v>
       </c>
       <c r="G948" t="s">
         <v>29</v>
       </c>
+      <c r="H948" t="s">
+        <v>1442</v>
+      </c>
       <c r="I948">
-        <v>2250</v>
-[...1 lines deleted...]
-      <c r="J948">
+        <v>11250</v>
+      </c>
+      <c r="K948">
         <v>1</v>
       </c>
       <c r="L948">
-        <v>81780</v>
+        <v>405660</v>
       </c>
       <c r="M948">
         <v>2026</v>
       </c>
       <c r="N948" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="949" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A949" s="1" t="s">
-        <v>1449</v>
+        <v>1443</v>
       </c>
       <c r="B949">
         <v>1</v>
       </c>
       <c r="C949" t="s">
         <v>15</v>
       </c>
       <c r="D949">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="F949">
         <v>398</v>
       </c>
       <c r="G949" t="s">
         <v>29</v>
       </c>
+      <c r="H949" t="s">
+        <v>1359</v>
+      </c>
       <c r="I949">
-        <v>4800</v>
+        <v>10200</v>
       </c>
       <c r="K949">
         <v>1</v>
       </c>
       <c r="L949">
-        <v>98970</v>
+        <v>350190</v>
       </c>
       <c r="M949">
         <v>2026</v>
       </c>
       <c r="N949" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="950" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A950" s="1" t="s">
-        <v>1449</v>
+        <v>1444</v>
       </c>
       <c r="B950">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C950" t="s">
         <v>15</v>
       </c>
       <c r="D950">
-        <v>2022</v>
+        <v>2004</v>
       </c>
       <c r="F950">
         <v>398</v>
       </c>
       <c r="G950" t="s">
         <v>29</v>
       </c>
+      <c r="H950" t="s">
+        <v>1445</v>
+      </c>
       <c r="I950">
-        <v>4800</v>
-[...1 lines deleted...]
-      <c r="J950">
+        <v>10200</v>
+      </c>
+      <c r="K950">
         <v>1</v>
       </c>
       <c r="L950">
-        <v>276310</v>
+        <v>273670</v>
       </c>
       <c r="M950">
         <v>2026</v>
       </c>
       <c r="N950" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="951" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A951" s="1" t="s">
-        <v>1450</v>
+        <v>1446</v>
       </c>
       <c r="B951">
         <v>1</v>
       </c>
       <c r="C951" t="s">
         <v>15</v>
       </c>
       <c r="D951">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F951">
         <v>398</v>
       </c>
       <c r="G951" t="s">
         <v>29</v>
       </c>
       <c r="I951">
-        <v>2700</v>
+        <v>4400</v>
       </c>
       <c r="J951">
         <v>1</v>
       </c>
-      <c r="K951">
-[...1 lines deleted...]
-      </c>
       <c r="L951">
-        <v>124990</v>
+        <v>196140</v>
       </c>
       <c r="M951">
         <v>2026</v>
       </c>
       <c r="N951" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="952" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A952" s="1" t="s">
-        <v>1451</v>
+        <v>1447</v>
       </c>
       <c r="B952">
         <v>1</v>
       </c>
       <c r="C952" t="s">
         <v>15</v>
       </c>
       <c r="D952">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="F952">
         <v>398</v>
       </c>
       <c r="G952" t="s">
         <v>29</v>
       </c>
       <c r="H952" t="s">
-        <v>1452</v>
+        <v>1448</v>
       </c>
       <c r="I952">
-        <v>5940</v>
+        <v>3000</v>
       </c>
       <c r="K952">
         <v>1</v>
       </c>
       <c r="L952">
-        <v>164310</v>
+        <v>91920</v>
       </c>
       <c r="M952">
         <v>2026</v>
       </c>
       <c r="N952" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="953" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A953" s="1" t="s">
-        <v>1453</v>
+        <v>1449</v>
       </c>
       <c r="B953">
         <v>1</v>
       </c>
       <c r="C953" t="s">
         <v>15</v>
       </c>
       <c r="D953">
         <v>2004</v>
       </c>
       <c r="F953">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="G953" t="s">
-        <v>114</v>
+        <v>29</v>
       </c>
       <c r="H953" t="s">
-        <v>1454</v>
+        <v>1450</v>
       </c>
       <c r="I953">
-        <v>9000</v>
+        <v>5000</v>
       </c>
       <c r="K953">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L953">
-        <v>182800</v>
+        <v>128750</v>
       </c>
       <c r="M953">
         <v>2026</v>
       </c>
       <c r="N953" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="954" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A954" s="1" t="s">
-        <v>1453</v>
+        <v>1451</v>
       </c>
       <c r="B954">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C954" t="s">
         <v>15</v>
       </c>
       <c r="D954">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="F954">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="G954" t="s">
-        <v>114</v>
+        <v>29</v>
+      </c>
+      <c r="H954" t="s">
+        <v>1452</v>
       </c>
       <c r="I954">
-        <v>7500</v>
+        <v>3600</v>
       </c>
       <c r="K954">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L954">
-        <v>143920</v>
+        <v>81600</v>
       </c>
       <c r="M954">
         <v>2026</v>
       </c>
       <c r="N954" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="955" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A955" s="1" t="s">
         <v>1453</v>
       </c>
       <c r="B955">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C955" t="s">
         <v>15</v>
       </c>
       <c r="D955">
-        <v>2004</v>
+        <v>2018</v>
       </c>
       <c r="F955">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="G955" t="s">
-        <v>114</v>
+        <v>29</v>
       </c>
       <c r="I955">
-        <v>6000</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>2250</v>
+      </c>
+      <c r="J955">
+        <v>1</v>
       </c>
       <c r="L955">
-        <v>127420</v>
+        <v>81780</v>
       </c>
       <c r="M955">
         <v>2026</v>
       </c>
       <c r="N955" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="956" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A956" s="1" t="s">
-        <v>1455</v>
+        <v>1454</v>
       </c>
       <c r="B956">
         <v>1</v>
       </c>
       <c r="C956" t="s">
         <v>15</v>
       </c>
       <c r="D956">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="F956">
-        <v>389</v>
+        <v>398</v>
       </c>
       <c r="G956" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>1456</v>
+        <v>29</v>
       </c>
       <c r="I956">
-        <v>6695</v>
+        <v>4800</v>
       </c>
       <c r="K956">
         <v>1</v>
       </c>
       <c r="L956">
-        <v>519030</v>
+        <v>98970</v>
       </c>
       <c r="M956">
         <v>2026</v>
       </c>
       <c r="N956" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="957" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A957" s="1" t="s">
-        <v>1457</v>
+        <v>1454</v>
       </c>
       <c r="B957">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C957" t="s">
         <v>15</v>
       </c>
       <c r="D957">
-        <v>2007</v>
+        <v>2022</v>
       </c>
       <c r="F957">
-        <v>355</v>
+        <v>398</v>
       </c>
       <c r="G957" t="s">
-        <v>1031</v>
-[...2 lines deleted...]
-        <v>1458</v>
+        <v>29</v>
       </c>
       <c r="I957">
-        <v>864</v>
-[...1 lines deleted...]
-      <c r="K957">
+        <v>4800</v>
+      </c>
+      <c r="J957">
         <v>1</v>
       </c>
       <c r="L957">
-        <v>86210</v>
+        <v>276310</v>
       </c>
       <c r="M957">
         <v>2026</v>
       </c>
       <c r="N957" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="958" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A958" s="1" t="s">
-        <v>1459</v>
+        <v>1455</v>
       </c>
       <c r="B958">
         <v>1</v>
       </c>
       <c r="C958" t="s">
         <v>15</v>
       </c>
       <c r="D958">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="F958">
-        <v>355</v>
+        <v>398</v>
       </c>
       <c r="G958" t="s">
-        <v>1031</v>
-[...2 lines deleted...]
-        <v>1460</v>
+        <v>29</v>
       </c>
       <c r="I958">
-        <v>864</v>
+        <v>2700</v>
+      </c>
+      <c r="J958">
+        <v>1</v>
       </c>
       <c r="K958">
         <v>1</v>
       </c>
       <c r="L958">
-        <v>86210</v>
+        <v>124990</v>
       </c>
       <c r="M958">
         <v>2026</v>
       </c>
       <c r="N958" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="959" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A959" s="1" t="s">
-        <v>1461</v>
+        <v>1456</v>
       </c>
       <c r="B959">
         <v>1</v>
       </c>
       <c r="C959" t="s">
         <v>15</v>
       </c>
       <c r="D959">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="F959">
-        <v>355</v>
+        <v>398</v>
       </c>
       <c r="G959" t="s">
-        <v>1031</v>
+        <v>29</v>
       </c>
       <c r="H959" t="s">
-        <v>1462</v>
+        <v>1457</v>
       </c>
       <c r="I959">
-        <v>624</v>
+        <v>5940</v>
       </c>
       <c r="K959">
         <v>1</v>
       </c>
       <c r="L959">
-        <v>63940</v>
+        <v>164310</v>
       </c>
       <c r="M959">
         <v>2026</v>
       </c>
       <c r="N959" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="960" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A960" s="1" t="s">
-        <v>1463</v>
+        <v>1458</v>
       </c>
       <c r="B960">
         <v>1</v>
       </c>
       <c r="C960" t="s">
         <v>15</v>
       </c>
       <c r="D960">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="F960">
-        <v>355</v>
+        <v>396</v>
       </c>
       <c r="G960" t="s">
-        <v>1031</v>
+        <v>114</v>
       </c>
       <c r="H960" t="s">
-        <v>1462</v>
+        <v>1459</v>
       </c>
       <c r="I960">
-        <v>624</v>
+        <v>9000</v>
       </c>
       <c r="K960">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L960">
-        <v>63940</v>
+        <v>182800</v>
       </c>
       <c r="M960">
         <v>2026</v>
       </c>
       <c r="N960" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="961" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A961" s="1" t="s">
-        <v>1464</v>
+        <v>1458</v>
       </c>
       <c r="B961">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C961" t="s">
         <v>15</v>
       </c>
       <c r="D961">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="F961">
-        <v>355</v>
+        <v>396</v>
       </c>
       <c r="G961" t="s">
-        <v>1031</v>
-[...2 lines deleted...]
-        <v>1462</v>
+        <v>114</v>
       </c>
       <c r="I961">
-        <v>624</v>
+        <v>7500</v>
       </c>
       <c r="K961">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L961">
-        <v>63940</v>
+        <v>143920</v>
       </c>
       <c r="M961">
         <v>2026</v>
       </c>
       <c r="N961" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="962" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A962" s="1" t="s">
-        <v>1465</v>
+        <v>1458</v>
       </c>
       <c r="B962">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C962" t="s">
         <v>15</v>
       </c>
       <c r="D962">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="F962">
-        <v>355</v>
+        <v>396</v>
       </c>
       <c r="G962" t="s">
-        <v>1031</v>
-[...2 lines deleted...]
-        <v>1466</v>
+        <v>114</v>
       </c>
       <c r="I962">
-        <v>5120</v>
+        <v>6000</v>
       </c>
       <c r="K962">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L962">
-        <v>627070</v>
+        <v>127420</v>
       </c>
       <c r="M962">
         <v>2026</v>
       </c>
       <c r="N962" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="963" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A963" s="1" t="s">
-        <v>1467</v>
+        <v>1460</v>
       </c>
       <c r="B963">
         <v>1</v>
       </c>
       <c r="C963" t="s">
         <v>15</v>
       </c>
       <c r="D963">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="F963">
-        <v>355</v>
+        <v>389</v>
       </c>
       <c r="G963" t="s">
-        <v>1031</v>
+        <v>144</v>
       </c>
       <c r="H963" t="s">
-        <v>1462</v>
+        <v>1461</v>
       </c>
       <c r="I963">
-        <v>1000</v>
+        <v>6695</v>
       </c>
       <c r="K963">
         <v>1</v>
       </c>
       <c r="L963">
-        <v>105640</v>
+        <v>519030</v>
       </c>
       <c r="M963">
         <v>2026</v>
       </c>
       <c r="N963" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="964" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A964" s="1" t="s">
-        <v>1468</v>
+        <v>1462</v>
       </c>
       <c r="B964">
         <v>1</v>
       </c>
       <c r="C964" t="s">
         <v>15</v>
       </c>
       <c r="D964">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="F964">
         <v>355</v>
       </c>
       <c r="G964" t="s">
         <v>1031</v>
       </c>
       <c r="H964" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="I964">
-        <v>1000</v>
+        <v>864</v>
       </c>
       <c r="K964">
         <v>1</v>
       </c>
       <c r="L964">
-        <v>105640</v>
+        <v>86210</v>
       </c>
       <c r="M964">
         <v>2026</v>
       </c>
       <c r="N964" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="965" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A965" s="1" t="s">
-        <v>1469</v>
+        <v>1464</v>
       </c>
       <c r="B965">
         <v>1</v>
       </c>
       <c r="C965" t="s">
         <v>15</v>
       </c>
       <c r="D965">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="F965">
         <v>355</v>
       </c>
       <c r="G965" t="s">
         <v>1031</v>
       </c>
       <c r="H965" t="s">
-        <v>1470</v>
+        <v>1465</v>
       </c>
       <c r="I965">
-        <v>1000</v>
+        <v>864</v>
       </c>
       <c r="K965">
         <v>1</v>
       </c>
       <c r="L965">
-        <v>105640</v>
+        <v>86210</v>
       </c>
       <c r="M965">
         <v>2026</v>
       </c>
       <c r="N965" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="966" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A966" s="1" t="s">
-        <v>1471</v>
+        <v>1466</v>
       </c>
       <c r="B966">
         <v>1</v>
       </c>
       <c r="C966" t="s">
         <v>15</v>
       </c>
       <c r="D966">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="F966">
         <v>355</v>
       </c>
       <c r="G966" t="s">
         <v>1031</v>
       </c>
       <c r="H966" t="s">
-        <v>1472</v>
+        <v>1467</v>
       </c>
       <c r="I966">
-        <v>1000</v>
+        <v>624</v>
       </c>
       <c r="K966">
         <v>1</v>
       </c>
       <c r="L966">
-        <v>108220</v>
+        <v>63940</v>
       </c>
       <c r="M966">
         <v>2026</v>
       </c>
       <c r="N966" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="967" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A967" s="1" t="s">
-        <v>1473</v>
+        <v>1468</v>
       </c>
       <c r="B967">
         <v>1</v>
       </c>
       <c r="C967" t="s">
         <v>15</v>
       </c>
       <c r="D967">
         <v>2007</v>
       </c>
       <c r="F967">
         <v>355</v>
       </c>
       <c r="G967" t="s">
         <v>1031</v>
       </c>
       <c r="H967" t="s">
-        <v>1474</v>
+        <v>1467</v>
       </c>
       <c r="I967">
-        <v>1000</v>
+        <v>624</v>
       </c>
       <c r="K967">
         <v>1</v>
       </c>
       <c r="L967">
-        <v>91610</v>
+        <v>63940</v>
       </c>
       <c r="M967">
         <v>2026</v>
       </c>
       <c r="N967" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="968" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A968" s="1" t="s">
-        <v>1475</v>
+        <v>1469</v>
       </c>
       <c r="B968">
         <v>1</v>
       </c>
       <c r="C968" t="s">
         <v>15</v>
       </c>
       <c r="D968">
         <v>2007</v>
       </c>
       <c r="F968">
         <v>355</v>
       </c>
       <c r="G968" t="s">
         <v>1031</v>
       </c>
       <c r="H968" t="s">
-        <v>1474</v>
+        <v>1467</v>
       </c>
       <c r="I968">
-        <v>1000</v>
+        <v>624</v>
       </c>
       <c r="K968">
         <v>1</v>
       </c>
       <c r="L968">
-        <v>98660</v>
+        <v>63940</v>
       </c>
       <c r="M968">
         <v>2026</v>
       </c>
       <c r="N968" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="969" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A969" s="1" t="s">
-        <v>1476</v>
+        <v>1470</v>
       </c>
       <c r="B969">
         <v>1</v>
       </c>
       <c r="C969" t="s">
         <v>15</v>
       </c>
       <c r="D969">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="F969">
         <v>355</v>
       </c>
       <c r="G969" t="s">
         <v>1031</v>
       </c>
       <c r="H969" t="s">
-        <v>1462</v>
+        <v>1471</v>
       </c>
       <c r="I969">
-        <v>1000</v>
+        <v>5120</v>
       </c>
       <c r="K969">
         <v>1</v>
       </c>
       <c r="L969">
-        <v>98660</v>
+        <v>627070</v>
       </c>
       <c r="M969">
         <v>2026</v>
       </c>
       <c r="N969" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="970" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A970" s="1" t="s">
-        <v>1477</v>
+        <v>1472</v>
       </c>
       <c r="B970">
         <v>1</v>
       </c>
       <c r="C970" t="s">
         <v>15</v>
       </c>
       <c r="D970">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="F970">
         <v>355</v>
       </c>
       <c r="G970" t="s">
         <v>1031</v>
       </c>
       <c r="H970" t="s">
-        <v>1462</v>
+        <v>1467</v>
       </c>
       <c r="I970">
         <v>1000</v>
       </c>
       <c r="K970">
         <v>1</v>
       </c>
       <c r="L970">
-        <v>98660</v>
+        <v>105640</v>
       </c>
       <c r="M970">
         <v>2026</v>
       </c>
       <c r="N970" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="971" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A971" s="1" t="s">
-        <v>1478</v>
+        <v>1473</v>
       </c>
       <c r="B971">
         <v>1</v>
       </c>
       <c r="C971" t="s">
         <v>15</v>
       </c>
       <c r="D971">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="F971">
         <v>355</v>
       </c>
       <c r="G971" t="s">
         <v>1031</v>
       </c>
       <c r="H971" t="s">
-        <v>1462</v>
+        <v>1467</v>
       </c>
       <c r="I971">
         <v>1000</v>
       </c>
       <c r="K971">
         <v>1</v>
       </c>
       <c r="L971">
-        <v>98660</v>
+        <v>105640</v>
       </c>
       <c r="M971">
         <v>2026</v>
       </c>
       <c r="N971" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="972" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A972" s="1" t="s">
-        <v>1479</v>
+        <v>1474</v>
       </c>
       <c r="B972">
         <v>1</v>
       </c>
       <c r="C972" t="s">
         <v>15</v>
       </c>
       <c r="D972">
         <v>2008</v>
       </c>
       <c r="F972">
         <v>355</v>
       </c>
       <c r="G972" t="s">
         <v>1031</v>
       </c>
       <c r="H972" t="s">
-        <v>375</v>
+        <v>1475</v>
       </c>
       <c r="I972">
-        <v>1444</v>
+        <v>1000</v>
       </c>
       <c r="K972">
         <v>1</v>
       </c>
       <c r="L972">
-        <v>165830</v>
+        <v>105640</v>
       </c>
       <c r="M972">
         <v>2026</v>
       </c>
       <c r="N972" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="973" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A973" s="1" t="s">
-        <v>1480</v>
+        <v>1476</v>
       </c>
       <c r="B973">
         <v>1</v>
       </c>
       <c r="C973" t="s">
         <v>15</v>
       </c>
       <c r="D973">
         <v>2008</v>
       </c>
       <c r="F973">
         <v>355</v>
       </c>
       <c r="G973" t="s">
         <v>1031</v>
       </c>
       <c r="H973" t="s">
-        <v>375</v>
+        <v>1477</v>
       </c>
       <c r="I973">
-        <v>1444</v>
+        <v>1000</v>
       </c>
       <c r="K973">
         <v>1</v>
       </c>
       <c r="L973">
-        <v>165830</v>
+        <v>108220</v>
       </c>
       <c r="M973">
         <v>2026</v>
       </c>
       <c r="N973" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="974" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A974" s="1" t="s">
-        <v>1481</v>
+        <v>1478</v>
       </c>
       <c r="B974">
         <v>1</v>
       </c>
       <c r="C974" t="s">
         <v>15</v>
       </c>
       <c r="D974">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="F974">
         <v>355</v>
       </c>
       <c r="G974" t="s">
         <v>1031</v>
       </c>
       <c r="H974" t="s">
-        <v>375</v>
+        <v>1479</v>
       </c>
       <c r="I974">
-        <v>1444</v>
+        <v>1000</v>
       </c>
       <c r="K974">
         <v>1</v>
       </c>
       <c r="L974">
-        <v>165830</v>
+        <v>91610</v>
       </c>
       <c r="M974">
         <v>2026</v>
       </c>
       <c r="N974" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="975" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A975" s="1" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
       <c r="B975">
         <v>1</v>
       </c>
       <c r="C975" t="s">
         <v>15</v>
       </c>
       <c r="D975">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="F975">
         <v>355</v>
       </c>
       <c r="G975" t="s">
         <v>1031</v>
       </c>
       <c r="H975" t="s">
-        <v>1483</v>
+        <v>1479</v>
       </c>
       <c r="I975">
-        <v>1444</v>
+        <v>1000</v>
       </c>
       <c r="K975">
         <v>1</v>
       </c>
       <c r="L975">
-        <v>165830</v>
+        <v>98660</v>
       </c>
       <c r="M975">
         <v>2026</v>
       </c>
       <c r="N975" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="976" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A976" s="1" t="s">
-        <v>1484</v>
+        <v>1481</v>
       </c>
       <c r="B976">
         <v>1</v>
       </c>
       <c r="C976" t="s">
         <v>15</v>
       </c>
       <c r="D976">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="F976">
         <v>355</v>
       </c>
       <c r="G976" t="s">
         <v>1031</v>
       </c>
       <c r="H976" t="s">
-        <v>1485</v>
+        <v>1467</v>
       </c>
       <c r="I976">
-        <v>1444</v>
+        <v>1000</v>
       </c>
       <c r="K976">
         <v>1</v>
       </c>
       <c r="L976">
-        <v>165830</v>
+        <v>98660</v>
       </c>
       <c r="M976">
         <v>2026</v>
       </c>
       <c r="N976" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="977" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A977" s="1" t="s">
-        <v>1486</v>
+        <v>1482</v>
       </c>
       <c r="B977">
         <v>1</v>
       </c>
       <c r="C977" t="s">
         <v>15</v>
       </c>
       <c r="D977">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="F977">
         <v>355</v>
       </c>
       <c r="G977" t="s">
         <v>1031</v>
       </c>
+      <c r="H977" t="s">
+        <v>1467</v>
+      </c>
       <c r="I977">
-        <v>1444</v>
+        <v>1000</v>
       </c>
       <c r="K977">
         <v>1</v>
       </c>
       <c r="L977">
-        <v>165830</v>
+        <v>98660</v>
       </c>
       <c r="M977">
         <v>2026</v>
       </c>
       <c r="N977" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="978" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A978" s="1" t="s">
-        <v>1487</v>
+        <v>1483</v>
       </c>
       <c r="B978">
         <v>1</v>
       </c>
       <c r="C978" t="s">
         <v>15</v>
       </c>
       <c r="D978">
-        <v>1983</v>
+        <v>2007</v>
       </c>
       <c r="F978">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="G978" t="s">
-        <v>57</v>
+        <v>1031</v>
       </c>
       <c r="H978" t="s">
-        <v>1488</v>
+        <v>1467</v>
       </c>
       <c r="I978">
-        <v>1200</v>
+        <v>1000</v>
       </c>
       <c r="K978">
         <v>1</v>
       </c>
       <c r="L978">
-        <v>123940</v>
+        <v>98660</v>
       </c>
       <c r="M978">
         <v>2026</v>
       </c>
       <c r="N978" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="979" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A979" s="1" t="s">
-        <v>1489</v>
+        <v>1484</v>
       </c>
       <c r="B979">
         <v>1</v>
       </c>
       <c r="C979" t="s">
         <v>15</v>
       </c>
       <c r="D979">
-        <v>1995</v>
+        <v>2008</v>
       </c>
       <c r="F979">
-        <v>388</v>
+        <v>355</v>
       </c>
       <c r="G979" t="s">
-        <v>16</v>
+        <v>1031</v>
       </c>
       <c r="H979" t="s">
-        <v>1490</v>
+        <v>373</v>
       </c>
       <c r="I979">
-        <v>1731</v>
+        <v>1444</v>
       </c>
       <c r="K979">
         <v>1</v>
       </c>
       <c r="L979">
-        <v>0</v>
+        <v>165830</v>
       </c>
       <c r="M979">
         <v>2026</v>
       </c>
       <c r="N979" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="980" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A980" s="1" t="s">
-        <v>1491</v>
+        <v>1485</v>
       </c>
       <c r="B980">
         <v>1</v>
       </c>
       <c r="C980" t="s">
         <v>15</v>
       </c>
       <c r="D980">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="F980">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="G980" t="s">
-        <v>895</v>
+        <v>1031</v>
       </c>
       <c r="H980" t="s">
-        <v>1492</v>
+        <v>373</v>
       </c>
       <c r="I980">
-        <v>2364</v>
+        <v>1444</v>
       </c>
       <c r="K980">
         <v>1</v>
       </c>
       <c r="L980">
-        <v>317440</v>
+        <v>165830</v>
       </c>
       <c r="M980">
         <v>2026</v>
       </c>
       <c r="N980" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="981" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A981" s="1" t="s">
-        <v>1493</v>
+        <v>1486</v>
       </c>
       <c r="B981">
         <v>1</v>
       </c>
       <c r="C981" t="s">
         <v>15</v>
       </c>
       <c r="D981">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="F981">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="G981" t="s">
-        <v>895</v>
+        <v>1031</v>
       </c>
       <c r="H981" t="s">
-        <v>1494</v>
+        <v>373</v>
       </c>
       <c r="I981">
-        <v>2050</v>
+        <v>1444</v>
       </c>
       <c r="K981">
         <v>1</v>
       </c>
       <c r="L981">
-        <v>193640</v>
+        <v>165830</v>
       </c>
       <c r="M981">
         <v>2026</v>
       </c>
       <c r="N981" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="982" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A982" s="1" t="s">
-        <v>1495</v>
+        <v>1487</v>
       </c>
       <c r="B982">
         <v>1</v>
       </c>
       <c r="C982" t="s">
         <v>15</v>
       </c>
       <c r="D982">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="F982">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="G982" t="s">
-        <v>895</v>
+        <v>1031</v>
       </c>
       <c r="H982" t="s">
-        <v>1496</v>
+        <v>1488</v>
       </c>
       <c r="I982">
-        <v>820</v>
+        <v>1444</v>
       </c>
       <c r="K982">
         <v>1</v>
       </c>
       <c r="L982">
-        <v>134820</v>
+        <v>165830</v>
       </c>
       <c r="M982">
         <v>2026</v>
       </c>
       <c r="N982" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="983" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A983" s="1" t="s">
-        <v>1497</v>
+        <v>1489</v>
       </c>
       <c r="B983">
         <v>1</v>
       </c>
       <c r="C983" t="s">
         <v>15</v>
       </c>
       <c r="D983">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="F983">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="G983" t="s">
-        <v>895</v>
+        <v>1031</v>
       </c>
       <c r="H983" t="s">
-        <v>1498</v>
+        <v>1490</v>
       </c>
       <c r="I983">
-        <v>3380</v>
+        <v>1444</v>
       </c>
       <c r="K983">
         <v>1</v>
       </c>
       <c r="L983">
-        <v>443950</v>
+        <v>165830</v>
       </c>
       <c r="M983">
         <v>2026</v>
       </c>
       <c r="N983" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="984" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A984" s="1" t="s">
-        <v>1499</v>
+        <v>1491</v>
       </c>
       <c r="B984">
         <v>1</v>
       </c>
       <c r="C984" t="s">
         <v>15</v>
       </c>
       <c r="D984">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="F984">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="G984" t="s">
-        <v>895</v>
-[...2 lines deleted...]
-        <v>1500</v>
+        <v>1031</v>
       </c>
       <c r="I984">
-        <v>1025</v>
+        <v>1444</v>
       </c>
       <c r="K984">
         <v>1</v>
       </c>
       <c r="L984">
-        <v>163820</v>
+        <v>165830</v>
       </c>
       <c r="M984">
         <v>2026</v>
       </c>
       <c r="N984" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="985" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A985" s="1" t="s">
-        <v>1501</v>
+        <v>1492</v>
       </c>
       <c r="B985">
         <v>1</v>
       </c>
       <c r="C985" t="s">
         <v>15</v>
       </c>
       <c r="D985">
-        <v>2003</v>
+        <v>1983</v>
       </c>
       <c r="F985">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="G985" t="s">
-        <v>895</v>
+        <v>57</v>
       </c>
       <c r="H985" t="s">
-        <v>1502</v>
+        <v>1493</v>
       </c>
       <c r="I985">
-        <v>1025</v>
+        <v>1200</v>
       </c>
       <c r="K985">
         <v>1</v>
       </c>
       <c r="L985">
-        <v>185910</v>
+        <v>123940</v>
       </c>
       <c r="M985">
         <v>2026</v>
       </c>
       <c r="N985" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="986" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A986" s="1" t="s">
-        <v>1503</v>
+        <v>1494</v>
       </c>
       <c r="B986">
         <v>1</v>
       </c>
       <c r="C986" t="s">
         <v>15</v>
       </c>
       <c r="D986">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="F986">
-        <v>356</v>
+        <v>388</v>
       </c>
       <c r="G986" t="s">
-        <v>895</v>
+        <v>16</v>
       </c>
       <c r="H986" t="s">
-        <v>1504</v>
+        <v>1495</v>
       </c>
       <c r="I986">
-        <v>2388</v>
+        <v>1731</v>
       </c>
       <c r="K986">
         <v>1</v>
       </c>
       <c r="L986">
-        <v>268930</v>
+        <v>0</v>
       </c>
       <c r="M986">
         <v>2026</v>
       </c>
       <c r="N986" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="987" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A987" s="1" t="s">
-        <v>1505</v>
+        <v>1496</v>
       </c>
       <c r="B987">
         <v>1</v>
       </c>
       <c r="C987" t="s">
         <v>15</v>
       </c>
       <c r="D987">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="F987">
         <v>356</v>
       </c>
       <c r="G987" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H987" t="s">
-        <v>902</v>
+        <v>1497</v>
       </c>
       <c r="I987">
-        <v>1472</v>
+        <v>2364</v>
       </c>
       <c r="K987">
         <v>1</v>
       </c>
       <c r="L987">
-        <v>158640</v>
+        <v>317440</v>
       </c>
       <c r="M987">
         <v>2026</v>
       </c>
       <c r="N987" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="988" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A988" s="1" t="s">
-        <v>1506</v>
+        <v>1498</v>
       </c>
       <c r="B988">
         <v>1</v>
       </c>
       <c r="C988" t="s">
         <v>15</v>
       </c>
       <c r="D988">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="F988">
         <v>356</v>
       </c>
       <c r="G988" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H988" t="s">
-        <v>902</v>
+        <v>1499</v>
       </c>
       <c r="I988">
-        <v>1885</v>
+        <v>2050</v>
       </c>
       <c r="K988">
         <v>1</v>
       </c>
       <c r="L988">
-        <v>209140</v>
+        <v>193640</v>
       </c>
       <c r="M988">
         <v>2026</v>
       </c>
       <c r="N988" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="989" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A989" s="1" t="s">
-        <v>1507</v>
+        <v>1500</v>
       </c>
       <c r="B989">
         <v>1</v>
       </c>
       <c r="C989" t="s">
         <v>15</v>
       </c>
       <c r="D989">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="F989">
         <v>356</v>
       </c>
       <c r="G989" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H989" t="s">
-        <v>1508</v>
+        <v>1501</v>
       </c>
       <c r="I989">
-        <v>2088</v>
+        <v>820</v>
       </c>
       <c r="K989">
         <v>1</v>
       </c>
       <c r="L989">
-        <v>343510</v>
+        <v>134820</v>
       </c>
       <c r="M989">
         <v>2026</v>
       </c>
       <c r="N989" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="990" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A990" s="1" t="s">
-        <v>1509</v>
+        <v>1502</v>
       </c>
       <c r="B990">
         <v>1</v>
       </c>
       <c r="C990" t="s">
         <v>15</v>
       </c>
       <c r="D990">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="F990">
-        <v>344</v>
+        <v>356</v>
       </c>
       <c r="G990" t="s">
-        <v>137</v>
+        <v>894</v>
       </c>
       <c r="H990" t="s">
-        <v>1510</v>
+        <v>1503</v>
       </c>
       <c r="I990">
-        <v>6681</v>
+        <v>3380</v>
       </c>
       <c r="K990">
         <v>1</v>
       </c>
       <c r="L990">
-        <v>193700</v>
+        <v>443950</v>
       </c>
       <c r="M990">
         <v>2026</v>
       </c>
       <c r="N990" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="991" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A991" s="1" t="s">
-        <v>1511</v>
+        <v>1504</v>
       </c>
       <c r="B991">
         <v>1</v>
       </c>
       <c r="C991" t="s">
         <v>15</v>
       </c>
       <c r="D991">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="F991">
-        <v>398</v>
+        <v>356</v>
       </c>
       <c r="G991" t="s">
-        <v>29</v>
+        <v>894</v>
       </c>
       <c r="H991" t="s">
-        <v>1512</v>
+        <v>1505</v>
       </c>
       <c r="I991">
-        <v>8944</v>
+        <v>1025</v>
       </c>
       <c r="K991">
         <v>1</v>
       </c>
       <c r="L991">
-        <v>225500</v>
+        <v>163820</v>
       </c>
       <c r="M991">
         <v>2026</v>
       </c>
       <c r="N991" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="992" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A992" s="1" t="s">
-        <v>1513</v>
+        <v>1506</v>
       </c>
       <c r="B992">
         <v>1</v>
       </c>
       <c r="C992" t="s">
         <v>15</v>
       </c>
       <c r="D992">
-        <v>1988</v>
+        <v>2003</v>
       </c>
       <c r="F992">
-        <v>398</v>
+        <v>356</v>
       </c>
       <c r="G992" t="s">
-        <v>29</v>
+        <v>894</v>
       </c>
       <c r="H992" t="s">
-        <v>1514</v>
+        <v>1507</v>
       </c>
       <c r="I992">
-        <v>7200</v>
+        <v>1025</v>
       </c>
       <c r="K992">
         <v>1</v>
       </c>
       <c r="L992">
-        <v>128500</v>
+        <v>185910</v>
       </c>
       <c r="M992">
         <v>2026</v>
       </c>
       <c r="N992" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="993" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A993" s="1" t="s">
-        <v>1515</v>
+        <v>1508</v>
       </c>
       <c r="B993">
         <v>1</v>
       </c>
       <c r="C993" t="s">
         <v>15</v>
       </c>
       <c r="D993">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="F993">
-        <v>398</v>
+        <v>356</v>
       </c>
       <c r="G993" t="s">
-        <v>29</v>
+        <v>894</v>
       </c>
       <c r="H993" t="s">
-        <v>1516</v>
+        <v>1509</v>
       </c>
       <c r="I993">
-        <v>6000</v>
+        <v>2388</v>
       </c>
       <c r="K993">
         <v>1</v>
       </c>
       <c r="L993">
-        <v>137780</v>
+        <v>268930</v>
       </c>
       <c r="M993">
         <v>2026</v>
       </c>
       <c r="N993" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="994" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A994" s="1" t="s">
-        <v>1517</v>
+        <v>1510</v>
       </c>
       <c r="B994">
         <v>1</v>
       </c>
       <c r="C994" t="s">
         <v>15</v>
       </c>
       <c r="D994">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="F994">
-        <v>398</v>
+        <v>356</v>
       </c>
       <c r="G994" t="s">
-        <v>29</v>
+        <v>894</v>
       </c>
       <c r="H994" t="s">
-        <v>1518</v>
+        <v>901</v>
       </c>
       <c r="I994">
-        <v>4000</v>
+        <v>1472</v>
       </c>
       <c r="K994">
         <v>1</v>
       </c>
       <c r="L994">
-        <v>82590</v>
+        <v>158640</v>
       </c>
       <c r="M994">
         <v>2026</v>
       </c>
       <c r="N994" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="995" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A995" s="1" t="s">
-        <v>1517</v>
+        <v>1511</v>
       </c>
       <c r="B995">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C995" t="s">
         <v>15</v>
       </c>
       <c r="D995">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="F995">
-        <v>398</v>
+        <v>356</v>
       </c>
       <c r="G995" t="s">
-        <v>29</v>
+        <v>894</v>
+      </c>
+      <c r="H995" t="s">
+        <v>901</v>
       </c>
       <c r="I995">
-        <v>8880</v>
+        <v>1885</v>
       </c>
       <c r="K995">
         <v>1</v>
       </c>
       <c r="L995">
-        <v>165960</v>
+        <v>209140</v>
       </c>
       <c r="M995">
         <v>2026</v>
       </c>
       <c r="N995" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="996" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A996" s="1" t="s">
-        <v>1519</v>
+        <v>1512</v>
       </c>
       <c r="B996">
         <v>1</v>
       </c>
       <c r="C996" t="s">
         <v>15</v>
       </c>
       <c r="D996">
-        <v>1989</v>
+        <v>2000</v>
       </c>
       <c r="F996">
-        <v>398</v>
+        <v>356</v>
       </c>
       <c r="G996" t="s">
-        <v>29</v>
+        <v>894</v>
       </c>
       <c r="H996" t="s">
-        <v>808</v>
+        <v>1513</v>
       </c>
       <c r="I996">
-        <v>8644</v>
+        <v>2088</v>
       </c>
       <c r="K996">
         <v>1</v>
       </c>
       <c r="L996">
-        <v>182010</v>
+        <v>343510</v>
       </c>
       <c r="M996">
         <v>2026</v>
       </c>
       <c r="N996" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="997" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A997" s="1" t="s">
-        <v>1520</v>
+        <v>1514</v>
       </c>
       <c r="B997">
         <v>1</v>
       </c>
       <c r="C997" t="s">
         <v>15</v>
       </c>
       <c r="D997">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="F997">
-        <v>398</v>
+        <v>344</v>
       </c>
       <c r="G997" t="s">
-        <v>29</v>
+        <v>136</v>
       </c>
       <c r="H997" t="s">
-        <v>805</v>
+        <v>1515</v>
       </c>
       <c r="I997">
-        <v>2160</v>
+        <v>6681</v>
       </c>
       <c r="K997">
         <v>1</v>
       </c>
       <c r="L997">
-        <v>67040</v>
+        <v>193700</v>
       </c>
       <c r="M997">
         <v>2026</v>
       </c>
       <c r="N997" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="998" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A998" s="1" t="s">
-        <v>1520</v>
+        <v>1516</v>
       </c>
       <c r="B998">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C998" t="s">
         <v>15</v>
       </c>
       <c r="D998">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="F998">
-        <v>353</v>
+        <v>398</v>
       </c>
       <c r="G998" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="H998" t="s">
-        <v>805</v>
+        <v>1517</v>
       </c>
       <c r="I998">
-        <v>1840</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8944</v>
       </c>
       <c r="K998">
         <v>1</v>
       </c>
       <c r="L998">
-        <v>88740</v>
+        <v>225500</v>
       </c>
       <c r="M998">
         <v>2026</v>
       </c>
       <c r="N998" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="999" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A999" s="1" t="s">
-        <v>1521</v>
+        <v>1518</v>
       </c>
       <c r="B999">
         <v>1</v>
       </c>
       <c r="C999" t="s">
         <v>15</v>
       </c>
       <c r="D999">
-        <v>1995</v>
+        <v>1988</v>
       </c>
       <c r="F999">
         <v>398</v>
       </c>
       <c r="G999" t="s">
         <v>29</v>
       </c>
       <c r="H999" t="s">
-        <v>1522</v>
+        <v>1519</v>
       </c>
       <c r="I999">
-        <v>4950</v>
+        <v>7200</v>
       </c>
       <c r="K999">
         <v>1</v>
       </c>
       <c r="L999">
-        <v>108750</v>
+        <v>128500</v>
       </c>
       <c r="M999">
         <v>2026</v>
       </c>
       <c r="N999" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1000" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1000" s="1" t="s">
-        <v>1523</v>
+        <v>1520</v>
       </c>
       <c r="B1000">
         <v>1</v>
       </c>
       <c r="C1000" t="s">
         <v>15</v>
       </c>
       <c r="D1000">
-        <v>1989</v>
+        <v>2001</v>
       </c>
       <c r="F1000">
-        <v>348</v>
+        <v>398</v>
       </c>
       <c r="G1000" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H1000" t="s">
-        <v>1524</v>
+        <v>1521</v>
       </c>
       <c r="I1000">
-        <v>2869</v>
+        <v>6000</v>
       </c>
       <c r="K1000">
         <v>1</v>
       </c>
       <c r="L1000">
-        <v>101610</v>
+        <v>137780</v>
       </c>
       <c r="M1000">
         <v>2026</v>
       </c>
       <c r="N1000" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1001" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1001" s="1" t="s">
-        <v>1525</v>
+        <v>1522</v>
       </c>
       <c r="B1001">
         <v>1</v>
       </c>
       <c r="C1001" t="s">
         <v>15</v>
       </c>
       <c r="D1001">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="F1001">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G1001" t="s">
-        <v>321</v>
+        <v>29</v>
       </c>
       <c r="H1001" t="s">
-        <v>1526</v>
+        <v>1523</v>
       </c>
       <c r="I1001">
-        <v>2400</v>
+        <v>4000</v>
       </c>
       <c r="K1001">
         <v>1</v>
       </c>
       <c r="L1001">
-        <v>70810</v>
+        <v>82590</v>
       </c>
       <c r="M1001">
         <v>2026</v>
       </c>
       <c r="N1001" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1002" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1002" s="1" t="s">
-        <v>1527</v>
+        <v>1522</v>
       </c>
       <c r="B1002">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C1002" t="s">
         <v>15</v>
       </c>
       <c r="D1002">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="F1002">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G1002" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>1132</v>
+        <v>29</v>
       </c>
       <c r="I1002">
-        <v>2400</v>
+        <v>8880</v>
       </c>
       <c r="K1002">
         <v>1</v>
       </c>
       <c r="L1002">
-        <v>70810</v>
+        <v>165960</v>
       </c>
       <c r="M1002">
         <v>2026</v>
       </c>
       <c r="N1002" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1003" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1003" s="1" t="s">
-        <v>1528</v>
+        <v>1524</v>
       </c>
       <c r="B1003">
         <v>1</v>
       </c>
       <c r="C1003" t="s">
         <v>15</v>
       </c>
       <c r="D1003">
-        <v>2001</v>
+        <v>1989</v>
       </c>
       <c r="F1003">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G1003" t="s">
-        <v>321</v>
+        <v>29</v>
       </c>
       <c r="H1003" t="s">
-        <v>1132</v>
+        <v>807</v>
       </c>
       <c r="I1003">
-        <v>2400</v>
+        <v>8644</v>
       </c>
       <c r="K1003">
         <v>1</v>
       </c>
       <c r="L1003">
-        <v>72910</v>
+        <v>182010</v>
       </c>
       <c r="M1003">
         <v>2026</v>
       </c>
       <c r="N1003" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1004" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1004" s="1" t="s">
-        <v>1529</v>
+        <v>1525</v>
       </c>
       <c r="B1004">
         <v>1</v>
       </c>
       <c r="C1004" t="s">
         <v>15</v>
       </c>
       <c r="D1004">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="F1004">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G1004" t="s">
-        <v>321</v>
+        <v>29</v>
       </c>
       <c r="H1004" t="s">
-        <v>1132</v>
+        <v>804</v>
       </c>
       <c r="I1004">
-        <v>1920</v>
+        <v>2160</v>
+      </c>
+      <c r="K1004">
+        <v>1</v>
       </c>
       <c r="L1004">
-        <v>61080</v>
+        <v>67040</v>
       </c>
       <c r="M1004">
         <v>2026</v>
       </c>
       <c r="N1004" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1005" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1005" s="1" t="s">
-        <v>1530</v>
+        <v>1525</v>
       </c>
       <c r="B1005">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C1005" t="s">
         <v>15</v>
       </c>
       <c r="D1005">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="F1005">
-        <v>397</v>
+        <v>353</v>
       </c>
       <c r="G1005" t="s">
-        <v>321</v>
+        <v>57</v>
       </c>
       <c r="H1005" t="s">
-        <v>1132</v>
+        <v>804</v>
       </c>
       <c r="I1005">
-        <v>1920</v>
+        <v>1840</v>
+      </c>
+      <c r="J1005">
+        <v>1</v>
       </c>
       <c r="K1005">
         <v>1</v>
       </c>
       <c r="L1005">
-        <v>64030</v>
+        <v>88740</v>
       </c>
       <c r="M1005">
         <v>2026</v>
       </c>
       <c r="N1005" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1006" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1006" s="1" t="s">
-        <v>1531</v>
+        <v>1526</v>
       </c>
       <c r="B1006">
         <v>1</v>
       </c>
       <c r="C1006" t="s">
         <v>15</v>
       </c>
       <c r="D1006">
-        <v>2002</v>
+        <v>1995</v>
       </c>
       <c r="F1006">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G1006" t="s">
-        <v>321</v>
+        <v>29</v>
       </c>
       <c r="H1006" t="s">
-        <v>1132</v>
+        <v>1527</v>
       </c>
       <c r="I1006">
-        <v>1920</v>
+        <v>4950</v>
       </c>
       <c r="K1006">
         <v>1</v>
       </c>
       <c r="L1006">
-        <v>64030</v>
+        <v>108750</v>
       </c>
       <c r="M1006">
         <v>2026</v>
       </c>
       <c r="N1006" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1007" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1007" s="1" t="s">
-        <v>1532</v>
+        <v>1528</v>
       </c>
       <c r="B1007">
         <v>1</v>
       </c>
       <c r="C1007" t="s">
         <v>15</v>
       </c>
       <c r="D1007">
-        <v>2002</v>
+        <v>1989</v>
       </c>
       <c r="F1007">
-        <v>397</v>
+        <v>348</v>
       </c>
       <c r="G1007" t="s">
-        <v>321</v>
+        <v>35</v>
       </c>
       <c r="H1007" t="s">
-        <v>1132</v>
+        <v>1529</v>
       </c>
       <c r="I1007">
-        <v>1920</v>
+        <v>2869</v>
       </c>
       <c r="K1007">
         <v>1</v>
       </c>
       <c r="L1007">
-        <v>64030</v>
+        <v>101610</v>
       </c>
       <c r="M1007">
         <v>2026</v>
       </c>
       <c r="N1007" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1008" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1008" s="1" t="s">
-        <v>1533</v>
+        <v>1530</v>
       </c>
       <c r="B1008">
         <v>1</v>
       </c>
       <c r="C1008" t="s">
         <v>15</v>
       </c>
       <c r="D1008">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="F1008">
         <v>397</v>
       </c>
       <c r="G1008" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="H1008" t="s">
-        <v>1132</v>
+        <v>1531</v>
       </c>
       <c r="I1008">
-        <v>1920</v>
+        <v>2400</v>
       </c>
       <c r="K1008">
         <v>1</v>
       </c>
       <c r="L1008">
-        <v>64030</v>
+        <v>70810</v>
       </c>
       <c r="M1008">
         <v>2026</v>
       </c>
       <c r="N1008" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1009" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1009" s="1" t="s">
-        <v>1534</v>
+        <v>1532</v>
       </c>
       <c r="B1009">
         <v>1</v>
       </c>
       <c r="C1009" t="s">
         <v>15</v>
       </c>
       <c r="D1009">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="F1009">
         <v>397</v>
       </c>
       <c r="G1009" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="H1009" t="s">
-        <v>1535</v>
+        <v>1132</v>
       </c>
       <c r="I1009">
-        <v>1920</v>
+        <v>2400</v>
       </c>
       <c r="K1009">
         <v>1</v>
       </c>
       <c r="L1009">
-        <v>64030</v>
+        <v>70810</v>
       </c>
       <c r="M1009">
         <v>2026</v>
       </c>
       <c r="N1009" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1010" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1010" s="1" t="s">
-        <v>1536</v>
+        <v>1533</v>
       </c>
       <c r="B1010">
         <v>1</v>
       </c>
       <c r="C1010" t="s">
         <v>15</v>
       </c>
       <c r="D1010">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="F1010">
         <v>397</v>
       </c>
       <c r="G1010" t="s">
-        <v>321</v>
+        <v>319</v>
+      </c>
+      <c r="H1010" t="s">
+        <v>1132</v>
       </c>
       <c r="I1010">
-        <v>1250</v>
+        <v>2400</v>
       </c>
       <c r="K1010">
         <v>1</v>
       </c>
       <c r="L1010">
-        <v>48920</v>
+        <v>72910</v>
       </c>
       <c r="M1010">
         <v>2026</v>
       </c>
       <c r="N1010" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1011" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1011" s="1" t="s">
-        <v>1537</v>
+        <v>1534</v>
       </c>
       <c r="B1011">
         <v>1</v>
       </c>
       <c r="C1011" t="s">
         <v>15</v>
       </c>
       <c r="D1011">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="F1011">
         <v>397</v>
       </c>
       <c r="G1011" t="s">
-        <v>321</v>
+        <v>319</v>
+      </c>
+      <c r="H1011" t="s">
+        <v>1132</v>
       </c>
       <c r="I1011">
-        <v>1250</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1920</v>
       </c>
       <c r="L1011">
-        <v>45600</v>
+        <v>61080</v>
       </c>
       <c r="M1011">
         <v>2026</v>
       </c>
       <c r="N1011" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1012" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1012" s="1" t="s">
-        <v>1538</v>
+        <v>1535</v>
       </c>
       <c r="B1012">
         <v>1</v>
       </c>
       <c r="C1012" t="s">
         <v>15</v>
       </c>
       <c r="D1012">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="F1012">
         <v>397</v>
       </c>
       <c r="G1012" t="s">
-        <v>321</v>
+        <v>319</v>
+      </c>
+      <c r="H1012" t="s">
+        <v>1132</v>
       </c>
       <c r="I1012">
-        <v>1250</v>
+        <v>1920</v>
       </c>
       <c r="K1012">
         <v>1</v>
       </c>
       <c r="L1012">
-        <v>45600</v>
+        <v>64030</v>
       </c>
       <c r="M1012">
         <v>2026</v>
       </c>
       <c r="N1012" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1013" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1013" s="1" t="s">
-        <v>1539</v>
+        <v>1536</v>
       </c>
       <c r="B1013">
         <v>1</v>
       </c>
       <c r="C1013" t="s">
         <v>15</v>
       </c>
       <c r="D1013">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="F1013">
         <v>397</v>
       </c>
       <c r="G1013" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="H1013" t="s">
-        <v>1516</v>
+        <v>1132</v>
       </c>
       <c r="I1013">
-        <v>1250</v>
+        <v>1920</v>
       </c>
       <c r="K1013">
         <v>1</v>
       </c>
       <c r="L1013">
-        <v>45600</v>
+        <v>64030</v>
       </c>
       <c r="M1013">
         <v>2026</v>
       </c>
       <c r="N1013" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1014" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1014" s="1" t="s">
-        <v>1540</v>
+        <v>1537</v>
       </c>
       <c r="B1014">
         <v>1</v>
       </c>
       <c r="C1014" t="s">
         <v>15</v>
       </c>
       <c r="D1014">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="F1014">
         <v>397</v>
       </c>
       <c r="G1014" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="H1014" t="s">
-        <v>1541</v>
+        <v>1132</v>
       </c>
       <c r="I1014">
-        <v>1250</v>
+        <v>1920</v>
       </c>
       <c r="K1014">
         <v>1</v>
       </c>
       <c r="L1014">
-        <v>48920</v>
+        <v>64030</v>
       </c>
       <c r="M1014">
         <v>2026</v>
       </c>
       <c r="N1014" s="2">
-        <v>45756</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="1015" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1015" s="1" t="s">
-        <v>1542</v>
+        <v>1538</v>
       </c>
       <c r="B1015">
         <v>1</v>
       </c>
       <c r="C1015" t="s">
         <v>15</v>
       </c>
       <c r="D1015">
-        <v>1983</v>
+        <v>2002</v>
       </c>
       <c r="F1015">
         <v>397</v>
       </c>
       <c r="G1015" t="s">
-        <v>321</v>
+        <v>319</v>
+      </c>
+      <c r="H1015" t="s">
+        <v>1132</v>
       </c>
       <c r="I1015">
+        <v>1920</v>
+      </c>
+      <c r="K1015">
+        <v>1</v>
+      </c>
+      <c r="L1015">
+        <v>64030</v>
+      </c>
+      <c r="M1015">
+        <v>2026</v>
+      </c>
+      <c r="N1015" s="2">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A1016" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B1016">
+        <v>1</v>
+      </c>
+      <c r="C1016" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1016">
+        <v>2002</v>
+      </c>
+      <c r="F1016">
+        <v>397</v>
+      </c>
+      <c r="G1016" t="s">
+        <v>319</v>
+      </c>
+      <c r="H1016" t="s">
+        <v>1540</v>
+      </c>
+      <c r="I1016">
+        <v>1920</v>
+      </c>
+      <c r="K1016">
+        <v>1</v>
+      </c>
+      <c r="L1016">
+        <v>64030</v>
+      </c>
+      <c r="M1016">
+        <v>2026</v>
+      </c>
+      <c r="N1016" s="2">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A1017" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B1017">
+        <v>1</v>
+      </c>
+      <c r="C1017" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1017">
+        <v>2004</v>
+      </c>
+      <c r="F1017">
+        <v>397</v>
+      </c>
+      <c r="G1017" t="s">
+        <v>319</v>
+      </c>
+      <c r="I1017">
+        <v>1250</v>
+      </c>
+      <c r="K1017">
+        <v>1</v>
+      </c>
+      <c r="L1017">
+        <v>48920</v>
+      </c>
+      <c r="M1017">
+        <v>2026</v>
+      </c>
+      <c r="N1017" s="2">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A1018" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B1018">
+        <v>1</v>
+      </c>
+      <c r="C1018" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1018">
+        <v>2004</v>
+      </c>
+      <c r="F1018">
+        <v>397</v>
+      </c>
+      <c r="G1018" t="s">
+        <v>319</v>
+      </c>
+      <c r="I1018">
+        <v>1250</v>
+      </c>
+      <c r="K1018">
+        <v>1</v>
+      </c>
+      <c r="L1018">
+        <v>45600</v>
+      </c>
+      <c r="M1018">
+        <v>2026</v>
+      </c>
+      <c r="N1018" s="2">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A1019" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B1019">
+        <v>1</v>
+      </c>
+      <c r="C1019" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1019">
+        <v>2004</v>
+      </c>
+      <c r="F1019">
+        <v>397</v>
+      </c>
+      <c r="G1019" t="s">
+        <v>319</v>
+      </c>
+      <c r="I1019">
+        <v>1250</v>
+      </c>
+      <c r="K1019">
+        <v>1</v>
+      </c>
+      <c r="L1019">
+        <v>45600</v>
+      </c>
+      <c r="M1019">
+        <v>2026</v>
+      </c>
+      <c r="N1019" s="2">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A1020" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B1020">
+        <v>1</v>
+      </c>
+      <c r="C1020" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1020">
+        <v>2004</v>
+      </c>
+      <c r="F1020">
+        <v>397</v>
+      </c>
+      <c r="G1020" t="s">
+        <v>319</v>
+      </c>
+      <c r="H1020" t="s">
+        <v>1521</v>
+      </c>
+      <c r="I1020">
+        <v>1250</v>
+      </c>
+      <c r="K1020">
+        <v>1</v>
+      </c>
+      <c r="L1020">
+        <v>45600</v>
+      </c>
+      <c r="M1020">
+        <v>2026</v>
+      </c>
+      <c r="N1020" s="2">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A1021" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B1021">
+        <v>1</v>
+      </c>
+      <c r="C1021" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1021">
+        <v>2004</v>
+      </c>
+      <c r="F1021">
+        <v>397</v>
+      </c>
+      <c r="G1021" t="s">
+        <v>319</v>
+      </c>
+      <c r="H1021" t="s">
+        <v>1546</v>
+      </c>
+      <c r="I1021">
+        <v>1250</v>
+      </c>
+      <c r="K1021">
+        <v>1</v>
+      </c>
+      <c r="L1021">
+        <v>48920</v>
+      </c>
+      <c r="M1021">
+        <v>2026</v>
+      </c>
+      <c r="N1021" s="2">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A1022" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B1022">
+        <v>1</v>
+      </c>
+      <c r="C1022" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1022">
+        <v>1983</v>
+      </c>
+      <c r="F1022">
+        <v>397</v>
+      </c>
+      <c r="G1022" t="s">
+        <v>319</v>
+      </c>
+      <c r="I1022">
         <v>6656</v>
       </c>
-      <c r="K1015">
-[...2 lines deleted...]
-      <c r="L1015">
+      <c r="K1022">
+        <v>1</v>
+      </c>
+      <c r="L1022">
         <v>136370</v>
       </c>
-      <c r="M1015">
-[...3 lines deleted...]
-        <v>45756</v>
+      <c r="M1022">
+        <v>2026</v>
+      </c>
+      <c r="N1022" s="2">
+        <v>46054</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>AA502NCCUR-COMM</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Tracy Sample</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>